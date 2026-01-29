--- v0 (2025-12-13)
+++ v1 (2026-01-29)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb37cb972dc749cc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e05ec525c2048bf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R76c53538d03b401a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R8288114f89804c1c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R76c53538d03b401a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8288114f89804c1c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
@@ -869,1966 +869,2062 @@
       </x:c>
       <x:c t="str">
         <x:v>Playground system</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HAGS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HAGS Aneby AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 133</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ANEBY</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Mathilda Lekställning, trädstruktur/grå, 25-200-192</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground system</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lunde Lekställning, trädstruktur/grå, 11-145-252</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground system</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nora Lekställning, trädstruktur/grå, 25-200-132</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground system</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Thea Lekställning, trädstruktur/grå, 25-200-112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground system</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Emil Lekställning, trädstruktur/grå, 25-200-012</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2073 0010</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Playground system</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grønvoldvegen 290</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ULEFOSS</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Telemarken, Lekställning, röd/grå, 11-400-121</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground system</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Telemarken, Lekställning, trädstruktur/grå, 11-400-122</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground system</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>UniMini Piketo 8047427</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3073 0020, 3073 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground system</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAGS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAGS Aneby AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ANEBY</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>UniMini Piketo item.8047426</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3073 0020, 3073 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground system</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAGS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAGS Aneby AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ANEBY</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>UniPlay Essentials Sinope item. 8106020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3073 0020, 3073 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground system</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAGS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAGS Aneby AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ANEBY</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>UniPlay Essentials Sycorax item. 8106069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3073 0020, 3073 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground system</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAGS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAGS Aneby AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ANEBY</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eidsfoss Lekställning, röd/grå, 11-145-161</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground system</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Ida Lekställning, röd/grå, 25-200-121</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2073 0010</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Playground system</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grønvoldvegen 290</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ULEFOSS</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Nora Lekställning, trädstruktur/grå, 25-200-132</x:v>
-[...223 lines deleted...]
-        <x:v>UniMini Piketo 8047427</x:v>
+        <x:v>Hogga Lekställning, röd/grå, 11-140-126</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground system</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kjeldal Lekställning, röd/grå, 11-140-131</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground system</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kjeldal Lekställning, trädstruktur/grå, 11-140-132</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground system</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lovisa Lekställning, röd/grå, 25-200-031</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground system</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vrangfoss Lekställning, trädstruktur/grå, 11-145-152</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground system</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Löveid Lekställning, röd/grå, 11-275-051</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground system</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>El Ladstasjon Lekeapparat, grön, 21-370-061</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground system</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Emma Lekställning, trädstruktur/grå, 25-200-072</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground system</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Thea Lekställning, röd/grå, 25-200-111</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground system</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>713104e Tress Raw Nature Eco Yosemite Lekställning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3073 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground system</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lars Laj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lars Laj A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kildebrøndevej 48</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greve, Denmark</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>UniMini Piketo item.8047431</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3073 0020, 3073 0020</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Playground system</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HAGS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HAGS Aneby AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 133</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ANEBY</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>UniMini Piketo item.8047426</x:v>
+        <x:v>UniMini Hally Sunken Foundation Green item. 8047358</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3073 0020, 3073 0020</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Playground system</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HAGS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HAGS Aneby AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 133</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ANEBY</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>UniPlay Essentials Sinope item. 8106020</x:v>
+        <x:v>UniPlay Essentials Metis item. 8105854</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3073 0020, 3073 0020</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Playground system</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HAGS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HAGS Aneby AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 133</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ANEBY</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Hogga Lekställning, röd/grå, 11-140-126</x:v>
-[...287 lines deleted...]
-        <x:v>713104e Tress Raw Nature Eco Yosemite Lekställning</x:v>
+        <x:v>UniMini Essentials Ceres item. 8105619</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3073 0020, 3073 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground system</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAGS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAGS Aneby AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ANEBY</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Skien Lekställning, röd/grå, 11-140-101</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground system</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ida Lekställning, trädstruktur/grå, 25-200-122</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground system</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Anders Lekställning, trädstruktur/grå, 25-200-202</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground system</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lunde Lekställning, röd/grå, 11-145-251</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground system</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Norsjö Lekställning, röd/grå, 11-275-101</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground system</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bandak Lekställning, trädstruktur/grå, 11-275-112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground system</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Victoria Lekställning, röd/grå, 11-400-101</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground system</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lekeby Lekställning, röd/grå, 25-200-101</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground system</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Anja Lekställning, röd/grå, 25-200-321</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground system</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kong Sverres Borg Lekställning, svart/grå/röd, 25-300-030</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground system</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Theodor, Lekställning, röd/grå, 25-200-381</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground system</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nome Lekställning, trästruktur/grå, 11-145-262</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground system</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>UniMini Essentials Ceres item. 8105633</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3073 0020, 3073 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground system</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAGS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAGS Aneby AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ANEBY</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>UniPlay Essentials Sycorax item. 8106041</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3073 0020, 3073 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground system</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAGS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAGS Aneby AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ANEBY</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Archipelago Tuamotu Lekställning, brun/grön, 26-100-030</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground system</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Archipelago Raja Lekställning, brun/grön, 26-100-040</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground system</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Löveid Lekställning, trädstruktur/grå, 11-275-052</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground system</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eidsfoss Lekställning, trädstruktur/grå, 11-145-162</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground system</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>UniMini Hally Above Ground Beige item. 8047369</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3073 0020, 3073 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground system</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAGS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAGS Aneby AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ANEBY</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vrangfoss Lekställning, röd/grå, 11-145-151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground system</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eventyrkollen, leksektion, trästruktur, 30-802-100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground system</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Karin Lekställning, röd/grå, 25-200-051</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground system</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Malin Lekställning, röd/grå, 25-200-091</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground system</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>UniMini Piketo item.8047433</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3073 0020, 3073 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground system</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAGS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAGS Aneby AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ANEBY</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>UniMini Piketo item.8047420</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3073 0020, 3073 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground system</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAGS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAGS Aneby AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ANEBY</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>UniPlay Essentials Sinope item. 8077991</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3073 0020, 3073 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground system</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAGS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAGS Aneby AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ANEBY</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>UniPlay Essentials Metis item. 8105859</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3073 0020, 3073 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground system</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAGS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAGS Aneby AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ANEBY</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>UniPlay Essentials Sycorax item. 8106046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3073 0020, 3073 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground system</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAGS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAGS Aneby AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ANEBY</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>UniMini Essentials Ceres item. 8077959</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3073 0020, 3073 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground system</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAGS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAGS Aneby AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ANEBY</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>713122e Tress Raw Nature Eco Slottstrappan Lekställning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3073 0015</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Playground system</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lars Laj</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lars Laj A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kildebrøndevej 48</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Greve, Denmark</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>UniMini Piketo item.8047431</x:v>
-[...922 lines deleted...]
-        <x:v>ANEBY</x:v>
+        <x:v>Victoria Lekställning, trädstruktur/grå, 11-400-102</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground system</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eline Lekställning, trädstruktur/grå, 25-200-212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground system</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Helle Lekställning, trädstruktur/grå, 25-200-332</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground system</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Anja Lekställning, trädstruktur/grå, 25-200-322</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground system</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Birk Lekställning, svart/grå/röd, 25-300-060</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground system</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Mathilda Lekställning, röd/grå, 25-200-191</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2073 0010</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Playground system</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grønvoldvegen 290</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ULEFOSS</x:v>
-      </x:c>
-[...254 lines deleted...]
-        <x:v>Greve, Denmark</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Lekeby Lekställning, mångfärgad, 25-200-103</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2073 0010</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Playground system</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve</x:v>
       </x:c>
       <x:c t="str">
@@ -2854,50 +2950,274 @@
       </x:c>
       <x:c t="str">
         <x:v>Playground system</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grønvoldvegen 290</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ULEFOSS</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>UniPlay Essentials Sinope item. 8106015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3073 0020, 3073 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground system</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAGS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAGS Aneby AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ANEBY</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sunscreen Cloud item. 8027239</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3073 0020, 3073 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground system</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAGS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAGS Aneby AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ANEBY</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>713159e Tress Dreamworld Eco Lekverandan Lekställning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3073 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground system</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lars Laj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lars Laj A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kildebrøndevej 48</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greve, Denmark</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>713221e Tress Raw Nature Eco Teide Lekställning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3073 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground system</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lars Laj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lars Laj A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kildebrøndevej 48</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greve, Denmark</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>UniMini Hally Above Ground Green item. 8047368</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3073 0020, 3073 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground system</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAGS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAGS Aneby AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ANEBY</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>UniPlay Essentials Metis item. 8077981</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3073 0020, 3073 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground system</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAGS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAGS Aneby AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ANEBY</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sunscreen Cloud item. 8033072</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3073 0020, 3073 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground system</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAGS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAGS Aneby AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ANEBY</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Hogga Lekställning, trädstruktur/grå, 11-140-127</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2073 0010</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Playground system</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grønvoldvegen 290</x:v>
@@ -3234,94 +3554,30 @@
         <x:v>2073 0010</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Playground system</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grønvoldvegen 290</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ULEFOSS</x:v>
-      </x:c>
-[...62 lines deleted...]
-        <x:v>ANEBY</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>