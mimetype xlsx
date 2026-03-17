--- v1 (2026-01-29)
+++ v2 (2026-03-17)
@@ -1,758 +1,854 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e05ec525c2048bf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R037d5f78759b46cc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R8288114f89804c1c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="products" sheetId="1" r:id="R04bc59aa58e64aef"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8288114f89804c1c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R04bc59aa58e64aef" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Brand</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Licensee</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c t="str">
         <x:v>City</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Archipelago Melanesia Lekställning, brun/grön, 26-100-050</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground system</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>UniMini Hally Above Ground Red item. 8047361</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3073 0020, 3073 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground system</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAGS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAGS Aneby AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ANEBY</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nora Lekställning, mångfärgad, 25-200-133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground system</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>713105e Tress Raw Nature Eco Serengeti Lekställning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3073 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground system</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lars Laj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lars Laj A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kildebrøndevej 48</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greve, Denmark</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Sara Lekställning, trädstruktur/grå, 25-200-042</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2073 0010</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Playground system</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grønvoldvegen 290</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ULEFOSS</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Lunde Lekställning med flagga, röd/grå, 11-145-271</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground system</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Oskar Lekställning, röd/grå, 25-200-141</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground system</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Emil Lekställning, mångfärgad, 25-200-013</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground system</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Norsjö Lekställning, trädstruktur/grå, 11-275-102</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground system</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Anders Lekställning, röd/grå, 25-200-201</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2073 0010</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Playground system</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grønvoldvegen 290</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ULEFOSS</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Lunde Lekställning, trädstruktur/grå, 11-145-272</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground system</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Eline Lekställning, röd/grå, 25-200-211</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2073 0010</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Playground system</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grønvoldvegen 290</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ULEFOSS</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Norsjö Lekställning, trädstruktur/grå, 11-275-102</x:v>
-[...30 lines deleted...]
-      <x:c t="str">
         <x:v>Malin Lekställning, trädstruktur/grå, 25-200-092</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2073 0010</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Playground system</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grønvoldvegen 290</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ULEFOSS</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Oskar Lekställning, röd/grå, 25-200-141</x:v>
-[...223 lines deleted...]
-        <x:v>UniMini Hally Above Ground Red item. 8047361</x:v>
+        <x:v>Lekeby Lekställning, trädstruktur/grå, 25-200-102</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground system</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nora Lekställning, röd/grå, 25-200-131</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground system</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lisa Lekställning, trädstruktur/grå, 25-200-182</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground system</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eventyrkollen, leksektion, ljus grön, 30-801-100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground system</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>UniMini Hally Sunken Foundation Beige item. 8047360</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3073 0020, 3073 0020</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Playground system</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HAGS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HAGS Aneby AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 133</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ANEBY</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Mattisborgen Lekställning, svart/grå/röd, 25-300-010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground system</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Skien Lekställning, trädstruktur/grå, 11-140-102</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2073 0010</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Playground system</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grønvoldvegen 290</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ULEFOSS</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Nora Lekställning, röd/grå, 25-200-131</x:v>
-[...26 lines deleted...]
-        <x:v>ULEFOSS</x:v>
+        <x:v>Bandak Lekställning, röd/grå, 11-275-111</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground system</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Middelaldersborgen Lekställning, svart/grå/röd, 25-300-040</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground system</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Oskar Lekställning, trädstruktur/grå, 25-200-142</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground system</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>UniMini Piketo item.8047428</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3073 0020, 3073 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground system</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAGS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAGS Aneby AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ANEBY</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Archipelago Polynesia Lekställning, brun/grön, 26-100-020</x:v>
-      </x:c>
-[...190 lines deleted...]
-        <x:v>Middelaldersborgen Lekställning, svart/grå/röd, 25-300-040</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2073 0010</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Playground system</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grønvoldvegen 290</x:v>
       </x:c>
@@ -773,115 +869,147 @@
       </x:c>
       <x:c t="str">
         <x:v>Playground system</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grønvoldvegen 290</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ULEFOSS</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Eventyrkollen, leksektion, ljus grön, 30-801-100</x:v>
-[...31 lines deleted...]
-        <x:v>UniMini Piketo item.8047428</x:v>
+        <x:v>Lunde Lekställning, trädstruktur/grå, 11-145-252</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground system</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eidsfoss Lekställning, röd/grå, 11-145-161</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground system</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>UniPlay Essentials Sycorax item. 8106069</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3073 0020, 3073 0020</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Playground system</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HAGS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HAGS Aneby AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 133</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ANEBY</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>UniMini Hally Sunken Foundation Beige item. 8047360</x:v>
+        <x:v>UniMini Piketo item.8047426</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3073 0020, 3073 0020</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Playground system</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HAGS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HAGS Aneby AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 133</x:v>
       </x:c>
@@ -901,51 +1029,115 @@
       </x:c>
       <x:c t="str">
         <x:v>Playground system</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grønvoldvegen 290</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ULEFOSS</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Lunde Lekställning, trädstruktur/grå, 11-145-252</x:v>
+        <x:v>UniPlay Essentials Sinope item. 8106020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3073 0020, 3073 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground system</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAGS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAGS Aneby AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ANEBY</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ida Lekställning, röd/grå, 25-200-121</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground system</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Telemarken, Lekställning, trädstruktur/grå, 11-400-122</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2073 0010</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Playground system</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grønvoldvegen 290</x:v>
       </x:c>
@@ -965,1971 +1157,1619 @@
       </x:c>
       <x:c t="str">
         <x:v>Playground system</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grønvoldvegen 290</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ULEFOSS</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Emil Lekställning, trädstruktur/grå, 25-200-012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground system</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Thea Lekställning, trädstruktur/grå, 25-200-112</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2073 0010</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Playground system</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grønvoldvegen 290</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ULEFOSS</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Emil Lekställning, trädstruktur/grå, 25-200-012</x:v>
-[...30 lines deleted...]
-      <x:c t="str">
         <x:v>Telemarken, Lekställning, röd/grå, 11-400-121</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2073 0010</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Playground system</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grønvoldvegen 290</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ULEFOSS</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Telemarken, Lekställning, trädstruktur/grå, 11-400-122</x:v>
-[...30 lines deleted...]
-      <x:c t="str">
         <x:v>UniMini Piketo 8047427</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3073 0020, 3073 0020</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Playground system</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HAGS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HAGS Aneby AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 133</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ANEBY</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>UniMini Piketo item.8047426</x:v>
+        <x:v>Kjeldal Lekställning, trädstruktur/grå, 11-140-132</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground system</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lovisa Lekställning, röd/grå, 25-200-031</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground system</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>UniMini Piketo item.8047431</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3073 0020, 3073 0020</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Playground system</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HAGS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HAGS Aneby AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 133</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ANEBY</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>UniPlay Essentials Sinope item. 8106020</x:v>
+        <x:v>713104e Tress Raw Nature Eco Yosemite Lekställning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3073 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground system</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lars Laj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lars Laj A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kildebrøndevej 48</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greve, Denmark</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hogga Lekställning, röd/grå, 11-140-126</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground system</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>UniMini Essentials Ceres item. 8105619</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3073 0020, 3073 0020</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Playground system</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HAGS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HAGS Aneby AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 133</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ANEBY</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>UniPlay Essentials Sycorax item. 8106069</x:v>
+        <x:v>Kjeldal Lekställning, röd/grå, 11-140-131</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground system</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vrangfoss Lekställning, trädstruktur/grå, 11-145-152</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground system</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Emma Lekställning, trädstruktur/grå, 25-200-072</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground system</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>UniMini Hally Sunken Foundation Green item. 8047358</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3073 0020, 3073 0020</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Playground system</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HAGS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HAGS Aneby AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 133</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ANEBY</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Eidsfoss Lekställning, röd/grå, 11-145-161</x:v>
-[...222 lines deleted...]
-      <x:c t="str">
         <x:v>Löveid Lekställning, röd/grå, 11-275-051</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2073 0010</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Playground system</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grønvoldvegen 290</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ULEFOSS</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Thea Lekställning, röd/grå, 25-200-111</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground system</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>El Ladstasjon Lekeapparat, grön, 21-370-061</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2073 0010</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Playground system</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grønvoldvegen 290</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ULEFOSS</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Emma Lekställning, trädstruktur/grå, 25-200-072</x:v>
-[...63 lines deleted...]
-        <x:v>713104e Tress Raw Nature Eco Yosemite Lekställning</x:v>
+        <x:v>UniPlay Essentials Metis item. 8105854</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3073 0020, 3073 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground system</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAGS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAGS Aneby AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ANEBY</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Anders Lekställning, trädstruktur/grå, 25-200-202</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground system</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kong Sverres Borg Lekställning, svart/grå/röd, 25-300-030</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground system</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bandak Lekställning, trädstruktur/grå, 11-275-112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground system</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nome Lekställning, trästruktur/grå, 11-145-262</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground system</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Norsjö Lekställning, röd/grå, 11-275-101</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground system</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ida Lekställning, trädstruktur/grå, 25-200-122</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground system</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Victoria Lekställning, röd/grå, 11-400-101</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground system</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Theodor, Lekställning, röd/grå, 25-200-381</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground system</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>UniPlay Essentials Sycorax item. 8106041</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3073 0020, 3073 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground system</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAGS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAGS Aneby AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ANEBY</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lunde Lekställning, röd/grå, 11-145-251</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground system</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lekeby Lekställning, röd/grå, 25-200-101</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground system</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Anja Lekställning, röd/grå, 25-200-321</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground system</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Skien Lekställning, röd/grå, 11-140-101</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground system</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>UniMini Essentials Ceres item. 8105633</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3073 0020, 3073 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground system</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAGS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAGS Aneby AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ANEBY</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Archipelago Raja Lekställning, brun/grön, 26-100-040</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground system</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Malin Lekställning, röd/grå, 25-200-091</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground system</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>UniMini Hally Above Ground Beige item. 8047369</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3073 0020, 3073 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground system</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAGS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAGS Aneby AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ANEBY</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>UniPlay Essentials Metis item. 8105859</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3073 0020, 3073 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground system</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAGS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAGS Aneby AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ANEBY</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Archipelago Tuamotu Lekställning, brun/grön, 26-100-030</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground system</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Löveid Lekställning, trädstruktur/grå, 11-275-052</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground system</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Karin Lekställning, röd/grå, 25-200-051</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground system</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eventyrkollen, leksektion, trästruktur, 30-802-100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground system</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>UniMini Piketo item.8047433</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3073 0020, 3073 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground system</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAGS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAGS Aneby AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ANEBY</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>UniPlay Essentials Sinope item. 8077991</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3073 0020, 3073 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground system</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAGS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAGS Aneby AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ANEBY</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>UniMini Essentials Ceres item. 8077959</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3073 0020, 3073 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground system</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAGS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAGS Aneby AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ANEBY</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eidsfoss Lekställning, trädstruktur/grå, 11-145-162</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground system</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>UniMini Piketo item.8047420</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3073 0020, 3073 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground system</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAGS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAGS Aneby AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ANEBY</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>UniPlay Essentials Sycorax item. 8106046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3073 0020, 3073 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground system</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAGS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAGS Aneby AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ANEBY</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vrangfoss Lekställning, röd/grå, 11-145-151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground system</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>713159e Tress Dreamworld Eco Lekverandan Lekställning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3073 0015</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Playground system</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lars Laj</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lars Laj A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kildebrøndevej 48</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Greve, Denmark</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>UniMini Piketo item.8047431</x:v>
-[...1082 lines deleted...]
-        <x:v>Greve, Denmark</x:v>
+        <x:v>Mathilda Lekställning, röd/grå, 25-200-191</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground system</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Victoria Lekställning, trädstruktur/grå, 11-400-102</x:v>
-      </x:c>
-[...190 lines deleted...]
-        <x:v>Lekeby Lekställning, mångfärgad, 25-200-103</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2073 0010</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Playground system</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grønvoldvegen 290</x:v>
       </x:c>
@@ -2950,634 +2790,794 @@
       </x:c>
       <x:c t="str">
         <x:v>Playground system</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grønvoldvegen 290</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ULEFOSS</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Sunscreen Cloud item. 8027239</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3073 0020, 3073 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground system</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAGS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAGS Aneby AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ANEBY</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>713122e Tress Raw Nature Eco Slottstrappan Lekställning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3073 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground system</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lars Laj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lars Laj A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kildebrøndevej 48</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greve, Denmark</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>713221e Tress Raw Nature Eco Teide Lekställning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3073 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground system</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lars Laj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lars Laj A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kildebrøndevej 48</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greve, Denmark</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eline Lekställning, trädstruktur/grå, 25-200-212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground system</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Anja Lekställning, trädstruktur/grå, 25-200-322</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground system</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Helle Lekställning, trädstruktur/grå, 25-200-332</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground system</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Birk Lekställning, svart/grå/röd, 25-300-060</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground system</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lekeby Lekställning, mångfärgad, 25-200-103</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground system</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>UniPlay Essentials Sinope item. 8106015</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3073 0020, 3073 0020</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Playground system</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HAGS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HAGS Aneby AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 133</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ANEBY</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Sunscreen Cloud item. 8027239</x:v>
+        <x:v>UniMini Hally Above Ground Green item. 8047368</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3073 0020, 3073 0020</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Playground system</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HAGS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HAGS Aneby AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 133</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ANEBY</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>713159e Tress Dreamworld Eco Lekverandan Lekställning</x:v>
-[...63 lines deleted...]
-        <x:v>UniMini Hally Above Ground Green item. 8047368</x:v>
+        <x:v>Helle Lekställning, röd/grå, 25-200-331</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground system</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Archipelago Hilo Lekställning, brun/grön, 26-100-010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground system</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Archipelago Hawaii Lekställning, brun/grön, 26-100-060</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground system</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vikingborgen Lekställning, svart/grå/röd, 25-300-050</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground system</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Karin Lekställning, trädstruktur/grå, 25-200-052</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground system</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>UniPlay Essentials Metis item. 8077981</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3073 0020, 3073 0020</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Playground system</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HAGS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HAGS Aneby AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 133</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ANEBY</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>UniPlay Essentials Metis item. 8077981</x:v>
+        <x:v>Lisa Lekställning, röd/grå, 25-200-181</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground system</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sara Lekställning, röd/grå, 25-200-041</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground system</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nome Lekställning, röd/grå, 11-145-261</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground system</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lovisa Lekställning, trädstruktur/grå, 25-200-032</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground system</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Emil Lekställning, röd/grå, 25-200-011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground system</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hogga Lekställning, trädstruktur/grå, 11-140-127</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground system</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Emma Lekställning, röd/grå, 25-200-071</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground system</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sunscreen Cloud item. 8033072</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3073 0020, 3073 0020</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Playground system</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HAGS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HAGS Aneby AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 133</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ANEBY</x:v>
-      </x:c>
-[...414 lines deleted...]
-        <x:v>ULEFOSS</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>