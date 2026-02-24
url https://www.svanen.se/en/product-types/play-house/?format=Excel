--- v0 (2026-01-09)
+++ v1 (2026-02-24)
@@ -1,150 +1,310 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6bfeae5817164205" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re6b9752d79c04601" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="Rd2b90f657a6a4117"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="Rf61519df8c774d68"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd2b90f657a6a4117" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf61519df8c774d68" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Brand</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Licensee</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c t="str">
         <x:v>City</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Stort lekstuga med bänk och bord, lekstuga, grön, 26-106-110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lovisa m gulv, Lekhus, trästruktur/grå, 25-200-372</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>713121e Tress Raw Nature Eco Tambora Lekställning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3073 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lars Laj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lars Laj A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kildebrøndevej 48</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greve, Denmark</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Stor lekstuga med bänk och butiksdisk utan gulv, lekstuga, trästruktur, 26-106-142</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Stor lekstuga med rutschkana och trappa, lekstuga, trästruktur, 26-106-152</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Stor lekstuga med rutschkana och trappa, lekstuga, ljus grön, 26-106-150</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Villmark lekstorn 6-kant hög, lekavdelning, brun/grå, 26-100-042</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2073 0010</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Play house</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grønvoldvegen 290</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ULEFOSS</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>713121e Tress Raw Nature Eco Tambora Lekställning</x:v>
-[...31 lines deleted...]
-        <x:v>Lovisa m gulv, Lekhus, trästruktur/grå, 25-200-372</x:v>
+        <x:v>Tipi HPL, lekhus, trädstruktur, 26-110-000-A</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2073 0010</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Play house</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grønvoldvegen 290</x:v>
       </x:c>
@@ -164,210 +324,50 @@
       </x:c>
       <x:c t="str">
         <x:v>Play house</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grønvoldvegen 290</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ULEFOSS</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Tipi HPL, lekhus, trädstruktur, 26-110-000-A</x:v>
-[...158 lines deleted...]
-      <x:c t="str">
         <x:v>Lilleper Lekhus, röd/grå, 26-106-061</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2073 0010</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Play house</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grønvoldvegen 290</x:v>
@@ -576,210 +576,50 @@
         <x:v>3073 0020, 3073 0020</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Play house</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HAGS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HAGS Aneby AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 133</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ANEBY</x:v>
-      </x:c>
-[...158 lines deleted...]
-        <x:v>ULEFOSS</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Stor lekstuga med rutschkana och trappa, lekstuga, röd, 26-106-151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2073 0010</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Play house</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve</x:v>
       </x:c>
       <x:c t="str">
@@ -870,590 +710,750 @@
       </x:c>
       <x:c t="str">
         <x:v>Play house</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HAGS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HAGS Aneby AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 133</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ANEBY</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>UniMini Hally item. 8047339</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3073 0020, 3073 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAGS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAGS Aneby AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ANEBY</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Playhouse La Casita item. 8066515</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3073 0020, 3073 0020</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Play house</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HAGS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HAGS Aneby AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 133</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ANEBY</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>UniMini Hally item. 8047339</x:v>
+        <x:v>600-0002-00 Bloom Hut Duo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3073 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Parks</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Parks AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tunbytorpsgatan 20</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västerås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Stort lekhus universalt, lekhus, grön, 26-106-100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Stort lekhus universalt, lekhus, röd, 26-106-101</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lilleper uten gulv, lekstuga, trästruktur, 26-106-082</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Stor lekstuga med bänk och butiksdisk utan gulv, lekstuga, röd, 26-106-141</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Stort lekstuga med rutsche och opptrekksplatta, lekstuga, röd, 26-106-131</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Villmark lekstorn 6-kant dubbel, lekavdelning, brun/grå, 26-100-052</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tipi HPL, lekhus, röd, 26-110-000-B</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lilleper Lekhus, trädstruktur/grå, 26-106-062</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Stort lekhus, lekhus, trädstruktur, 26-106-092</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lovisa m gulv, Lekhus, röd/grå, 25-200-371</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Villmark lekstorn 6-kant trippel, lekavdelning, brun/grå, 26-100-062</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Villmark lekhus 6-kant 1, lekavdelning, brun/grå, 26-100-012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SL175584 Fasad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4073 0022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lappset</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lappset Group Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 8146</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rovaniemi</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Stort lekstuga med rutsche och opptrekksplatta, lekstuga, ljus grön, 26-106-130</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>UniMini Auro item. 8046611</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3073 0020, 3073 0020</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Play house</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HAGS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HAGS Aneby AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 133</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ANEBY</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Lilleper Lekhus, trädstruktur/grå, 26-106-062</x:v>
-[...186 lines deleted...]
-        <x:v>ULEFOSS</x:v>
+        <x:v>UniMini Auro item. 8046635</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3073 0020, 3073 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAGS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAGS Aneby AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ANEBY</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>UniMini Auro item. 8046638</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3073 0020, 3073 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAGS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAGS Aneby AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ANEBY</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>600-0001-00 Bloom Hut Solo</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3073 0006</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Play house</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Parks</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Parks AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tunbytorpsgatan 20</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Västerås</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Stort lekstuga med rutsche och opptrekksplatta, lekstuga, ljus grön, 26-106-130</x:v>
-[...126 lines deleted...]
-      <x:c t="str">
         <x:v>SL175581 Lekstuga S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4073 0022</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Play house</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lappset</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lappset Group Oy</x:v>
       </x:c>
       <x:c t="str">
         <x:v>PL 8146</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rovaniemi</x:v>
-      </x:c>
-[...94 lines deleted...]
-        <x:v>ULEFOSS</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Lillemor Lekhus, röd/grå, 26-106-071</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2073 0010</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Play house</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve</x:v>
       </x:c>
       <x:c t="str">
@@ -1575,371 +1575,371 @@
       </x:c>
       <x:c t="str">
         <x:v>Play house</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HAGS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HAGS Aneby AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 133</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ANEBY</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Stort lekhus universalt, lekhus, trädstruktur, 26-106-102</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lilleper uten gulv, lekstuga, ljus grön, 26-106-080</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Stort lekstuga med bänk och bord, lekstuga, trästruktur, 26-106-112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lillemor utan benk och bord, lekstuga, lys grön, 26-106-120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lillemor utan benk och bord, lekstuga, röd, 26-106-121</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Stort lekstuga med rutsche och opptrekksplatta, lekstuga, trästruktur, 26-106-132</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>UniMini Auro item. 8046633</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3073 0020, 3073 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAGS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAGS Aneby AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ANEBY</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Villmark lekhus 6-kant 2, lekavdelning, brun/grå, 26-100-022</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2073 0010</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Play house</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grønvoldvegen 290</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ULEFOSS</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Stort lekhus universalt, lekhus, trädstruktur, 26-106-102</x:v>
-[...218 lines deleted...]
-        <x:v>ANEBY</x:v>
+        <x:v>Stor lekstuga med bänk och butiksdisk utan gulv, lekstuga, ljus grön, 26-106-140</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Lillemor Lekhus, trädstruktur/grå, 26-106-072</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2073 0010</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Play house</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grønvoldvegen 290</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ULEFOSS</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Stort lekhus, lekhus, röd, 26-106-091</x:v>
-      </x:c>
-[...30 lines deleted...]
-        <x:v>Stor lekstuga med bänk och butiksdisk utan gulv, lekstuga, ljus grön, 26-106-140</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2073 0010</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Play house</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grønvoldvegen 290</x:v>
       </x:c>