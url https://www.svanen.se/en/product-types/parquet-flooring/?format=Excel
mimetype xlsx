--- v0 (2025-12-24)
+++ v1 (2026-02-11)
@@ -1,85 +1,789 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1bb9b50160884b60" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb8da837babce49c3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="Rde693422559d4b2b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R0e0612dbfca040fc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rde693422559d4b2b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0e0612dbfca040fc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Brand</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Licensee</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c t="str">
         <x:v>City</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>HARO PARQUET 2500 Plank 1-Strip 180 2V Oak Sand Grey Universal brushed naturaDur Top Connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HARO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rohrdorfer Str. 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stephanskirchen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HARO PARQUET Plank 1-Strip Scala 180 4V Oak Contura brushed naturaLin plus Top Connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HARO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rohrdorfer Str. 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stephanskirchen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HARO PARQUET 4000 Plank 1-Strip 180 4V Oak Alabama brushed naturaLin plus Top Connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HARO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rohrdorfer Str. 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stephanskirchen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HARO PARQUET 4000 Plank 1-Strip 180 4V Oak Puro White Sauvage brushed naturaLin plus Top Connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HARO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rohrdorfer Str. 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stephanskirchen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HARO PARQUET 4000 Plank 1-Strip 180 4V Oak Tobacco Grey Sauvage retro brushed naturaLin plus Top Connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HARO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rohrdorfer Str. 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stephanskirchen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HARO PARQUET 4000 Plank 1-Strip 180 1750mm 4V Oak Alabama brushed naturaLin plus Top Connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HARO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rohrdorfer Str. 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stephanskirchen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HARO PARQUET 4000 Plank 1-Strip 180 4V Oak Watzmann alpin brushed naturaLin plus Top Connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HARO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rohrdorfer Str. 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stephanskirchen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HARO PARQUET 4000 Plank 1-Strip Plaza 240 4V Oak Sand Grey Markant brushed naturaLin plus Top Connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HARO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rohrdorfer Str. 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stephanskirchen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HARO PARQUET 4000 Longstrip Oak Sand Grey Naturale brushed naturaLin plus Top Connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HARO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rohrdorfer Str. 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stephanskirchen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HARO PARQUET 4000 Longstrip Oak Invisible Naturale brushed naturaDur Top Connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HARO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rohrdorfer Str. 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stephanskirchen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HARO PARQUET 4000 Plank 1-Strip 180 4V Oak Sand Grey Sauvage brushed naturaDur Top Connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HARO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rohrdorfer Str. 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stephanskirchen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HARO PARQUET 4000 Plank 1-Strip 180 4V Oak Sardegna brushed naturaDur Top Connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HARO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rohrdorfer Str. 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stephanskirchen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HARO PARQUET 4000 Plank 1-Strip 180 4V Ash Pastel Creme Universal brushed naturaDur Top Connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HARO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rohrdorfer Str. 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stephanskirchen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HARO PARQUET 4000 Plank 1-Strip 180 4V Fir Pastel Grey Universal brushed naturaDur Top Connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HARO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rohrdorfer Str. 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stephanskirchen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HARO PARQUET 4000 Plank 1-Strip 180 4V Fir Universal brushed naturaDur Top Connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HARO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rohrdorfer Str. 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stephanskirchen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HARO PARQUET 4000 Plank 1-Strip Plaza 240 4V Oak Alabama brushed naturaLin plus Top Connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HARO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rohrdorfer Str. 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stephanskirchen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HARO PARQUET 4000 Plank 1-Strip 180 4V Fumed Oak Puro White Rustico brushed naturaLin plus Top Connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HARO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rohrdorfer Str. 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stephanskirchen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HARO PARQUET 4000 Plank 1-Strip 180 4V Oak Light White Country brushed naturaDur Top Connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HARO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rohrdorfer Str. 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stephanskirchen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HARO PARQUET 4000 Longstrip Ash Favorit brushed naturaDur Top Connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HARO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rohrdorfer Str. 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stephanskirchen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HARO PARQUET 4000 1750 mm Plank 1-Strip 180 4V Oak Markant brushed naturaDur Top Connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HARO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rohrdorfer Str. 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stephanskirchen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HARO PARQUET 4000 Longstrip Ash Tundra brushed naturaDur Top Connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HARO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rohrdorfer Str. 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stephanskirchen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HARO PARQUET 4000 Plank 1-Strip 180 4V Oak Invisible Sauvage oro brushed naturaLin plus Top Connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HARO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rohrdorfer Str. 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stephanskirchen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Boen, 13.2mm 3-Strip, Oak, Andante, Live Matt lacquer, 10157376</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>BOEN</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bauwerk Group AG</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Neudorfstrasse 49</x:v>
@@ -4644,754 +5348,2578 @@
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Pergo</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Unilin BV, division Flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ooigemstraat 3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Wielsbeke</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>HARO PARQUET 2500 Plank 1-Strip 180 2V Oak Sand Grey Universal brushed naturaDur Top Connect</x:v>
+        <x:v>HARO PARQUET 4000 Plank 1-Strip 180 4V Amber Oak Markant brushed naturaLin plus Top Connect</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2029 0019</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Haro</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HARO</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rohrdorfer Str. 133</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stephanskirchen</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>HARO PARQUET Plank 1-Strip Scala 180 4V Oak Contura brushed naturaLin plus Top Connect</x:v>
+        <x:v>HARO PARQUET 4000 Plank 1-Strip 180 4V Oak Sand Grey Markant brushed naturaLin plus Top Connect</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2029 0019</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Haro</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HARO</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rohrdorfer Str. 133</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stephanskirchen</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>HARO PARQUET 4000 Plank 1-Strip 180 4V Oak Alabama brushed naturaLin plus Top Connect</x:v>
+        <x:v>HARO PARQUET 2500 Plank 1-Strip 180 2V Oak Puro White Universal brushed naturaLin plus Top Connect</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2029 0019</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Haro</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HARO</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rohrdorfer Str. 133</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stephanskirchen</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>HARO PARQUET 4000 Plank 1-Strip 180 4V Oak Puro White Sauvage brushed naturaLin plus Top Connect</x:v>
+        <x:v>HARO PARQUET 2500 Plank 1-Strip 180 2V Oak Invisible Universal brushed naturaLin plus Top Connect</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2029 0019</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Haro</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HARO</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rohrdorfer Str. 133</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stephanskirchen</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>HARO PARQUET 4000 Plank 1-Strip 180 4V Oak Tobacco Grey Sauvage retro brushed naturaLin plus Top Connect</x:v>
+        <x:v>HARO PARQUET 2500 Plank 1-Strip 180 2V Oak Sand Grey Universal brushed naturaLin plus Top Connect</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2029 0019</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Haro</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HARO</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rohrdorfer Str. 133</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stephanskirchen</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>HARO PARQUET 4000 Plank 1-Strip 180 1750mm 4V Oak Alabama brushed naturaLin plus Top Connect</x:v>
+        <x:v>HARO PARQUET 2500 Plank 1-Strip 180 2V Oak Puro White Universal brushed naturaDur Top Connect</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2029 0019</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Haro</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HARO</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rohrdorfer Str. 133</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stephanskirchen</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>HARO PARQUET 4000 Plank 1-Strip 180 4V Oak Watzmann alpin brushed naturaLin plus Top Connect</x:v>
+        <x:v>HARO PARQUET 2500 Plank 1-Strip 180 2V Oak Light White Universal brushed naturaLin plus Top Connect</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2029 0019</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Haro</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HARO</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rohrdorfer Str. 133</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stephanskirchen</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>HARO PARQUET 4000 Plank 1-Strip Plaza 240 4V Oak Sand Grey Markant brushed naturaLin plus Top Connect</x:v>
+        <x:v>HARO PARQUET 4000 Longstrip Beech steamed Trend permaDur Top Connect</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2029 0019</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Haro</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HARO</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rohrdorfer Str. 133</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stephanskirchen</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>HARO PARQUET 4000 Longstrip Oak Sand Grey Naturale brushed naturaLin plus Top Connect</x:v>
+        <x:v>HARO PARQUET 4000 Longstrip Canadian Maple Trend permaDur Top Connect</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2029 0019</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Haro</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HARO</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rohrdorfer Str. 133</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stephanskirchen</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>HARO PARQUET 4000 Longstrip Oak Invisible Naturale brushed naturaDur Top Connect</x:v>
+        <x:v>HARO PARQUET 4000 Longstrip Canadian Maple Favorit permaDur Top Connect</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2029 0019</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Haro</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HARO</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rohrdorfer Str. 133</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stephanskirchen</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>HARO PARQUET 4000 Plank 1-Strip 180 4V Oak Sand Grey Sauvage brushed naturaDur Top Connect</x:v>
+        <x:v>HARO PARQUET 4000 Longstrip American Walnut Favorit permaDur Top Connect</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2029 0019</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Haro</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HARO</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rohrdorfer Str. 133</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stephanskirchen</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>HARO PARQUET 4000 Plank 1-Strip 180 4V Oak Sardegna brushed naturaDur Top Connect</x:v>
+        <x:v>HARO PARQUET 4000 Plank 1-Strip Plaza 240 4V Oak Sand Grey Sauvage brushed naturaDur Top Connect</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2029 0019</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Haro</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HARO</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rohrdorfer Str. 133</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stephanskirchen</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>HARO PARQUET 4000 Plank 1-Strip 180 4V Ash Pastel Creme Universal brushed naturaDur Top Connect</x:v>
+        <x:v>HARO PARQUET 4000 Plank 1-Strip Plaza 240 4V Oak Sand Grey Sauvage brushed naturaLin plus Top Connect</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2029 0019</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Haro</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HARO</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rohrdorfer Str. 133</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stephanskirchen</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>HARO PARQUET 4000 Plank 1-Strip 180 4V Fir Pastel Grey Universal brushed naturaDur Top Connect</x:v>
+        <x:v>HARO PARQUET 4000 Plank 1-Strip Plaza 240 4V Amber Oak Markant brushed naturaDur Top Connect</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2029 0019</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Haro</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HARO</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rohrdorfer Str. 133</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stephanskirchen</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>HARO PARQUET 4000 Plank 1-Strip 180 4V Fir Universal brushed naturaDur Top Connect</x:v>
+        <x:v>HARO PARQUET 4000 Plank 1-Strip Plaza 240 4V Oak Light White Markant brushed naturaDur Top Connect</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2029 0019</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Haro</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HARO</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rohrdorfer Str. 133</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stephanskirchen</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>HARO PARQUET 4000 Plank 1-Strip Plaza 240 4V Oak Alabama brushed naturaLin plus Top Connect</x:v>
+        <x:v>HARO PARQUET 4000 Longstrip Oak Naturale brushed permaDur Top Connect</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2029 0019</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Haro</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HARO</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rohrdorfer Str. 133</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stephanskirchen</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>HARO PARQUET 4000 Plank 1-Strip 180 4V Fumed Oak Puro White Rustico brushed naturaLin plus Top Connect</x:v>
+        <x:v>HARO PARQUET 4000 Longstrip Oak Naturale brushed naturaLin plus Top Connect</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2029 0019</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Haro</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HARO</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rohrdorfer Str. 133</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stephanskirchen</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>HARO PARQUET 4000 Plank 1-Strip 180 4V Oak Light White Country brushed naturaDur Top Connect</x:v>
+        <x:v>HARO PARQUET 4000 Plank 1-Strip 180 4V Amber Oak Rustico brushed naturaLin plus Top Connect</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2029 0019</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Haro</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HARO</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rohrdorfer Str. 133</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stephanskirchen</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>HARO PARQUET 4000 Longstrip Ash Favorit brushed naturaDur Top Connect</x:v>
+        <x:v>HARO PARQUET 4000 Plank 1-Strip 180 4V Oak Light White Sauvage brushed naturaDur Top Connect</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2029 0019</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Haro</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HARO</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rohrdorfer Str. 133</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stephanskirchen</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>HARO PARQUET 4000 1750 mm Plank 1-Strip 180 4V Oak Markant brushed naturaDur Top Connect</x:v>
+        <x:v>HARO PARQUET 4000 Plank 1-Strip 180 4V Ash Light White Universal brushed naturaDur Top Connect</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2029 0019</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Haro</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HARO</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rohrdorfer Str. 133</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stephanskirchen</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>HARO PARQUET 4000 Longstrip Ash Tundra brushed naturaDur Top Connect</x:v>
+        <x:v>HARO PARQUET 4000 Plank 1-Strip 180 4V Fumed Oak Invisible Rustico brushed naturaLin plus Top Connect</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2029 0019</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Haro</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HARO</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rohrdorfer Str. 133</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stephanskirchen</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>HARO PARQUET 4000 Plank 1-Strip 180 4V Oak Invisible Sauvage oro brushed naturaLin plus Top Connect</x:v>
+        <x:v>HARO PARQUET 4000 Plank 1-Strip Plaza 240 4V Fumed Oak Invisible Universal brushed naturaLin plus Top Connect</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2029 0019</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Haro</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HARO</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rohrdorfer Str. 133</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stephanskirchen</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>HARO PARQUET 4000 Longstrip Canadian Maple Favorit naturaDur Top Connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HARO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rohrdorfer Str. 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stephanskirchen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HARO PARQUET 4000 Plank 1-Strip 180 4V Oak greige Markant brushed naturaDur Top Connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HARO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rohrdorfer Str. 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stephanskirchen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HARO PARQUET 4000 Longstrip Sycamore Maple Favorit naturaDur Top Connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HARO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rohrdorfer Str. 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stephanskirchen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HARO PARQUET 4000 Plank 1-Strip 180 4V Oak SLH HARMONY brushed naturaDur Top Connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HARO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rohrdorfer Str. 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stephanskirchen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HARO PARQUET 4000 Plank 1-Strip 180 4V Oak SLH LIVELY brushed naturaLin plus Top Connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HARO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rohrdorfer Str. 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stephanskirchen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HARO PARQUET 4000 Plank 1-Strip 180 4V Oak SLH LIVELY brushed naturaDur Top Connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HARO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rohrdorfer Str. 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stephanskirchen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HARO PARQUET 4000 Plank 1-Strip 180 4V Fumed Oak Sauvage scraped naturaLin plus Top Connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HARO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rohrdorfer Str. 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stephanskirchen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HARO PARQUET 4000 Plank 1-Strip 180 4V Oak Sauvage oro brushed naturaDur Top Connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HARO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rohrdorfer Str. 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stephanskirchen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pergo Lofoten (W1259-04723)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0017, 3029 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pergo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Unilin BV, division Flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ooigemstraat 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wielsbeke</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 13.2mm Plank 138, Oak,White, Crescendo/prosjekt, Live Matt lacquer, 10157320</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 13.2mm Plank 181, Oak, Animoso, Live Matt lacquer, 10157185</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 13.2mm Plank 181, Oak, Animoso, Live Pure lacquer, 10156719</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 13.2mm Plank 181, Oak,Horizon, Animoso, Live Pure lacquer, 10156772</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 13mm 3-Strip, Oak, Crescendo, Live Matt lacquer, 10109127</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 13mm 3-Strip, Oak,White, Crescendo/prosjekt, Live Matt lacquer, 10109132</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Castle Plank, Oak, Animoso, Live Matt lacquer, 10036349</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Castle Plank, Oak, Andante, Live Pure lacquer, 10135946</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Castle Plank, Oak, Animoso, Live Pure lacquer, 10036262</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Castle Plank, Oak, Animoso, Live Pure lacquer, 10036263</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Castle Plank, Oak, Country, Live Pure lacquer, 10117089</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Castle Plank, Oak, Vivo, Live Pure lacquer, 10119094</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Castle Plank, Oak, Andante, unfinished, 10036243</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Castle Plank, Oak semi smoked, Animoso, Live Pure lacquer, 10138242</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Castle Plank, Oak,White, Nature, Live Pure lacquer, 10117082</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Castle Plank, Oak,Ebony, Animoso, Live Pure lacquer, 10109213</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Castle Plank, Oak,Elephant Grey, , Live Pure lacquer, 10136410</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Castle Plank, Oak,India Grey, Animoso, Live Pure lacquer, 10125302</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Castle Plank, Oak,Pale White, Vivo, Live Pure lacquer, 10118950</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Castle Plank, Oak,Pale White, Vivo, Live Pure lacquer, 10118949</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Castle Plank, Oak,Pale White, Canyon, Live Pure lacquer, 10123228</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Castle Plank, Oak,Warm Cotton, , Live Pure lacquer, 10114662</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 138, Oak, Animoso, Live Matt lacquer, 10036730</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 138, Oak, Andante, Live Pure lacquer, 10036705</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 138, Oak, Country, unfinished, 10036952</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 138, Oak, Vivo, unfinished, 10036794</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 138, Oak, Andante, unfinished, 10036829</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 138, Oak smoked, Andante, Live Matt lacquer, 10036967</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 138, Oak,White, Animoso, Live Matt lacquer, 10036866</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 138, Oak,White, , Live Matt lacquer, 10114270</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 138, Oak,California, , Live Matt lacquer, 10116010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 138, Oak,Oregon, Concerto, Live Matt lacquer, 10041987</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 138, Oak,Toscana, Concerto, Live Matt lacquer, 10037018</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 138, Oak,Brazilian Brown, Animoso, Live Pure lacquer, 10125136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 138, Oak,Ginger Brown, Vivo, Live Pure lacquer, 10125151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 138, Ash, Andante, Live Matt lacquer, 10036647</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 138, Ash, Andante, Live Pure lacquer, 10114588</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 181, Oak, Vivo, Live Matt lacquer, 10037273</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 181, Oak, Animoso, Live Matt lacquer, 10037373</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 181, Oak, Espressivo, unfinished, 10138076</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 181, Oak, Animoso, unfinished, 10037367</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 181, Oak,White, , Live Matt lacquer, 10136392</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 181, Oak,White, Andante, Live Pure lacquer, 10125645</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 181, Oak,Oregon, , Live Matt lacquer, 10120198</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 181, Oak,Grey Harmony, Crescendo, Live Pure lacquer, 10136469</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 181, Oak,Warm Cotton, Animoso, Live Pure lacquer, 10125650</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 181, Oak,Warm Grey, Animoso, Live Pure lacquer, 10125660</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 21mm BOEN 3-Layer Parquet, 3-Strip, FSC MIX 70%, Beech, Contract, Live Matt lacquer, 10135569</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Boen,13mm Plank 138,Oak,Jazz,Live Matt lacquer</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2029 0029, 2029 0029</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>BOEN</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bauwerk Group AG</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Neudorfstrasse 49</x:v>
@@ -5892,50 +8420,690 @@
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Pergo</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Unilin BV, division Flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ooigemstraat 3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Wielsbeke</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Kährs Ask Skagen (153N18AK0VKW)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Abetone (133NABEK1VKW)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Burgundy (151N8AEKF0KW)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Cornwall (151L8AEK09KW)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Cosenza (151N9LEK09KW)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Creme (152N7BEK0WKW)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Lecco (133NABEK50KW)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Nouveau Gray (151NAYEKD1KW)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Palazzo Bianco (15313BEKVVKW)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Palazzo Rovere (153138EK50KW)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Vigo (151N51EK0NKW)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Vedbo (151NCSEK01KW)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Palazzo Biondo (15314BEK20KW)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Erve (133NCDEKF0KW)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Urban Brown Strip (153N6BEKP4KW)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Pearl Grey Strip (153N6BEKR4KW)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tarkett Grace Ek White Canvas TreS (7870076)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0026</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett Polska Sp. z o.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ul. Miłosławska 13A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Orzechowo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tarkett Grace Ek White Lace TreS (7870075)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0026</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett Polska Sp. z o.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ul. Miłosławska 13A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Orzechowo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Heritage Ek Old Brown (41007004)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0026</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett Polska Sp. z o.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ul. Miłosławska 13A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Orzechowo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Heritage Ek Old Grey (41007005)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0026</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett Polska Sp. z o.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ul. Miłosławska 13A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Orzechowo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Pergo Falster (W1214-03797-3)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3029 0017, 3029 0001</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Pergo</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Unilin BV, division Flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ooigemstraat 3</x:v>
@@ -6308,35726 +9476,32558 @@
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Unilin BV, division Flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ooigemstraat 3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Wielsbeke</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Kährs Ek Abetone (133NABEK1VKW)</x:v>
+        <x:v>Boen, 14mm 3-Strip, Oak, Andante, Live Matt lacquer, 10115582</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm 3-Strip, Oak, Andante, Live Matt lacquer, 10143319</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm 3-Strip, Oak, Andante, Live Pure lacquer, 10041702</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm 3-Strip, Oak, Andante, Live Pure lacquer, 10114613</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm 3-Strip, Oak, Finale, Live Pure lacquer, 10117113</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm 3-Strip, Ash,White, Marcato, Live Matt lacquer, 10035759</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm 3-Strip, Cherry american, Andante, Live Matt lacquer, 10041664</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm 3-Strip, Cherry american, Andante, Live Matt lacquer, 10041663</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Shade Ek Cotton White Plank XT</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0026</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett Polska Sp. z o.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ul. Miłosławska 13A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Orzechowo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pure Ek Nature Plank</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0026</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett Polska Sp. z o.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ul. Miłosławska 13A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Orzechowo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>14mm Plank 181 Ek Transparent Animoso borstad, 2-sidig fas 5G Click, Gent, controlled sources 14 x 181 x 2200 mm, Toppskikt : 3.5 mm, 10037302</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>13mm Stavmönster 4-Stav Ek California Forte oborstad, utan fas 5G Click, controlled sources 13 x 215 x 2200 mm, Toppskikt : 2.5 mm, 10041958</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>13mm Plank 181 Ek Transparent Rock borstad, 2-sidig fas 5G Click, Gent, controlled sources 13 x 181 x 2200 mm, Toppskikt : 2.5 mm, 10115415</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>14mm Plank 181 Ek Transparent Andante borstad, 2-sidig fas 5G Click, Gent, controlled sources 14 x 181 x 2200 mm, Toppskikt : 3.5 mm, 10120207</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>14mm Plank Castle Ek Semi Smoked Transparent Country borstad, 2-sidig fas Not/Fjäder, controlled sources 14 x 209 x 2200 mm, Toppskikt : 3.5 mm, 10141585</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>14mm Plank Castle Ek Transparent Andante oborstad, 2-sidig fas 5G Click, FSC™ Mix 70% 14 x 209 x 2200 mm, Toppskikt : 3.5 mm, 10145801</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>14mm Plank 138 Ek Espressivo oborstad, 2-sidig fas Not/Fjäder, controlled sources 14 x 139 x 2200 mm, Toppskikt : 3.5 mm, 10153998</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>14mm Plank Castle Ek Vit Nature borstad, 2-sidig fas Not/Fjäder, controlled sources 14 x 209 x 2200 mm, Toppskikt : 3.5 mm, 10157709</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>13,2mm Plank 138 Ek Transparent Andante borstad, 2-sidig fas 5G Click, 50% Gent, controlled sources 13.2 x 138 x 2200 mm, Toppskikt : 2.7 mm, 10157835</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>13,2mm Plank 181 Ek Soft Brown Vivo borstad, 2-sidig fas 5G Click, Gent, controlled sources 13.2 x 181 x 2200 mm, Toppskikt : 2.7 mm, 10157836</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>13,2mm Plank 181 Ek Soft Brown Vivo borstad, 2-sidig fas 5G Click, controlled sources 13.2 x 181 x 2200 mm, Toppskikt : 2.7 mm, 10157837</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>13,2mm 3-Strip Ek Vit Finale oborstad, utan fas 5G Click, controlled sources 13.2 x 215 x 2200 mm, Toppskikt : 2.7 mm, 10158376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>13,2mm Plank 138 Ek Vit Vivo borstad, 2-sidig fas 5G Click, controlled sources 13.2 x 138 x 2200 mm, Toppskikt : 2.7 mm, 10158377</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>13,2mm 3-Strip Ek Vit Concerto oborstad, utan fas 5G Click, controlled sources 13.2 x 215 x 2200 mm, Toppskikt : 2.7 mm, 10158622</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>13,2mm Plank 138 Ek Elephant Grey Andante borstad, 2-sidig fas 5G Click, controlled sources 13.2 x 138 x 2200 mm, Toppskikt : 2.7 mm, 10159013</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>13,2mm 3-Strip Ask Vit Palace oborstad, utan fas 5G Click, controlled sources 13.2 x 215 x 2200 mm, Toppskikt : 2.5 mm, 10159950</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>13,2mm Plank 138 Ek Soft Brown Sapwood borstad, 2-sidig fas 5G Click, controlled sources 13.2 x 138 x 2200 mm, Toppskikt : 2.7 mm, 10160042</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>13,2mm Plank 181 Ek Rustic Basalt Village borstad, 2-sidig fas 5G Click, controlled sources 13.2 x 181 x 2200 mm, Toppskikt : 2.7 mm, 10160160</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pure Bok Nature TreS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ekenäsvägen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ronneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 13.2mm 3-Strip, Oak, Finale, Live Matt lacquer, 10157408</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 13mm 3-Strip, Oak, Boulevard, Live Satin lacquer, 10041483</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm 3-Strip, Oak, Adagio, Live Matt lacquer, 10041700</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HARO PARQUET 4000 Plank 1-Strip Plaza 240 4V Oak Puro White Markant brushed naturaLin plus Top Connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HARO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rohrdorfer Str. 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stephanskirchen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HARO PARQUET 4000 Plank 1-Strip 180 4V Oak Sand Grey Markant brushed naturaDur Top Connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HARO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rohrdorfer Str. 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stephanskirchen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HARO PARQUET 4000 Plank 1-Strip 180 4V Oak Exclusive brushed naturaLin plus Top Connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HARO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rohrdorfer Str. 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stephanskirchen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HARO PARQUET 4000 Plank 1-Strip 180 4V Amber Oak Markant brushed naturaDur Top Connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HARO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rohrdorfer Str. 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stephanskirchen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 13.2mm Plank 181, Oak,White, Animoso, Live Matt lacquer, 10156857</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 13.2mm Plank 181, Oak, Vivo, Live Pure lacquer, 10156634</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 13.2mm Plank 181, Oak,Soft Brown, Animoso Mix, Live Matt Plus lacquer, 10157188</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 13.2mm Plank 181, Oak,Soft Brown, Espressivo, Live Matt Plus lacquer, 10157474</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 13.2mm Plank 181, Oak,Fresh White, Animoso Mix, Live Matt Plus lacquer, 10157229</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 13.2mm Plank 181, Oak,Elephant Grey, Espressivo, Live Pure lacquer, 10157249</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Castle Plank, Oak, Animoso, Live Matt lacquer, 10036265</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Castle Plank, Oak, Andante, Live Matt lacquer, 10036333</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Castle Plank, Oak, Animoso, Live Pure lacquer, 10114642</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Castle Plank, Oak, Nature, Live Pure lacquer, 10117107</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Castle Plank, Oak smoked, Nature, Live Pure lacquer, 10123242</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Castle Plank, Oak,Elephant Grey, Espressivo, Live Pure lacquer, 10125144</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Castle Plank, Oak,Ginger Brown, Vivo, Live Pure lacquer, 10125175</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Castle Plank, Oak,Grey Harmony, Animoso, Live Pure lacquer, 10114378</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Castle Plank, Oak,Warm Grey, Animoso, Live Pure lacquer, 10125321</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Castle Plank, Oak,Medium Grey, Animoso Mix, Live Matt Plus lacquer, 10152594</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 138, Oak, Animoso, Live Matt lacquer, 10036729</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 138, Oak, Andante, Live Matt lacquer, 10036708</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 138, Oak, Vivo, Live Matt lacquer, 10036802</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 138, Oak, Animoso, Live Matt lacquer, 10036872</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 138, Oak, Project, Live Matt lacquer, 10118480</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 138, Oak smoked, Andante, Live Pure lacquer, 10042007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 138, Oak smoked, Marcato, Live Matt lacquer, 10036976</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 138, Oak,White, , Live Matt lacquer, 10143910</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 138, Oak,White, , Live Matt lacquer, 10118485</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 138, Oak,White, Andante, Live Pure lacquer, 10041986</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 138, Oak,White, Andante, Live Pure lacquer, 10036715</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 138, Oak,Noir, Andante, Live Matt lacquer, 10036993</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 138, Oak,Grey Harmony, , Live Pure lacquer, 10137399</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 138, Oak,TIBER, , Live Pure lacquer, 10142677</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 138, Oak,Fresh White, Animoso Mix, Live Matt Plus lacquer, 10152604</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 138, Ash,White, Andante, Live Matt lacquer, 10036645</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 138, Ash,White, Andante, Live Pure lacquer, 10041977</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 181, Oak, Vivo, Live Matt lacquer, 10120192</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 181, Oak, Andante, Live Matt lacquer, 10037286</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 181, Oak, Andante, Live Matt lacquer, 10037287</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 181, Oak, Vivo, Live Matt lacquer, 10124696</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 181, Oak, Andante, Live Matt lacquer, 10037359</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 181, Oak, Animoso, Live Pure lacquer, 10120205</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 181, Oak, Animoso, unfinished, 10037368</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 181, Oak, Espressivo, unfinished, 10141604</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 181, Oak,White, Andante, Live Matt lacquer, 10037351</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 181, Oak,White, , Live Matt lacquer, 10109295</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 181, Oak,Epoca, , unfinished, 10136305</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 181, Oak,Brazilian Brown, Animoso, Live Pure lacquer, 10125745</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 21mm BOEN 3-Layer Parquet, 3-Strip, FSC MIX 70%, Ash,White, Baltic, Live Matt lacquer, 10135567</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, Prestige, Oak,White, Nature, Live Matt lacquer, 10143417</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, Prestige, Oak, Basic, Live Matt lacquer, 10143418</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, Prestige, Ash, Nature, Live Matt lacquer, 10143441</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm 3-Strip, Ash, Marcato, Live Matt lacquer, 10041615</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm 3-Strip, Ash, Marcato, Live Matt lacquer, 10041617</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 13.2mm Plank 138, Oak, Crescendo, Live Matt lacquer, 10157312</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen,13mm Plank 138,Oak,Espressivo,Live Pure lacquer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen,13.2mm Plank 138,Oak ,Fresh White,Crescendo,Live Matt Plus lacquer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen,13.2mm Plank 181,Oak,Medium Grey,Crescendo,Live Matt Plus lacquer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen,13.2mm Plank 181,Oak,Concrete Grey,Prosjekt,Live Pure lacquer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen,13.2mm Plank 181,Oak,Vivo,Live Matt lacquer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen,14mm Castle Plank,Oak,Espressivo,Live Matt lacquer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen,13mm Castle Plank,Oak,Rock,Live Matt lacquer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen,21mm BOEN 3-Layer Parquet, 3-Strip,Ash,White,Baltic,Live Matt lacquer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen,23mm BOEN Plank 23mm Plank 139, FSC MIX 70%,Ash,White,Country,Live Matt lacquer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>10156447 Oak Warm Grey Vivo, Live Pure lacquer, 13,2x181x220mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Oak Flint (133NCDEKD9KW)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3029 0012</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kährs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kährs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 805</x:v>
       </x:c>
       <x:c t="str">
         <x:v>NYBRO</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Kährs Ek Burgundy (151N8AEKF0KW)</x:v>
+        <x:v>Kährs Oak Crystal (133NCDEKH9KW)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3029 0012</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kährs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kährs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 805</x:v>
       </x:c>
       <x:c t="str">
         <x:v>NYBRO</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Kährs Ek Cornwall (151L8AEK09KW)</x:v>
+        <x:v>Noble Ek Retro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0026</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett Polska Sp. z o.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ul. Miłosławska 13A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Orzechowo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Shade Ek Essence DuoPlank</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ekenäsvägen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ronneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pure Ek Nature MidiPlank</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0026</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett Polska Sp. z o.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ul. Miłosławska 13A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Orzechowo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Shade Ek Misty Grey Plank XT</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0026</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett Polska Sp. z o.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ul. Miłosławska 13A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Orzechowo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Sand (133N22EK1KKW)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3029 0012</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kährs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kährs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 805</x:v>
       </x:c>
       <x:c t="str">
         <x:v>NYBRO</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Kährs Ek Cosenza (151N9LEK09KW)</x:v>
+        <x:v>Pergo Falster (W1261-01741-3)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0017, 3029 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pergo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Unilin BV, division Flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ooigemstraat 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wielsbeke</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pergo Falster (W1214-05125-3)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0017, 3029 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pergo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Unilin BV, division Flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ooigemstraat 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wielsbeke</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pergo Lofoten (W1259-03202-3)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0017, 3029 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pergo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Unilin BV, division Flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ooigemstraat 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wielsbeke</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pergo Lofoten (W1216-03793-3)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0017, 3029 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pergo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Unilin BV, division Flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ooigemstraat 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wielsbeke</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pergo Lofoten (W1216-03797-3)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0017, 3029 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pergo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Unilin BV, division Flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ooigemstraat 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wielsbeke</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pergo Senja (W1436-03202-C)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0017, 3029 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pergo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Unilin BV, division Flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ooigemstraat 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wielsbeke</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pergo Svalbard (W1248-03794-3)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0017, 3029 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pergo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Unilin BV, division Flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ooigemstraat 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wielsbeke</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pergo Svalbard (W1248-05122-3)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0017, 3029 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pergo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Unilin BV, division Flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ooigemstraat 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wielsbeke</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pergo Svalbard (W1268-03793-3)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0017, 3029 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pergo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Unilin BV, division Flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ooigemstraat 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wielsbeke</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pergo Falster (W1261-04723)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0017, 3029 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pergo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Unilin BV, division Flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ooigemstraat 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wielsbeke</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pergo Lofoten (W1259-06274)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0017, 3029 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pergo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Unilin BV, division Flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ooigemstraat 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wielsbeke</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pergo Lofoten XL (W1275-06274-A)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0017, 3029 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pergo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Unilin BV, division Flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ooigemstraat 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wielsbeke</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Timberman Wideplank (145092s)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0017, 3029 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Unilin BV, division Flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ooigemstraat 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wielsbeke</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Timberman Wideplank (145084s)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0017, 3029 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Unilin BV, division Flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ooigemstraat 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wielsbeke</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pergo Falster (W1261-03572-3)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0017, 3029 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pergo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Unilin BV, division Flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ooigemstraat 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wielsbeke</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Shore (151N8AEKE4KW)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3029 0012</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kährs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kährs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 805</x:v>
       </x:c>
       <x:c t="str">
         <x:v>NYBRO</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Kährs Ek Creme (152N7BEK0WKW)</x:v>
+        <x:v>Kährs Ask Ceriale (133NACAK1VKW)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3029 0012</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kährs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kährs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 805</x:v>
       </x:c>
       <x:c t="str">
         <x:v>NYBRO</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Kährs Ek Lecco (133NABEK50KW)</x:v>
+        <x:v>Kährs Ask Falsterbo (152N55AK0VKW)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3029 0012</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kährs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kährs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 805</x:v>
       </x:c>
       <x:c t="str">
         <x:v>NYBRO</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Kährs Ek Nouveau Gray (151NAYEKD1KW)</x:v>
+        <x:v>Kährs Ask Kalmar (153N18AK09KW)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3029 0012</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kährs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kährs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 805</x:v>
       </x:c>
       <x:c t="str">
         <x:v>NYBRO</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Kährs Ek Palazzo Bianco (15313BEKVVKW)</x:v>
+        <x:v>Kährs Kanadensisk lönn Toronto (153N15AP50KW)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3029 0012</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kährs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kährs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 805</x:v>
       </x:c>
       <x:c t="str">
         <x:v>NYBRO</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Kährs Ek Palazzo Rovere (153138EK50KW)</x:v>
+        <x:v>Kährs Ek Estoril (151N8AEKFVKW)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3029 0012</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kährs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kährs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 805</x:v>
       </x:c>
       <x:c t="str">
         <x:v>NYBRO</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Kährs Ek Vigo (151N51EK0NKW)</x:v>
+        <x:v>Kährs Ek Limestone (153N0BEK0WKW)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3029 0012</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kährs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kährs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 805</x:v>
       </x:c>
       <x:c t="str">
         <x:v>NYBRO</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Kährs Ek Vedbo (151NCSEK01KW)</x:v>
+        <x:v>Kährs Ek Pale (153N5BEKP1KW)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3029 0012</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kährs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kährs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 805</x:v>
       </x:c>
       <x:c t="str">
         <x:v>NYBRO</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Kährs Ek Palazzo Biondo (15314BEK20KW)</x:v>
+        <x:v>Kährs Ek Siena (153N38EK50KW)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3029 0012</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kährs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kährs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 805</x:v>
       </x:c>
       <x:c t="str">
         <x:v>NYBRO</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Kährs Ek Erve (133NCDEKF0KW)</x:v>
+        <x:v>Kährs Ek Cinder (151N5YEKD1KW)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3029 0012</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kährs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kährs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 805</x:v>
       </x:c>
       <x:c t="str">
         <x:v>NYBRO</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Kährs Ek Urban Brown Strip (153N6BEKP4KW)</x:v>
+        <x:v>Kährs Ek Glow (152N6BEKF4KW)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3029 0012</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kährs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kährs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 805</x:v>
       </x:c>
       <x:c t="str">
         <x:v>NYBRO</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Kährs Ek Pearl Grey Strip (153N6BEKR4KW)</x:v>
+        <x:v>Parador Parkett Classic 3060 Ek 3-stav mattlack (1745693)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parador</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parador GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Millenkamp 7-8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Coesfeld</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Charcoal Light Strip (153N6BEKS4KW)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3029 0012</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kährs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kährs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 805</x:v>
       </x:c>
       <x:c t="str">
         <x:v>NYBRO</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Tarkett Grace Ek White Canvas TreS (7870076)</x:v>
+        <x:v>Tarkett Grace Ek Era (7806020)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3029 0026</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tarkett</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tarkett Polska Sp. z o.o.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ul. Miłosławska 13A</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Orzechowo</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Tarkett Grace Ek White Lace TreS (7870075)</x:v>
+        <x:v>Boen, 14mm Herringbone Click 138, Oak, Vivo, Live Pure lacquer, 10152466</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Herringbone Click 138, Oak, Vivo, Live Pure lacquer, 10152464</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Herringbone Click Castle, Oak, Vivo, Live Pure lacquer, 10157086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Herringbone Click Castle, Oak, Vivo, Live Pure lacquer, 10157095</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HARO PARQUET 2500 Longstrip Oak Light White Favorit brushed permaDur Top Connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HARO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rohrdorfer Str. 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stephanskirchen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HARO PARQUET 2500 Plank 1-Strip 180 2V Oak Universal brushed naturaLin plus Top Connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HARO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rohrdorfer Str. 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stephanskirchen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HARO PARQUET Plank 1-Strip Scala 180 4V Oak Light White Contura brushed naturaLin plus Top Connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HARO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rohrdorfer Str. 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stephanskirchen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HARO PARQUET 4000 Longstrip Beech steamed Favorit permaDur Top Connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HARO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rohrdorfer Str. 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stephanskirchen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HARO PARQUET 4000 Longstrip Oak Trend brushed permaDur Top Connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HARO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rohrdorfer Str. 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stephanskirchen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HARO PARQUET 4000 Plank 1-Strip 180 Oak Markant unfinished Top Connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HARO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rohrdorfer Str. 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stephanskirchen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HARO Professional PARQUET 4000 Longstrip Oak Light White Vario brushed permaDur Top Connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HARO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rohrdorfer Str. 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stephanskirchen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HARO PARQUET 4000 Plank 1-Strip Plaza 240 4V Oak Puro White Sauvage brushed naturaLin plus Top Connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HARO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rohrdorfer Str. 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stephanskirchen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HARO PARQUET 4000 Plank 1-Strip 180 4V Oak Odenwald brushed naturaLin plus Top Connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HARO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rohrdorfer Str. 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stephanskirchen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HARO PARQUET 4000 Plank 1-Strip Plaza 240 4V Oak Light White Sauvage brushed naturaLin plus Top Connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HARO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rohrdorfer Str. 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stephanskirchen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HARO PARQUET 4000 Plank 1-Strip Plaza 240 4V Oak Invisible Sauvage brushed naturaDur Top Connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HARO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rohrdorfer Str. 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stephanskirchen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HARO PARQUET 4000 Longstrip Oak Light White Naturale brushed naturaDur Top Connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HARO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rohrdorfer Str. 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stephanskirchen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HARO PARQUET 4000 Plank 1-Strip Plaza 240 4V Oak Light White Sauvage brushed naturaDur Top Connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HARO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rohrdorfer Str. 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stephanskirchen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HARO PARQUET 4000 Plank 1-Strip 180 4V Oak Light White Sauvage brushed naturaLin plus Top Connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HARO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rohrdorfer Str. 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stephanskirchen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HARO PARQUET 4000 Plank 1-Strip 180 4V Oak Rustico brushed naturaLin plus Top Connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HARO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rohrdorfer Str. 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stephanskirchen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HARO PARQUET 4000 Plank 1-Strip 180 4V Oak Natur brushed naturaLin plus Top Connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HARO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rohrdorfer Str. 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stephanskirchen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HARO PARQUET 13,5mm/1750 mm Plank 1-Strip 4V Oak Berlin brushed naturaLin plus Top Connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HARO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rohrdorfer Str. 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stephanskirchen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HARO PARQUET 4000 Plank 1-Strip 180 4V Oak Sauvage brushed permaDur Top Connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HARO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rohrdorfer Str. 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stephanskirchen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HARO PARQUET 4000 Plank 1-Strip 180 4V Ash Invisible Universal brushed naturaDur Top Connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HARO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rohrdorfer Str. 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stephanskirchen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HARO PARQUET 4000 Plank 1-Strip 180 4V Oak Markant brushed permaDur Top Connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HARO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rohrdorfer Str. 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stephanskirchen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HARO PARQUET 4000 Plank 1-Strip Plaza 240 4V Fumed Oak Puro White Universal brushed naturaLin plus Top Connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HARO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rohrdorfer Str. 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stephanskirchen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HARO PARQUET 4000 Plank 1-Strip 180 4V Oak Invisible Alabama brushed naturaLin plus Top Connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HARO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rohrdorfer Str. 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stephanskirchen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Lecco Matt 226 (1332226)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 13mm 3-Strip, Oak, City, Live Satin lacquer, 10041530</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm 3-Strip, Oak, Andante, Live Matt lacquer, 10119124</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm 3-Strip, Oak, Concerto, Live Matt lacquer, 10041765</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm 3-Strip, Oak, Andante, Live Matt lacquer, 10041715</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm 3-Strip, Oak, Concerto, Live Pure lacquer, 10117156</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm 3-Strip, Oak,White, Finale, Live Matt lacquer, 10123428</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm 3-Strip, Oak,White, , Live Matt lacquer, 10109168</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm 3-Strip, Oak,White, Andante, Live Matt lacquer, 10041714</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm 3-Strip, Oak,White, Concerto, Live Pure lacquer, 10117155</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen,13mm 3-Strip,Oak,White,Gospel,Live Matt lacquer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0030, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen,13mm 3-Strip,Oak,White,Prosjekt,Live Matt lacquer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0030, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Professional Ek Nature TreS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ekenäsvägen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ronneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>14mm Plank Castle Ek Animoso borstad, 2-sidig fas 5G Click, controlled sources 14 x 209 x 2200 mm, Toppskikt : 3.5 mm, 10036260</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>13mm Stavmönster 3-Stav Ek Transparent Town oborstad, utan fas Not/Fjäder, controlled sources 13.2 x 215 x 2200 mm, Toppskikt : 2.5 mm, 10042068</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>3-stavs parkett Ek Transparent Animoso oborstad, utan fas 5G Click, Gent, controlled sources 14 x 215 x 2200 mm, Toppskikt : 3.5 mm, 10109157</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>14mm Plank Castle Ek Ginger Brown Canyon borstad, 2-sidig fas Not/Fjäder, controlled sources 14 x 209 x 2200 mm, Toppskikt : 3.5 mm, 10136407</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>14mm Plank 138 Ek Ginger Brown Canyon borstad, 2-sidig fas Not/Fjäder, controlled sources 14 x 139 x 2200 mm, Toppskikt : 3.5 mm, 10136900</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>13mm Stavmönster 3-Stav Lönn Can. Transparent Pop oborstad, utan fas 5G Click, controlled sources 13 x 215 x 2200 mm, Toppskikt : 2.5 mm, 10141232</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>10mm Stav Prestige, höger stav Ek Transparent Nature oborstad, utan fas Not/Fjäder, controlled sources 10 x 70 x 470 mm, Toppskikt : 3.5 mm, 10143422</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>13mm Plank 138 Ek Pale White Rock djupborstad, 2-sidig fas 5G Click, controlled sources 13 x 138 x 2200 mm, Toppskikt : 2.5 mm, 10144890</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>13mm Plank 138 Ek Transparent Rock borstad, 2-sidig fas 5G Click, controlled sources 13 x 138 x 2200 mm, Toppskikt : 2.5 mm, 10145619</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>14mm Plank 181 Ek Espressivo oborstad, 2-sidig fas Not/Fjäder, controlled sources 14 x 181 x 2200 mm, Toppskikt : 3.5 mm, 10154037</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>13mm Plank 181 Ek Transparent Espressivo borstad, 2-sidig fas 5G Click, controlled sources 13 x 181 x 2200 mm, Toppskikt : 2.5 mm, 10155754</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>13,2mm Plank 181 Ek Transparent Animoso borstad, 2-sidig fas 5G Click, controlled sources 13.2 x 181 x 2200 mm, Toppskikt : 2.7 mm, 10156870</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>13,2mm Plank 181 Ek Transparent Espressivo borstad, 2-sidig fas 5G Click, controlled sources 13.2 x 181 x 2200 mm, Toppskikt : 2.7 mm, 10157064</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>14mm Plank 138 Ek Transparent Vivo borstad, 2-sidig fas 5G Click, FSC™ Mix 70% 14 x 138 x 2200 mm, Toppskikt : 3.5 mm, 10157364</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>14mm Plank Castle Ek Canyon Mix borstad, 4-sidig fas Not/Fjäder, controlled sources 14 x 209 x 2200 mm, Toppskikt : 3.5 mm, 10157704</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>13,2mm Plank 138 Ek India Grey Animoso borstad, 2-sidig fas 5G Click, controlled sources 13.2 x 138 x 2200 mm, Toppskikt : 2.7 mm, 10157957</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>20mm Plank Chaletino Ek Canyon borstad, 4-sidig fas Not/Fjäder, controlled sources 20 x 300 x 2750 mm, Toppskikt : 4.5 mm, 10158594</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>13,2mm Plank 138 Ek Vit Andante borstad, 2-sidig fas 5G Click, controlled sources 13.2 x 138 x 2200 mm, Toppskikt : 2.7 mm, 10159014</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>14mm Stavmönster 4-Stav Ek Forte borstad, utan fas 5G Click, controlled sources 14 x 215 x 2200 mm, Toppskikt : 3.5 mm, 10159948</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>13,2mm Plank 138 Ek Pale White Rock borstad, 2-sidig fas 5G Click, controlled sources 13.2 x 138 x 2200 mm, Toppskikt : 2.7 mm, 10160075</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HARO PARQUET 2500 Plank 1-Strip 180 2V Oak Light White Universal brushed permaDur Top Connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HARO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rohrdorfer Str. 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stephanskirchen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HARO PARQUET 2500 Plank 1-Strip 180 2V Oak Invisible Universal brushed naturaDur Top Connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HARO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rohrdorfer Str. 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stephanskirchen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HARO PARQUET 2500 Plank 1-Strip 180 2V Oak Universal brushed naturaDur Top Connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HARO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rohrdorfer Str. 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stephanskirchen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HARO PARQUET 2500 Longstrip Oak Light White Favorit brushed naturaDur Top Connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HARO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rohrdorfer Str. 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stephanskirchen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HARO PARQUET 2500 Longstrip Sycamore Maple Favorit naturaDur Top Connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HARO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rohrdorfer Str. 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stephanskirchen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HARO PARQUET 2500 Plank 1-Strip 180 2V Oak Invisible Markant brushed naturaDur Top Connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HARO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rohrdorfer Str. 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stephanskirchen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HARO PARQUET 4000 Longstrip Oak Family permaDur Top Connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HARO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rohrdorfer Str. 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stephanskirchen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HARO PARQUET 4000 Plank 1-Strip 180 4V Oak Country brushed naturaLin plus Top Connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HARO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rohrdorfer Str. 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stephanskirchen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HARO PARQUET 4000 Plank 1-Strip 180 4V Oak Puro White Sauvage retro brushed naturaLin plus Top Connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HARO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rohrdorfer Str. 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stephanskirchen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HARO PARQUET 4000 Plank 1-Strip Plaza 240 4V Oak Tobacco Grey Universal alpine brushed naturaLin plus Top Connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HARO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rohrdorfer Str. 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stephanskirchen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HARO Professional PARQUET 4000 Plank 1-Strip 4V Oak Sand White Rustico brushed naturaLin plus Top Connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HARO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rohrdorfer Str. 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stephanskirchen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HARO PARQUET 4000 Plank 1-Strip 180 4V Oak Reed Brown Sauvage brushed naturaLin plus Top Connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HARO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rohrdorfer Str. 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stephanskirchen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HARO PARQUET 4000 Plank 1-Strip Plaza 240 4V Oak Sand Grey Markant brushed naturaDur Top Connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HARO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rohrdorfer Str. 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stephanskirchen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HARO PARQUET 4000 Longstrip Oak Sand Grey Naturale brushed naturaDur Top Connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HARO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rohrdorfer Str. 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stephanskirchen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HARO PARQUET 4000 Plank 1-Strip 180 4V American Walnut Sauvage naturaLin plus Top Connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HARO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rohrdorfer Str. 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stephanskirchen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HARO PARQUET 4000 Longstrip Oak Natur permaDur Top Connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HARO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rohrdorfer Str. 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stephanskirchen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HARO PARQUET 13,5 mm Longstrip Oak Düsseldorf permaDur Top Connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HARO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rohrdorfer Str. 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stephanskirchen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HARO PARQUET 4000 Plank 1-Strip 180 4V Oak Sauvage brushed naturaDur Top Connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HARO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rohrdorfer Str. 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stephanskirchen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HARO PARQUET 4000 Plank 1-Strip 180 4V Fumed Oak Provence brushed naturaLin plus Top Connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HARO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rohrdorfer Str. 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stephanskirchen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HARO PARQUET 4000 Plank 1-Strip 180 4V Oak Country brushed naturaDur Top Connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HARO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rohrdorfer Str. 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stephanskirchen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HARO PARQUET 4000 Plank 1-Strip 180 Canadian Maple Markant naturaDur Top Connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HARO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rohrdorfer Str. 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stephanskirchen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HARO PARQUET 4000 Longstrip Canadian Maple Trend naturaDur Top Connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HARO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rohrdorfer Str. 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stephanskirchen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HARO PARQUET 4000 Plank 1-Strip 180 4V Fumed Oak Sauvage oro brushed naturaLin plus Top Connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HARO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rohrdorfer Str. 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stephanskirchen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HARO PARQUET 4000 Plank 1-Strip Scala 180 4V Oak Markant naturaDur High Performance Top Connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HARO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rohrdorfer Str. 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stephanskirchen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HARO PARQUET 4000 Plank 1-Strip Scala 180 4V Oak Invisible Markant naturaDur High Performance Top Connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HARO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rohrdorfer Str. 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stephanskirchen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HARO PARQUET 4000 Plank 1-Strip 180 4V Oak Sauvage naturaDur High Performance Top Connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HARO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rohrdorfer Str. 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stephanskirchen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Castle Plank, Oak,Oregon, , Live Matt lacquer, 10120333</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Castle Plank, Oak,Brazilian Brown, Animoso, Live Pure lacquer, 10125138</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Castle Plank, Oak,Ginger Brown, Vivo, Live Pure lacquer, 10125174</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Castle Plank, Oak,Grey Harmony, , Live Pure lacquer, 10114643</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Castle Plank, Oak,Grey Harmony, Country, Live Pure lacquer, 10123243</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Castle Plank, Oak,India Grey, Country, Live Pure lacquer, 10123255</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 138, Oak, Nature, Live Matt lacquer, 10036751</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 138, Oak, Nature, unfinished, 10036924</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 138, Oak smoked, Andante, Live Pure lacquer, 10042005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 138, Oak,White, , Live Matt lacquer, 10036929</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 138, Oak,White, Animoso, Live Matt lacquer, 10036865</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 138, Oak,White, , Live Matt lacquer, 10036931</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 138, Oak,Brazilian Brown, Animoso, Live Pure lacquer, 10125137</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 138, Oak,India Grey, Animoso, Live Pure lacquer, 10125291</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 138, Oak,Medium Grey, Animoso Mix, Live Matt Plus lacquer, 10152606</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 138, Ash,White, Andante, Live Pure lacquer, 10109246</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 138, Cherry american, Andante, Live Matt lacquer, 10037067</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 181, Oak, Espressivo, Live Matt lacquer, 10142145</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 181, Oak, Animoso, Live Matt lacquer, 10037372</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 181, Oak, Vivo, Live Matt lacquer, 10037328</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 181, Oak, Vivo, Live Pure lacquer, 10116966</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 181, Oak, Animoso, Live Pure lacquer, 10135944</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 181, Oak, Vivo, unfinished, 10037270</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 181, Oak, Andante, unfinished, 10037348</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 181, Oak, Nature, unfinished, 10037387</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 181, Oak,White, Andante, Live Matt lacquer, 10037354</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 181, Oak,White, Andante, Live Matt lacquer, 10037352</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 181, Oak,White, , Live Matt lacquer, 10037332</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 181, Oak,Arizona, , Live Matt lacquer, 10142139</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 181, Oak,Tabernas, Country, Live Matt lacquer, 10120201</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 181, Oak,Elephant Grey, Nature, Live Pure lacquer, 10136005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 181, Oak,Pale White, , Live Pure lacquer, 10127321</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 23mm BOEN 3-Layer Parquet, 3-Strip, FSC MIX 70%, Oak,White, Basic, Live Matt lacquer, 10135096</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 23mm BOEN 3-Layer Parquet, 3-Strip, FSC MIX 70%, Oak,White, Contract, Live Matt lacquer, 10136398</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, Prestige, Oak,White, Basic, Live Matt lacquer, 10153396</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Finnveden (151NDSEK03KW)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Alloy (153N0BEKD1KW)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Nice (153N19EK09KW)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Ydre (151NCSEK04KW)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Paris (151N4AEK4JKW)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Nouveau Whisper (151N9AEK16KW)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Amalfi (153N66EKW2KW)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Frozen Hazelnut Plank (151N9AEKQ4KW)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tarkett Grace Ek Rustic Plank XT (7877067)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3029 0026</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tarkett</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tarkett Polska Sp. z o.o.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ul. Miłosławska 13A</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Orzechowo</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Heritage Ek Old Brown (41007004)</x:v>
+        <x:v>Heritage Ek Lime Stone (41007002)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3029 0026</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tarkett</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tarkett Polska Sp. z o.o.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ul. Miłosławska 13A</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Orzechowo</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Heritage Ek Old Grey (41007005)</x:v>
+        <x:v>Heritage Ek Urban Grey (41007007)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3029 0026</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tarkett</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tarkett Polska Sp. z o.o.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ul. Miłosławska 13A</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Orzechowo</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Boen, 13.2mm Plank 138, Oak,White, Crescendo/prosjekt, Live Matt lacquer, 10157320</x:v>
-[...479 lines deleted...]
-        <x:v>Pure Bok Nature TreS</x:v>
+        <x:v>Noble Ek Brooklyn (7806903)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0026</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett Polska Sp. z o.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ul. Miłosławska 13A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Orzechowo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Prestige Ek Boardwalk (7877048)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0026</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett Polska Sp. z o.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ul. Miłosławska 13A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Orzechowo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Prestige Ek Scallop (7877066)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0026</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett Polska Sp. z o.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ul. Miłosławska 13A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Orzechowo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Herringbone Click 138, Oak, Adagio, Live Pure lacquer, 10152279</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Herringbone Click 138, Oak, Animoso, Live Pure lacquer, 10152069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 13.2mm Plank 181, Oak, Andante, Live Pure lacquer, 10156716</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 13.2mm Plank 181, Oak,Medium Grey, Animoso Mix, Live Matt Plus lacquer, 10157339</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 13.2mm Plank 181, Oak,White, Crescendo, Live Matt lacquer, 10136391</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 13mm 3-Strip, Oak, Crescendo/prosjekt, Live Matt lacquer, 10109126</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Castle Plank, Oak, Vivo, Live Pure lacquer, 10116963</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Castle Plank, Oak, Animoso, Live Pure lacquer, 10123261</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Castle Plank, Oak, Vivo, Live Pure lacquer, 10126813</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Castle Plank, Oak, Vivo, Live Pure lacquer, 10119092</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Castle Plank, Oak smoked, Andante, Live Pure lacquer, 10109230</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Castle Plank, Oak,White, Animoso, Live Matt lacquer, 10036344</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Castle Plank, Oak,Arizona, , Live Matt lacquer, 10120334</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Dawn (153N3BEK04KW)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Bok Viborg (153N18BK50KW)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen,13.2mm Plank 138,Oak ,Crescendo,Live Matt lacquer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen,13.2mm Plank 138,Oak ,Soft Brown,Crescendo,Live Matt Plus lacquer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen,13.2mm Plank 138,Oak,Pale White,Crescendo,Live Pure lacquer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen,13.2mm Plank 181,Oak,Fresh White,Crescendo,Live Matt Plus lacquer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen,13.2mm Plank 181,Oak,Crescendo,Live Pure lacquer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen,14mm Castle Plank,Oak,Espressivo,Live Pure lacquer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen,23mm BOEN Plank 23mm Plank 139, FSC MIX 70%,Oak,Country,Live Matt lacquer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Professional 22 Ask Nature TreS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3029 0022</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tarkett</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tarkett AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ekenäsvägen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ronneby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Boen, 13.2mm 3-Strip, Oak, Finale, Live Matt lacquer, 10157408</x:v>
+        <x:v>Professional Ask Contrast TreS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ekenäsvägen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ronneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Shade Ek Cream White TreS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ekenäsvägen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ronneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Shade Ek Northern White TreS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ekenäsvägen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ronneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pure Ek Nature Plank XT</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0026</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett Polska Sp. z o.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ul. Miłosławska 13A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Orzechowo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Noble Ek Classic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0026</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett Polska Sp. z o.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ul. Miłosławska 13A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Orzechowo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pergo Falster (W1261-03797-3)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0017, 3029 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pergo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Unilin BV, division Flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ooigemstraat 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wielsbeke</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pergo Falster (W1214-03800-3)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0017, 3029 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pergo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Unilin BV, division Flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ooigemstraat 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wielsbeke</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pergo Lofoten (W1216-03097-3)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0017, 3029 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pergo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Unilin BV, division Flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ooigemstraat 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wielsbeke</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pergo Lofoten (W1216-03201-3)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0017, 3029 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pergo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Unilin BV, division Flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ooigemstraat 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wielsbeke</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pergo Svalbard (W1248-03792-3)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0017, 3029 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pergo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Unilin BV, division Flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ooigemstraat 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wielsbeke</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pergo Svalbard (W1248-03793-3)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0017, 3029 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pergo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Unilin BV, division Flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ooigemstraat 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wielsbeke</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pergo Svalbard (W1248-05124-3)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0017, 3029 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pergo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Unilin BV, division Flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ooigemstraat 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wielsbeke</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pergo Svalbard (W1268-05121-3)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0017, 3029 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pergo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Unilin BV, division Flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ooigemstraat 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wielsbeke</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pergo Falster (W1214-04724-C)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0017, 3029 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pergo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Unilin BV, division Flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ooigemstraat 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wielsbeke</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pergo Falster (W1214-06185)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0017, 3029 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pergo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Unilin BV, division Flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ooigemstraat 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wielsbeke</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pergo Falster (W1261-06430)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0017, 3029 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pergo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Unilin BV, division Flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ooigemstraat 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wielsbeke</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pergo Lofoten (W1259-04726-A)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0017, 3029 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pergo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Unilin BV, division Flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ooigemstraat 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wielsbeke</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pergo Lofoten XL (W1275-03100-A)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0017, 3029 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pergo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Unilin BV, division Flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ooigemstraat 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wielsbeke</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Timberman Slotsplank (145058s)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0017, 3029 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Unilin BV, division Flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ooigemstraat 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wielsbeke</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm 3-Strip, Oak, Town, Live Matt lacquer, 10041860</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>BOEN</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bauwerk Group AG</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Neudorfstrasse 49</x:v>
       </x:c>
       <x:c t="str">
         <x:v>St. Margrethen</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Boen, 13mm 3-Strip, Oak, Boulevard, Live Satin lacquer, 10041483</x:v>
+        <x:v>Boen, 14mm 3-Strip, Oak,White, Finale, Live Matt lacquer, 10041801</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>BOEN</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bauwerk Group AG</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Neudorfstrasse 49</x:v>
       </x:c>
       <x:c t="str">
         <x:v>St. Margrethen</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Boen, 14mm 3-Strip, Oak, Adagio, Live Matt lacquer, 10041700</x:v>
+        <x:v>Boen, 14mm 3-Strip, Oak,White, , Live Matt lacquer, 10136354</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>BOEN</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bauwerk Group AG</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Neudorfstrasse 49</x:v>
       </x:c>
       <x:c t="str">
         <x:v>St. Margrethen</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Boen, 14mm 3-Strip, Oak, Andante, Live Matt lacquer, 10115582</x:v>
+        <x:v>Boen, 14mm 3-Strip, Oak,White, Vivace, Live Matt lacquer, 10041865</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>BOEN</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bauwerk Group AG</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Neudorfstrasse 49</x:v>
       </x:c>
       <x:c t="str">
         <x:v>St. Margrethen</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Boen, 14mm 3-Strip, Oak, Andante, Live Matt lacquer, 10143319</x:v>
+        <x:v>Boen, 14mm 3-Strip, Oak,White, Concerto, Live Pure lacquer, 10041755</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>BOEN</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bauwerk Group AG</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Neudorfstrasse 49</x:v>
       </x:c>
       <x:c t="str">
         <x:v>St. Margrethen</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Boen, 14mm 3-Strip, Oak, Andante, Live Pure lacquer, 10041702</x:v>
+        <x:v>Boen, 14mm 3-Strip, Ash,White, Andante, Live Pure lacquer, 10114840</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>BOEN</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bauwerk Group AG</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Neudorfstrasse 49</x:v>
       </x:c>
       <x:c t="str">
         <x:v>St. Margrethen</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Boen, 14mm 3-Strip, Oak, Andante, Live Pure lacquer, 10114613</x:v>
+        <x:v>Boen, 14mm 3-Strip, Oak,Grey Harmony, Finale, Live Pure lacquer, 10139192</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>BOEN</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bauwerk Group AG</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Neudorfstrasse 49</x:v>
       </x:c>
       <x:c t="str">
         <x:v>St. Margrethen</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Boen, 14mm 3-Strip, Oak, Finale, Live Pure lacquer, 10117113</x:v>
+        <x:v>Boen, 14mm 3-Strip, Oak,Horizon, , Live Pure lacquer, 10142774</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>BOEN</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bauwerk Group AG</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Neudorfstrasse 49</x:v>
       </x:c>
       <x:c t="str">
         <x:v>St. Margrethen</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Boen, 14mm 3-Strip, Ash,White, Marcato, Live Matt lacquer, 10035759</x:v>
+        <x:v>Boen, 14mm 3-Strip, Beech, Animoso, Live Matt lacquer, 10041656</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>BOEN</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bauwerk Group AG</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Neudorfstrasse 49</x:v>
       </x:c>
       <x:c t="str">
         <x:v>St. Margrethen</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Boen, 14mm 3-Strip, Cherry american, Andante, Live Matt lacquer, 10041664</x:v>
+        <x:v>Boen, 14mm 3-Strip, Maple can., Andante, Live Matt lacquer, 10041687</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>BOEN</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bauwerk Group AG</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Neudorfstrasse 49</x:v>
       </x:c>
       <x:c t="str">
         <x:v>St. Margrethen</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Boen, 14mm 3-Strip, Cherry american, Andante, Live Matt lacquer, 10041663</x:v>
+        <x:v>Boen, 14mm 3-Strip, Cherry american, Andante, Live Matt lacquer, 10041662</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>BOEN</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bauwerk Group AG</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Neudorfstrasse 49</x:v>
       </x:c>
       <x:c t="str">
         <x:v>St. Margrethen</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Shade Ek Cotton White Plank XT</x:v>
+        <x:v>Boen, 14mm 4-Strip, Oak, Forte, Live Matt lacquer, 10041963</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen,13mm 4-Strip,Oak,Forte,Live Matt lacquer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0030, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen,13.2mm 3-Strip,Oak,Prosjekt,Live Matt lacquer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0030, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Shade Ek Essence Plank XT</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3029 0026</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tarkett</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tarkett Polska Sp. z o.o.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ul. Miłosławska 13A</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Orzechowo</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Pure Ek Nature Plank</x:v>
+        <x:v>Professional Ek Sisal Plank</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3029 0026</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tarkett</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tarkett Polska Sp. z o.o.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ul. Miłosławska 13A</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Orzechowo</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>14mm Plank 181 Ek Transparent Animoso borstad, 2-sidig fas 5G Click, Gent, controlled sources 14 x 181 x 2200 mm, Toppskikt : 3.5 mm, 10037302</x:v>
+        <x:v>13mm Stavmönster 3-Stav Ek Vit Techno oborstad, utan fas 5G Click, controlled sources 13 x 215 x 2200 mm, Toppskikt : 2.5 mm, 10041583</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>BOEN</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bauwerk Group AG</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Neudorfstrasse 49</x:v>
       </x:c>
       <x:c t="str">
         <x:v>St. Margrethen</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>13mm Stavmönster 4-Stav Ek California Forte oborstad, utan fas 5G Click, controlled sources 13 x 215 x 2200 mm, Toppskikt : 2.5 mm, 10041958</x:v>
+        <x:v>13mm Plank 138 Ek Transparent Pop oborstad, 2-sidig fas 5G Click, controlled sources 13 x 138 x 2200 mm, Toppskikt : 2.5 mm, 10042061</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>BOEN</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bauwerk Group AG</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Neudorfstrasse 49</x:v>
       </x:c>
       <x:c t="str">
         <x:v>St. Margrethen</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>13mm Plank 181 Ek Transparent Rock borstad, 2-sidig fas 5G Click, Gent, controlled sources 13 x 181 x 2200 mm, Toppskikt : 2.5 mm, 10115415</x:v>
+        <x:v>14mm Plank 138 Ask Vit Animoso oborstad, 2-sidig fas 5G Click, controlled sources 14 x 138 x 2200 mm, Toppskikt : 3.5 mm, 10115411</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>BOEN</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bauwerk Group AG</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Neudorfstrasse 49</x:v>
       </x:c>
       <x:c t="str">
         <x:v>St. Margrethen</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>14mm Plank 181 Ek Transparent Andante borstad, 2-sidig fas 5G Click, Gent, controlled sources 14 x 181 x 2200 mm, Toppskikt : 3.5 mm, 10120207</x:v>
+        <x:v>14mm Plank Castle Ek Elephant Grey Espressivo borstad, 2-sidig fas Not/Fjäder, controlled sources 14 x 209 x 2200 mm, Toppskikt : 3.5 mm, 10136409</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>BOEN</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bauwerk Group AG</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Neudorfstrasse 49</x:v>
       </x:c>
       <x:c t="str">
         <x:v>St. Margrethen</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>14mm Plank Castle Ek Semi Smoked Transparent Country borstad, 2-sidig fas Not/Fjäder, controlled sources 14 x 209 x 2200 mm, Toppskikt : 3.5 mm, 10141585</x:v>
+        <x:v>10mm Stav Prestige Ek Transparent Structure oborstad, utan fas Not/Fjäder, controlled sources 10 x 70 x 470 mm, Toppskikt : 3.5 mm, 10143992</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>BOEN</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bauwerk Group AG</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Neudorfstrasse 49</x:v>
       </x:c>
       <x:c t="str">
         <x:v>St. Margrethen</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>14mm Plank Castle Ek Transparent Andante oborstad, 2-sidig fas 5G Click, FSC™ Mix 70% 14 x 209 x 2200 mm, Toppskikt : 3.5 mm, 10145801</x:v>
+        <x:v>10mm Stav Prestige Ek Transparent Rustic oborstad, utan fas Not/Fjäder, controlled sources 10 x 70 x 470 mm, Toppskikt : 3.5 mm, 10146077</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>BOEN</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bauwerk Group AG</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Neudorfstrasse 49</x:v>
       </x:c>
       <x:c t="str">
         <x:v>St. Margrethen</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>14mm Plank 138 Ek Espressivo oborstad, 2-sidig fas Not/Fjäder, controlled sources 14 x 139 x 2200 mm, Toppskikt : 3.5 mm, 10153998</x:v>
+        <x:v>10mm Stav Prestige Ek Soft Brown Cottage oborstad, utan fas Not/Fjäder, controlled sources 10 x 70 x 470 mm, Toppskikt : 3.5 mm, 10154755</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>BOEN</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bauwerk Group AG</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Neudorfstrasse 49</x:v>
       </x:c>
       <x:c t="str">
         <x:v>St. Margrethen</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>14mm Plank Castle Ek Vit Nature borstad, 2-sidig fas Not/Fjäder, controlled sources 14 x 209 x 2200 mm, Toppskikt : 3.5 mm, 10157709</x:v>
+        <x:v>14mm Plank Castle Ek Brazilian Brown Espressivo borstad, 2-sidig fas Not/Fjäder, controlled sources 14 x 209 x 2200 mm, Toppskikt : 3.5 mm, 10155077</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>BOEN</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bauwerk Group AG</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Neudorfstrasse 49</x:v>
       </x:c>
       <x:c t="str">
         <x:v>St. Margrethen</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>13,2mm Plank 138 Ek Transparent Andante borstad, 2-sidig fas 5G Click, 50% Gent, controlled sources 13.2 x 138 x 2200 mm, Toppskikt : 2.7 mm, 10157835</x:v>
+        <x:v>13mm Plank 181 Ek Transparent Espressivo borstad, 2-sidig fas 5G Click, controlled sources 13 x 181 x 2200 mm, Toppskikt : 2.5 mm, 10155756</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>BOEN</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bauwerk Group AG</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Neudorfstrasse 49</x:v>
       </x:c>
       <x:c t="str">
         <x:v>St. Margrethen</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>13,2mm Plank 181 Ek Soft Brown Vivo borstad, 2-sidig fas 5G Click, Gent, controlled sources 13.2 x 181 x 2200 mm, Toppskikt : 2.7 mm, 10157836</x:v>
+        <x:v>13,2mm Plank 181 Ek Transparent Andante borstad, 2-sidig fas 5G Click, controlled sources 13.2 x 181 x 2200 mm, Toppskikt : 2.7 mm, 10156866</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>BOEN</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bauwerk Group AG</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Neudorfstrasse 49</x:v>
       </x:c>
       <x:c t="str">
         <x:v>St. Margrethen</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>13,2mm Plank 181 Ek Soft Brown Vivo borstad, 2-sidig fas 5G Click, controlled sources 13.2 x 181 x 2200 mm, Toppskikt : 2.7 mm, 10157837</x:v>
+        <x:v>13,2mm Plank 138 Ek Transparent Vivo borstad, 2-sidig fas 5G Click, controlled sources 13.2 x 138 x 2200 mm, Toppskikt : 2.7 mm, 10158363</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>BOEN</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bauwerk Group AG</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Neudorfstrasse 49</x:v>
       </x:c>
       <x:c t="str">
         <x:v>St. Margrethen</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>13,2mm 3-Strip Ek Vit Finale oborstad, utan fas 5G Click, controlled sources 13.2 x 215 x 2200 mm, Toppskikt : 2.7 mm, 10158376</x:v>
+        <x:v>13,2mm Plank 138 Ek Transparent Vivo borstad, 2-sidig fas 5G Click, controlled sources 13.2 x 138 x 2200 mm, Toppskikt : 2.7 mm, 10158417</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>BOEN</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bauwerk Group AG</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Neudorfstrasse 49</x:v>
       </x:c>
       <x:c t="str">
         <x:v>St. Margrethen</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>13,2mm Plank 138 Ek Vit Vivo borstad, 2-sidig fas 5G Click, controlled sources 13.2 x 138 x 2200 mm, Toppskikt : 2.7 mm, 10158377</x:v>
+        <x:v>13,2mm 3-Strip Ek Transparent Finale borstad, 2-sidig fas 5G Click, controlled sources 13.2 x 215 x 2200 mm, Toppskikt : 2.7 mm, 10158570</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>BOEN</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bauwerk Group AG</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Neudorfstrasse 49</x:v>
       </x:c>
       <x:c t="str">
         <x:v>St. Margrethen</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>13,2mm 3-Strip Ek Vit Concerto oborstad, utan fas 5G Click, controlled sources 13.2 x 215 x 2200 mm, Toppskikt : 2.7 mm, 10158622</x:v>
+        <x:v>13,2mm 3-Strip Ek Transparent Boulevard borstad, utan fas 5G Click, controlled sources 13.2 x 215 x 2200 mm, Toppskikt : 2.7 mm, 10159952</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>BOEN</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bauwerk Group AG</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Neudorfstrasse 49</x:v>
       </x:c>
       <x:c t="str">
         <x:v>St. Margrethen</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>13,2mm Plank 138 Ek Elephant Grey Andante borstad, 2-sidig fas 5G Click, controlled sources 13.2 x 138 x 2200 mm, Toppskikt : 2.7 mm, 10159013</x:v>
+        <x:v>13,2mm 3-Strip Ek Rustic Basalt Boulevard borstad, 2-sidig fas 5G Click, controlled sources 13.2 x 215 x 2200 mm, Toppskikt : 2.7 mm, 10159955</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>BOEN</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bauwerk Group AG</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Neudorfstrasse 49</x:v>
       </x:c>
       <x:c t="str">
         <x:v>St. Margrethen</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>13,2mm 3-Strip Ask Vit Palace oborstad, utan fas 5G Click, controlled sources 13.2 x 215 x 2200 mm, Toppskikt : 2.5 mm, 10159950</x:v>
+        <x:v>13,2mm Plank 138 Ek Transparent Rock borstad, 2-sidig fas 5G Click, controlled sources 13.2 x 138 x 2200 mm, Toppskikt : 2.7 mm, 10160044</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>BOEN</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bauwerk Group AG</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Neudorfstrasse 49</x:v>
       </x:c>
       <x:c t="str">
         <x:v>St. Margrethen</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>13,2mm Plank 138 Ek Soft Brown Sapwood borstad, 2-sidig fas 5G Click, controlled sources 13.2 x 138 x 2200 mm, Toppskikt : 2.7 mm, 10160042</x:v>
+        <x:v>13,2mm Plank 181 Ek Dark Umbra Village borstad, 2-sidig fas 5G Click, controlled sources 13.2 x 181 x 2200 mm, Toppskikt : 2.7 mm, 10160158</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>BOEN</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bauwerk Group AG</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Neudorfstrasse 49</x:v>
       </x:c>
       <x:c t="str">
         <x:v>St. Margrethen</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>13,2mm Plank 181 Ek Rustic Basalt Village borstad, 2-sidig fas 5G Click, controlled sources 13.2 x 181 x 2200 mm, Toppskikt : 2.7 mm, 10160160</x:v>
+        <x:v>15mm Plank Chaletino Ek Transparent Nature borstad, 4-sidig fas Not/Fjäder, controlled sources 15 x 300 x 2750 mm, Toppskikt : 3.5 mm, 10160242</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>BOEN</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bauwerk Group AG</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Neudorfstrasse 49</x:v>
       </x:c>
       <x:c t="str">
         <x:v>St. Margrethen</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Kährs Ask Skagen (153N18AK0VKW)</x:v>
+        <x:v>HARO PARQUET 4000 Plank 1-Strip 180 4V Oak Light White Markant brushed naturaDur Top Connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HARO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rohrdorfer Str. 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stephanskirchen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen,13.2mm Plank 138,Oak ,Concrete Grey,Crescendo,Live Pure lacquer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen,13.2mm Plank 138,Oak,Grey Harmony,Crescendo,Live Pure lacquer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen,13.2mm Plank 181,Oak,Animoso,Live Matt lacquer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen,13mm Castle Plank,Oak,Pale White,Rock,Live Pure lacquer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen,13mm Castle Plank,Oak ,White,Rock,Live Matt lacquer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen,21mm BOEN 3-Layer Parquet, Plank 21mm Plank 139,Oak,Country,Live Matt lacquer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen,23mm BOEN Plank 23mm Plank 139, FSC MIX 70%,Oak,White,Nature,Live Matt lacquer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen,23mm BOEN Plank 23mm Plank 139, FSC MIX 70%,Oak,Nature,Live Matt lacquer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen,23mm BOEN Plank 23mm Plank 139,Oak,Nature,Live Matt lacquer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen,Prestige,Beech,Nature,Live Matt lacquer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen,13.2mm 3-Strip,Oak,Crescendo,Live Matt lacquer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Lecco Ultra Matt (133N1BEK04KW)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3029 0012</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kährs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kährs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 805</x:v>
       </x:c>
       <x:c t="str">
         <x:v>NYBRO</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Boen, 14mm Castle Plank, Oak,Ebony, Animoso, Live Pure lacquer, 10109213</x:v>
-[...1055 lines deleted...]
-        <x:v>HARO PARQUET 2500 Plank 1-Strip 180 2V Oak Puro White Universal brushed naturaLin plus Top Connect</x:v>
+        <x:v>Kährs Ek Salt  (133NCDEKM9KW)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Shade Ask Linen White TreS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ekenäsvägen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ronneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Shade Ek Cotton White DuoPlank</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ekenäsvägen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ronneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Shade Ask Ivory Plank</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0026</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett Polska Sp. z o.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ul. Miłosławska 13A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Orzechowo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Shade Ek Authentic MidiPlank</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0026</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett Polska Sp. z o.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ul. Miłosławska 13A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Orzechowo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Shade Ek Cream White MidiPlank</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0026</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett Polska Sp. z o.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ul. Miłosławska 13A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Orzechowo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Shade Ek Rustic Cream White Plank XT</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0026</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett Polska Sp. z o.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ul. Miłosławska 13A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Orzechowo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pergo Falster (W1261-03202-3)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0017, 3029 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pergo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Unilin BV, division Flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ooigemstraat 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wielsbeke</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pergo Langeland (W4069-03566)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0017, 3029 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pergo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Unilin BV, division Flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ooigemstraat 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wielsbeke</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pergo Lofoten (W1259-03201-3)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0017, 3029 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pergo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Unilin BV, division Flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ooigemstraat 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wielsbeke</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pergo Lofoten (W1216-05125-3)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0017, 3029 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pergo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Unilin BV, division Flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ooigemstraat 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wielsbeke</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pergo Saltholm (W4167-04856)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0017, 3029 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pergo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Unilin BV, division Flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ooigemstraat 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wielsbeke</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pergo Svalbard (W1268-05124-3)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0017, 3029 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pergo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Unilin BV, division Flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ooigemstraat 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wielsbeke</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pergo Falster (W1214-04723-C)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0017, 3029 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pergo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Unilin BV, division Flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ooigemstraat 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wielsbeke</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pergo Falster (W1214-04425)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0017, 3029 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pergo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Unilin BV, division Flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ooigemstraat 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wielsbeke</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pergo Falster (W1261-06185)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0017, 3029 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pergo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Unilin BV, division Flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ooigemstraat 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wielsbeke</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pergo Falster (W1261-06431)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0017, 3029 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pergo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Unilin BV, division Flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ooigemstraat 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wielsbeke</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pergo Lofoten (W1216-04724-C)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0017, 3029 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pergo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Unilin BV, division Flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ooigemstraat 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wielsbeke</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pergo Lofoten XL (W1275-06431-A)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0017, 3029 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pergo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Unilin BV, division Flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ooigemstraat 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wielsbeke</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pergo Lofoten XL (W1275-04726-A)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0017, 3029 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pergo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Unilin BV, division Flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ooigemstraat 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wielsbeke</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pergo Lofoten XL (W1275-03203)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0017, 3029 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pergo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Unilin BV, division Flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ooigemstraat 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wielsbeke</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Timberman Wideplank (145085s)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0017, 3029 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Unilin BV, division Flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ooigemstraat 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wielsbeke</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Timberman Designparket (146005)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0017, 3029 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Unilin BV, division Flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ooigemstraat 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wielsbeke</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Horizon (151N8AEKC4KW)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Mist (153N3BEKC4KW)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Europeisk lönn Gotha (133N18EL50KW)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Ale (153N6CEKQ1KW)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Erve (133NCDEK15KW)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Hampshire (151L87EK09KW)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Nice (153N19EK50KW)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Nouveau White (151L8AEK1DKW)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ask Flow (151N8AAKG4KW)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Prague (151N4AEKD4KW)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Crayon (151N51EKL4KW)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Frosted Oat Plank (151N9AEKN4KW)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Pearl Grey Plank (151N9AEKR4KW)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Heritage Ek (41007009)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0026</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett Polska Sp. z o.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ul. Miłosławska 13A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Orzechowo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Heritage Ek Blonde (41007013)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0026</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett Polska Sp. z o.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ul. Miłosławska 13A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Orzechowo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Noble Ek Art Deco (7806009)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0026</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett Polska Sp. z o.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ul. Miłosławska 13A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Orzechowo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Noble Ek Bronx (7806017)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0026</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett Polska Sp. z o.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ul. Miłosławska 13A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Orzechowo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Noble Ek Scandinavia (7806008)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0026</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett Polska Sp. z o.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ul. Miłosławska 13A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Orzechowo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Prestige Ek Satin White (7876094)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0026</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett Polska Sp. z o.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ul. Miłosławska 13A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Orzechowo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Herringbone Click Castle, Oak, Adagio, Live Pure lacquer, 10157071</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm 3-Strip, Ash,, Marcato, Live Matt lacquer, 10041615</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Herringbone Click 138, Oak, Adagio, unfinished, 10141606</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 13.2mm Plank 181, Oak,White, Andante, Live Matt lacquer, 10156852</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 13.2mm Plank 181, Oak,White, Andante, Live Pure lacquer, 10156721</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 13.2mm Plank 181, Oak,Grey Harmony, Animoso, Live Pure lacquer, 10156770</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 13.2mm Plank 181, Oak,Pale White, Vivo, Live Pure lacquer, 10156899</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 13.2mm Plank 181, Oak, Crescendo, Live Matt lacquer, 10157423</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 13.2mm Plank 181, Oak, Crescendo/prosjekt, Live Matt lacquer, 10157281</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Castle Plank, Oak, Animoso, Live Matt lacquer, 10036266</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Castle Plank, Oak, Vivo, Live Matt lacquer, 10126807</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Castle Plank, Oak, Vivo, Live Matt lacquer, 10036301</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Castle Plank, Oak, Andante, Live Matt lacquer, 10117236</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Castle Plank, Oak, Canyon, unfinished, 10036356</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Castle Plank, Oak smoked, Andante, Live Pure lacquer, 10041919</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Castle Plank, Oak semi smoked, Adagio, Live Pure lacquer, 10141048</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Castle Plank, Oak,White, Andante, Live Matt lacquer, 10036327</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Castle Plank, Oak,White, Vivo, Live Matt lacquer, 10042201</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Castle Plank, Oak,Ebony, Country, Live Pure lacquer, 10123257</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Castle Plank, Oak,Grey Harmony, Animoso, Live Pure lacquer, 10036462</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Castle Plank, Oak,Horizon, Animoso, Live Pure lacquer, 10109214</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Castle Plank, Oak,Pale White, , Live Pure lacquer, 10126814</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Castle Plank, Oak,Warm Grey, Country, Live Pure lacquer, 10136412</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 138, Oak, Vivo, Live Matt lacquer, 10036798</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 138, Oak, Animoso, Live Matt lacquer, 10036870</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 138, Oak, Animoso, Live Matt lacquer, 10036874</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 138, Oak, Nature, Live Pure lacquer, 10117080</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 138, Oak,White, Andante, Live Matt lacquer, 10036835</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 138, Oak,White, Andante, Live Matt lacquer, 10036834</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 138, Oak,White, Vivo, Live Matt lacquer, 10118483</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 138, Oak,California, , Live Matt lacquer, 10037021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 138, Oak,Toscana, , Live Matt lacquer, 10116009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 138, Oak,Elephant Grey, , Live Pure lacquer, 10137405</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 138, Oak,Foggy Brown, Animoso, Live Pure lacquer, 10138100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 138, Oak,Horizon, , Live Pure lacquer, 10137404</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 138, Oak,India Grey, Animoso, Live Pure lacquer, 10125292</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 138, Oak,RHINE, , Live Pure lacquer, 10142675</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 138, Oak,Warm Grey, Animoso, Live Pure lacquer, 10125320</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 138, Ash,White, Nature, Live Pure lacquer, 10123259</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 181, Oak, Vivo, Live Matt lacquer, 10037272</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 181, Oak, Canyon, Live Matt lacquer, 10037307</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 181, Oak, Country, Live Matt lacquer, 10042039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 181, Oak, Nature, Live Matt lacquer, 10037312</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 181, Oak, Country, Live Pure lacquer, 10139203</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 181, Oak, Canyon, Live Pure lacquer, 10139644</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 181, Oak, Mix, Live Pure lacquer, 10142081</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 181, Oak, Country, unfinished, 10037394</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 181, Oak,White, , Live Matt lacquer, 10037327</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 181, Oak,Elephant Grey, Espressivo, Live Pure lacquer, 10125736</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 181, Oak,Grey Harmony, , Live Pure lacquer, 10123929</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 181, Oak,Grey Harmony, Nature, Live Pure lacquer, 10136303</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 181, Oak,India Grey, , Live Pure lacquer, 10143999</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 181, Oak,Warm Cotton, Animoso, Live Pure lacquer, 10125649</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 181, Oak,Warm Grey, Nature, Live Pure lacquer, 10136003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 181, Oak,Warm Grey, Animoso, Live Pure lacquer, 10125659</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 15mm Chaletino, Oak, Nature, unfinished, 10143998</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 15mm Chaletino, Oak,Pale White, Canyon, Live Pure lacquer, 10157228</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 20mm Chaletino, Oak, Canyon, Live Pure lacquer, 10142744</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 20mm Chaletino, Oak,Grey Harmony, , Live Pure lacquer, 10142766</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 23mm BOEN 3-Layer Parquet, 3-Strip, FSC MIX 70%, Ash,White, Baltic, Live Matt lacquer, 10135089</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HARO PARQUET 4000 Longstrip Oak Trend permaDur Top Connect</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2029 0019</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Haro</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HARO</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rohrdorfer Str. 133</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stephanskirchen</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>HARO PARQUET 2500 Plank 1-Strip 180 2V Oak Invisible Universal brushed naturaLin plus Top Connect</x:v>
+        <x:v>HARO PARQUET 2500 Longstrip Oak Favorit permaDur Top Connect</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2029 0019</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Haro</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HARO</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rohrdorfer Str. 133</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stephanskirchen</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>HARO PARQUET 2500 Plank 1-Strip 180 2V Oak Sand Grey Universal brushed naturaLin plus Top Connect</x:v>
+        <x:v>HARO PARQUET 2500 Plank 1-Strip 180 2V Oak Invisible Universal brushed permaDur Top Connect</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2029 0019</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Haro</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HARO</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rohrdorfer Str. 133</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stephanskirchen</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>HARO PARQUET 2500 Plank 1-Strip 180 2V Oak Puro White Universal brushed naturaDur Top Connect</x:v>
+        <x:v>HARO PARQUET Plank 1-Strip 180 2V Oak Country brushed naturaLin plus Top Connect</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2029 0019</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Haro</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HARO</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rohrdorfer Str. 133</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stephanskirchen</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>HARO PARQUET 2500 Plank 1-Strip 180 2V Oak Light White Universal brushed naturaLin plus Top Connect</x:v>
+        <x:v>HARO PARQUET 2500 Longstrip Oak Invisible Favorit brushed naturaDur Top Connect</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2029 0019</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Haro</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HARO</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rohrdorfer Str. 133</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stephanskirchen</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>HARO PARQUET 4000 Longstrip Beech steamed Trend permaDur Top Connect</x:v>
+        <x:v>HARO PARQUET 2500 Longstrip Oak Favorit brushed naturaDur Top Connect</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2029 0019</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Haro</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HARO</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rohrdorfer Str. 133</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stephanskirchen</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>HARO PARQUET 4000 Longstrip Canadian Maple Trend permaDur Top Connect</x:v>
+        <x:v>HARO PARQUET Plank 1-Strip Scala 180 4V Oak Invisible Contura brushed naturaDur Top Connect</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2029 0019</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Haro</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HARO</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rohrdorfer Str. 133</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stephanskirchen</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>HARO PARQUET 4000 Longstrip Canadian Maple Favorit permaDur Top Connect</x:v>
+        <x:v>HARO PARQUET Plank 1-Strip Scala 180 4V Oak Vintage Brown Contura brushed naturaLin plus Top Connect</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2029 0019</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Haro</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HARO</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rohrdorfer Str. 133</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stephanskirchen</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>HARO PARQUET 4000 Longstrip American Walnut Favorit permaDur Top Connect</x:v>
+        <x:v>HARO PARQUET 2500 Plank 1-Strip 180 2V Oak Markant brushed naturaLin plus Top Connect</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2029 0019</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Haro</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HARO</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rohrdorfer Str. 133</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stephanskirchen</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>HARO PARQUET 4000 Plank 1-Strip Plaza 240 4V Oak Sand Grey Sauvage brushed naturaDur Top Connect</x:v>
+        <x:v>HARO PARQUET 4000 Plank 1-Strip 180 4V Oak Sauvage retro brushed naturaLin plus Top Connect</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2029 0019</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Haro</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HARO</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rohrdorfer Str. 133</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stephanskirchen</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>HARO PARQUET 4000 Plank 1-Strip Plaza 240 4V Oak Sand Grey Sauvage brushed naturaLin plus Top Connect</x:v>
+        <x:v>HARO PARQUET 4000 Plank 1-Strip Plaza 240 4V Oak Invisible Sauvage brushed naturaLin plus Top Connect</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2029 0019</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Haro</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HARO</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rohrdorfer Str. 133</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stephanskirchen</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>HARO PARQUET 4000 Plank 1-Strip Plaza 240 4V Amber Oak Markant brushed naturaDur Top Connect</x:v>
+        <x:v>HARO PARQUET 4000 Plank 1-Strip Plaza 240 4V Oak Sauvage brushed naturaDur Top Connect</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2029 0019</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Haro</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HARO</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rohrdorfer Str. 133</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stephanskirchen</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>HARO PARQUET 4000 Plank 1-Strip Plaza 240 4V Oak Light White Markant brushed naturaDur Top Connect</x:v>
+        <x:v>HARO PARQUET 4000 Plank 1-Strip Plaza 240 4V Amber Oak Sauvage brushed naturaDur Top Connect</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2029 0019</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Haro</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HARO</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rohrdorfer Str. 133</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stephanskirchen</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>HARO PARQUET 4000 Longstrip Oak Naturale brushed permaDur Top Connect</x:v>
+        <x:v>HARO PARQUET 4000 Longstrip Ash Light White Favorit brushed naturaDur Top Connect</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2029 0019</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Haro</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HARO</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rohrdorfer Str. 133</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stephanskirchen</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>HARO PARQUET 4000 Longstrip Oak Naturale brushed naturaLin plus Top Connect</x:v>
+        <x:v>HARO PARQUET 4000 Longstrip Amber Oak Naturale brushed naturaLin plus Top Connect</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2029 0019</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Haro</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HARO</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rohrdorfer Str. 133</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stephanskirchen</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>HARO PARQUET 4000 Plank 1-Strip 180 4V Amber Oak Rustico brushed naturaLin plus Top Connect</x:v>
+        <x:v>HARO PARQUET 4000 Longstrip Oak Naturale permaDur Top Connect</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2029 0019</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Haro</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HARO</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rohrdorfer Str. 133</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stephanskirchen</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>HARO PARQUET 4000 Plank 1-Strip 180 4V Oak Light White Sauvage brushed naturaDur Top Connect</x:v>
+        <x:v>HARO PARQUET 4000 Longstrip Oak Vario permaDur Top Connect</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2029 0019</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Haro</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HARO</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rohrdorfer Str. 133</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stephanskirchen</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>HARO PARQUET 4000 Plank 1-Strip 180 4V Ash Light White Universal brushed naturaDur Top Connect</x:v>
+        <x:v>HARO PARQUET 4000 Plank 1-Strip 180 4V Oak Invisible Rustico brushed naturaLin plus Top Connect</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2029 0019</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Haro</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HARO</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rohrdorfer Str. 133</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stephanskirchen</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>HARO PARQUET 4000 Plank 1-Strip 180 4V Fumed Oak Invisible Rustico brushed naturaLin plus Top Connect</x:v>
+        <x:v>HARO PARQUET 4000 Plank 1-Strip 180 4V Oak Light White Exclusive brushed naturaLin plus Top Connect</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2029 0019</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Haro</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HARO</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rohrdorfer Str. 133</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stephanskirchen</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>HARO PARQUET 4000 Plank 1-Strip Plaza 240 4V Fumed Oak Invisible Universal brushed naturaLin plus Top Connect</x:v>
+        <x:v>HARO PARQUET 4000 Plank 1-Strip 180 4V Oak SLH HARMONY brushed naturaLin plus Top Connect</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2029 0019</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Haro</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HARO</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rohrdorfer Str. 133</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stephanskirchen</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>HARO PARQUET 4000 Longstrip Canadian Maple Favorit naturaDur Top Connect</x:v>
+        <x:v>HARO PARQUET 4000 Plank 1-Strip 180 4V Beech steamed Universal naturaDur Top Connect</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2029 0019</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Haro</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HARO</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rohrdorfer Str. 133</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stephanskirchen</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>HARO PARQUET 4000 Plank 1-Strip 180 4V Oak greige Markant brushed naturaDur Top Connect</x:v>
+        <x:v>HARO PARQUET 4000 Plank 1-Strip 180 4V Oak Variant brushed naturaDur Top Connect</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2029 0019</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Haro</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HARO</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rohrdorfer Str. 133</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stephanskirchen</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>HARO PARQUET 4000 Longstrip Sycamore Maple Favorit naturaDur Top Connect</x:v>
+        <x:v>HARO PARQUET 4000 Plank 1-Strip 180 4V Oak SLH HARMONY brushed permaDur Top Connect</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2029 0019</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Haro</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HARO</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rohrdorfer Str. 133</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stephanskirchen</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>HARO PARQUET 4000 Plank 1-Strip 180 4V Oak SLH HARMONY brushed naturaDur Top Connect</x:v>
+        <x:v>HARO PARQUET 4000 Plank 1-Strip 180 4V Fumed Oak Puro White Sauvage brushed naturaLin plus Top Connect</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2029 0019</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Haro</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HARO</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rohrdorfer Str. 133</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stephanskirchen</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>HARO PARQUET 4000 Plank 1-Strip 180 4V Oak SLH LIVELY brushed naturaLin plus Top Connect</x:v>
+        <x:v>HARO PARQUET 4000 Plank 1-Strip Plaza 240 4V Fumed Oak Universal brushed naturaLin plus Top Connect</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2029 0019</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Haro</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HARO</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rohrdorfer Str. 133</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stephanskirchen</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>HARO PARQUET 4000 Plank 1-Strip 180 4V Oak SLH LIVELY brushed naturaDur Top Connect</x:v>
+        <x:v>HARO PARQUET 4000 Longstrip Ash Trend brushed naturaDur Top Connect</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2029 0019</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Haro</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HARO</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rohrdorfer Str. 133</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stephanskirchen</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>HARO PARQUET 4000 Plank 1-Strip 180 4V Fumed Oak Sauvage scraped naturaLin plus Top Connect</x:v>
+        <x:v>HARO PARQUET 4000 Plank 1-Strip 180 4V Oak Jubilee Edition natural brushed naturaDur Top Connect</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2029 0019</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Haro</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HARO</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rohrdorfer Str. 133</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stephanskirchen</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>HARO PARQUET 4000 Plank 1-Strip 180 4V Oak Sauvage oro brushed naturaDur Top Connect</x:v>
+        <x:v>HARO PARQUET 4000 Plank 1-Strip 180 4V Oak Jubilee Edition #1 Light Sauvage brushed naturaDur Top Connect</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2029 0019</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Haro</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HARO</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rohrdorfer Str. 133</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stephanskirchen</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Pergo Lofoten (W1259-04723)</x:v>
+        <x:v>HARO PARQUET 4000 Plank 1-Strip 180 4V Oak Jubilee Edition #1 Smoked brushed naturaLin plus Top Connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HARO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rohrdorfer Str. 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stephanskirchen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HARO PARQUET 4000 Plank 1-Strip 180 4V Oak Sauvage scraped naturaLin plus Top Connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HARO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rohrdorfer Str. 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stephanskirchen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HARO PARQUET 4000 Plank 1-Strip 180 4V Oak Invisible Sauvage scraped naturaLin plus Top Connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HARO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rohrdorfer Str. 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stephanskirchen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>14mm Plank 181 Ek Transparent Nature djupborstad, 2-sidig fas Not/Fjäder, controlled sources 14 x 181 x 2200 mm, Toppskikt : 3.5 mm, 10140086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>13mm Stavmönster 3-Stav Ek Arizona Blues oborstad, utan fas 5G Click, controlled sources 13 x 215 x 2200 mm, Toppskikt : 2.5 mm, 10141238</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>13mm Plank 138 Ek Transparent Rock borstad, 2-sidig fas 5G Click, controlled sources 13 x 138 x 2200 mm, Toppskikt : 2.5 mm, 10144891</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>14mm Stavmönster 3-Stav Ek Transparent Finale oborstad, utan fas 5G Click, FSC™ Mix 70% 14 x 215 x 2200 mm, Toppskikt : 3.5 mm, 10145411</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>14mm Plank 138 Ek Transparent Espressivo borstad, 2-sidig fas 5G Click, controlled sources 14 x 138 x 2200 mm, Toppskikt : 3.5 mm, 10153836</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>14mm Plank 181 Ek Animoso oborstad, 4-sidig fas 5G Click, controlled sources 14 x 181 x 2200 mm, Toppskikt : 3.5 mm, 10154034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>14mm Plank Castle Ek Transparent Espressivo borstad, 2-sidig fas Not/Fjäder, controlled sources 14 x 209 x 2200 mm, Toppskikt : 3.5 mm, 10155081</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>13mm Plank 138 Ek Transparent Pop borstad, 2-sidig fas 5G Click, 50% Gent, controlled sources 13 x 138 x 2200 mm, Toppskikt : 2.5 mm, 10155559</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>14mm Plank Castle Ek Animoso Mix borstad, 4-sidig fas Not/Fjäder, controlled sources 14 x 209 x 2200 mm, Toppskikt : 3.5 mm, 10157705</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>13,2mm 3-Strip Ek Arizona Andante oborstad, utan fas 5G Click, controlled sources 13.2 x 215 x 2200 mm, Toppskikt : 2.7 mm, 10157874</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>13,2mm Plank 138 Ek Vit Andante oborstad, 2-sidig fas 5G Click, controlled sources 13.2 x 138 x 2200 mm, Toppskikt : 2.7 mm, 10157947</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>13,2mm Plank 138 Ek Warm Cotton Animoso borstad, 2-sidig fas 5G Click, controlled sources 13.2 x 138 x 2200 mm, Toppskikt : 2.7 mm, 10157959</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>13,2mm 3-Strip Ek Transparent Finale borstad, utan fas 5G Click, controlled sources 13.2 x 215 x 2200 mm, Toppskikt : 2.7 mm, 10157964</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>13,2mm 3-Strip Ek Vit Andante oborstad, utan fas 5G Click, controlled sources 13.2 x 215 x 2200 mm, Toppskikt : 2.7 mm, 10157965</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>13,2mm 3-Strip Ek Warm Cotton Finale borstad, 2-sidig fas 5G Click, controlled sources 13.2 x 215 x 2200 mm, Toppskikt : 2.7 mm, 10158121</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>13,2mm Plank 181 Ek Vit Vivo oborstad, 2-sidig fas 5G Click, controlled sources 13.2 x 181 x 2200 mm, Toppskikt : 2.7 mm, 10158170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>13,2mm Plank 181 Ek Transparent Vivo borstad, 2-sidig fas 5G Click, Gent, controlled sources 13.2 x 181 x 2200 mm, Toppskikt : 2.7 mm, 10158172</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>13,2mm Plank 181 Ek Transparent Vivo borstad, 2-sidig fas 5G Click, controlled sources 13.2 x 181 x 2200 mm, Toppskikt : 2.7 mm, 10158174</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>13,2mm Plank 138 Ek Brazilian Brown Animoso borstad, 2-sidig fas 5G Click, controlled sources 13.2 x 138 x 2200 mm, Toppskikt : 2.7 mm, 10158415</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>13,2mm Plank 138 Ek Horizon Andante borstad, 2-sidig fas 5G Click, controlled sources 13.2 x 138 x 2200 mm, Toppskikt : 2.7 mm, 10159016</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>13,2mm Plank 181 Ek Lime Stone Town borstad, 2-sidig fas 5G Click, controlled sources 13.2 x 181 x 2200 mm, Toppskikt : 2.7 mm, 10159962</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>13,2mm 3-Strip Bok Transparent Animoso oborstad, utan fas 5G Click, controlled sources 13.2 x 215 x 2200 mm, Toppskikt : 2.7 mm, 10160043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>13,2mm Plank 181 Ek Vit Animoso borstad, 2-sidig fas 5G Click, controlled sources 13.2 x 181 x 2200 mm, Toppskikt : 2.7 mm, 10160071</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm 3-Strip, Oak, Finale, Live Matt lacquer, 10123430</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm 3-Strip, Oak, Animoso, Live Matt lacquer, 10129590</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm 3-Strip, Oak, Concertino, Live Matt lacquer, 10041779</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm 3-Strip, Oak, Andante, Live Pure lacquer, 10114707</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm 3-Strip, Oak, Finale, unfinished, 10041824</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm 3-Strip, Oak,Brazilian Brown, Finale, Live Pure lacquer, 10139195</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm 3-Strip, Oak,Elephant Grey, Finale, Live Pure lacquer, 10139193</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm 3-Strip, Beech, Concertino, Live Matt lacquer, 10141849</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm 3-Strip, Beech, Andante, Live Matt lacquer, 10143254</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm 3-Strip, Maple can., Animoso, Live Matt lacquer, 10143257</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen,13mm 3-Strip,Ash,White,Reggae,Live Matt lacquer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0030, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pure Ek Nature TreS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ekenäsvägen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ronneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pure Ek Rustic Plank</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0026</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett Polska Sp. z o.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ul. Miłosławska 13A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Orzechowo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>13mm Stavmönster 3-Stav Ek Transparent Town oborstad, utan fas Not/Fjäder, controlled sources 13.2 x 215 x 2200 mm, Toppskikt : 2.5 mm, 10109143</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>14mm Plank 138 Ek Pale White Canyon borstad, 2-sidig fas Not/Fjäder, controlled sources 14 x 139 x 2200 mm, Toppskikt : 3.5 mm, 10137382</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HARO PARQUET 4000 Plank 1-Strip Plaza 240 4V Oak Markant brushed naturaLin plus Top Connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HARO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rohrdorfer Str. 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stephanskirchen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HARO PARQUET 4000 Plank 1-Strip 180 4V Oak Light White Markant brushed naturaLin plus Top Connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HARO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rohrdorfer Str. 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stephanskirchen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HARO PARQUET 4000 Plank 1-Strip 180 4V Oak Shell Grey Markant brushed naturaLin plus Top Connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HARO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rohrdorfer Str. 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stephanskirchen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HARO PARQUET 4000 Plank 1-Strip 180 4V Oak Invisible Markant brushed naturaDur Top Connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HARO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rohrdorfer Str. 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stephanskirchen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HARO PARQUET 4000 Plank 1-Strip 180 4V Oak Markant brushed naturaDur Top Connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HARO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rohrdorfer Str. 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stephanskirchen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pergo Lofoten (W1216-04726 P)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3029 0017, 3029 0001</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Pergo</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Unilin BV, division Flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ooigemstraat 3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Wielsbeke</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>HARO PARQUET 4000 Plank 1-Strip 180 4V Oak Sand Grey Markant brushed naturaLin plus Top Connect</x:v>
+        <x:v>HARO PARQUET 4000 Plank 1-Strip 180 4V Oak Invisible Sauvage naturaDur High Performance Top Connect</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2029 0019</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Haro</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HARO</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rohrdorfer Str. 133</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stephanskirchen</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>HARO PARQUET 4000 Plank 1-Strip 180 4V Amber Oak Markant brushed naturaLin plus Top Connect</x:v>
+        <x:v>Shade Ek Cotton White TreS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ekenäsvägen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ronneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm 3-Strip, Oak, Finale, Live Matt lacquer, 10041802</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm 3-Strip, Oak, Marcato, Live Matt lacquer, 10041842</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm 3-Strip, Oak, Techno, Live Matt lacquer, 10041857</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm 3-Strip, Oak, Finale, Live Satin lacquer, 10041794</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm 3-Strip, Oak, Andante, Live Pure lacquer, 10041703</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm 3-Strip, Oak,White, Melange, Live Matt lacquer, 10041836</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm 3-Strip, Maple can., Animoso, Live Matt lacquer, 10143256</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen,13mm 3-Strip,Oak,Gospel,Live Matt lacquer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0030, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pure Ek Rustic Plank XT</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0026</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett Polska Sp. z o.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ul. Miłosławska 13A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Orzechowo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Shade Ask Linen White Plank</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0026</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett Polska Sp. z o.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ul. Miłosławska 13A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Orzechowo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Shade Ek Robust Cream White Plank</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0026</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett Polska Sp. z o.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ul. Miłosławska 13A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Orzechowo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Professional Ek Cream Plank</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0026</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett Polska Sp. z o.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ul. Miłosławska 13A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Orzechowo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>14mm Plank 138 Ek Transparent Vivo oborstad, 2-sidig fas 5G Click, Gent, controlled sources 14 x 138 x 2200 mm, Toppskikt : 3.5 mm, 10036799</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>13mm Stavmönster 3-Stav Ek Transparent Jazz oborstad, utan fas 5G Click, controlled sources 13 x 215 x 2200 mm, Toppskikt : 2.5 mm, 10041562</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>13mm Plank 138 Ek Transparent Rock borstad, 2-sidig fas 5G Click, Gent, controlled sources 13 x 138 x 2200 mm, Toppskikt : 2.5 mm, 10129114</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>14mm Plank 138 Ek Warm Grey Canyon borstad, 2-sidig fas Not/Fjäder, controlled sources 14 x 139 x 2200 mm, Toppskikt : 3.5 mm, 10136879</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>10mm Stav Prestige Ek Transparent Structure oborstad, utan fas Not/Fjäder, controlled sources 10 x 70 x 470 mm, Toppskikt : 3.5 mm, 10144164</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>13mm Plank 138 Ek Transparent Jazz borstad, 2-sidig fas 5G Click, controlled sources 13 x 138 x 2200 mm, Toppskikt : 2.5 mm, 10145049</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>14mm Plank 138 Ek Arizona Animoso oborstad, utan fas 5G Click, 50% Gent, controlled sources 14 x 138 x 2200 mm, Toppskikt : 3.5 mm, 10145187</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>14mm Plank Castle Ek Vit Andante oborstad, 2-sidig fas 5G Click, FSC™ Mix 70% 14 x 209 x 2200 mm, Toppskikt : 3.5 mm, 10145799</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>14mm Plank 181 Ek Epoca Espressivo djupborstad, handgjorda, 4-sidig fas 5G Click, controlled sources 14 x 181 x 2200 mm, Toppskikt : 3.5 mm, 10154036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>10mm Stav Prestige Ek Transparent Robusto oborstad, utan fas Not/Fjäder, controlled sources 10 x 70 x 470 mm, Toppskikt : 3.5 mm, 10154705</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>14mm Plank Castle Ek Warm Grey Espressivo borstad, 2-sidig fas Not/Fjäder, controlled sources 14 x 209 x 2200 mm, Toppskikt : 3.5 mm, 10155079</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>13,2mm Plank 138 Ek Transparent Andante oborstad, 2-sidig fas 5G Click, controlled sources 13.2 x 138 x 2200 mm, Toppskikt : 2.7 mm, 10157949</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>13,2mm Plank 138 Ek Elephant Grey Espressivo borstad, 2-sidig fas 5G Click, controlled sources 13.2 x 138 x 2200 mm, Toppskikt : 2.7 mm, 10157953</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>13,2mm Plank 181 Ek Soft Brown Vivo borstad, 2-sidig fas 5G Click, Gent, controlled sources 13.2 x 181 x 2200 mm, Toppskikt : 2.7 mm, 10158339</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>13,2mm 3-Strip Ek Transparent Fresh oborstad, utan fas 5G Click, controlled sources 13.2 x 215 x 2200 mm, Toppskikt : 2.7 mm, 10158569</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>13mm Stavmönster 4-Stav Ek Transparent Forte oborstad, utan fas 5G Click, FSC™ Mix 70% 13 x 215 x 2200 mm, Toppskikt : 2.5 mm, 10159128</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>13,2mm 3-Strip Bok Transparent Town oborstad, utan fas 5G Click, controlled sources 13.2 x 215 x 2200 mm, Toppskikt : 2.5 mm, 10159951</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>13,2mm Plank 181 Ek Raw Look Town borstad, 2-sidig fas 5G Click, controlled sources 13.2 x 181 x 2200 mm, Toppskikt : 2.7 mm, 10159961</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>13,2mm Plank 181 Ek Blanco Village borstad, 2-sidig fas 5G Click, controlled sources 13.2 x 181 x 2200 mm, Toppskikt : 2.7 mm, 10159966</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>13,2mm Plank 138 Ek Warm Cotton Rock borstad, 2-sidig fas 5G Click, controlled sources 13.2 x 138 x 2200 mm, Toppskikt : 2.7 mm, 10160081</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>13,2mm Plank 138 Ek Brazilian Brown Rock borstad, 2-sidig fas 5G Click, controlled sources 13.2 x 138 x 2200 mm, Toppskikt : 2.7 mm, 10160082</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 13.2mm Plank 138, Oak,Concrete Grey, Crescendo, Live Pure lacquer, 10157318</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 13.2mm Plank 181, Oak,Brazilian Brown, Animoso, Live Pure lacquer, 10156751</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Castle Plank, Oak, Animoso, Live Matt lacquer, 10126809</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Castle Plank, Oak, Vivo, Live Matt lacquer, 10036302</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Castle Plank, Oak, Vivo, Live Pure lacquer, 10116964</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Castle Plank, Oak,California, , Live Matt lacquer, 10124753</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Castle Plank, Oak,Horizon, Animoso, Live Pure lacquer, 10109209</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Castle Plank, Oak,Horizon, , Live Pure lacquer, 10114644</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Castle Plank, Oak,Warm Grey, Animoso, Live Pure lacquer, 10125322</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Castle Plank, Ash,White, Marcato, Live Matt lacquer, 10036208</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Chevron, Oak, Select, unfinished, 10142439</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 138, Oak, Vivo, Live Matt lacquer, 10036689</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 138, Oak, Vivo, Live Matt lacquer, 10036688</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 138, Oak, Espressivo, Live Matt lacquer, 10143940</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 138, Oak, Andante, Live Matt lacquer, 10036709</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 138, Oak, Animoso, Live Matt lacquer, 10036873</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 138, Oak, Andante, Live Matt lacquer, 10036844</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 138, Oak, Crescendo, Live Matt lacquer, 10118484</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 138, Oak, Espressivo, Live Pure lacquer, 10143942</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 138, Oak, Animoso, Live Pure lacquer, 10036728</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 138, Oak, Vivo, Live Pure lacquer, 10123719</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 138, Oak, Animoso, unfinished, 10041998</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 138, Oak, Animoso, unfinished, 10036862</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 138, Oak, Andante, unfinished, 10036832</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 138, Oak,White, Andante, Live Matt lacquer, 10036833</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 138, Oak,White, , Live Matt lacquer, 10036867</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 138, Oak,White, , Live Matt lacquer, 10115856</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 138, Oak,White, Project, Live Matt lacquer, 10118482</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 138, Oak,Arizona, , Live Matt lacquer, 10115872</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 138, Oak,Arizona, , Live Matt lacquer, 10037003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 138, Oak,Cordoba, Concerto, Live Matt lacquer, 10036765</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 138, Oak,Polar, , Live Matt lacquer, 10036996</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 138, Oak,Ginger Brown, , Live Pure lacquer, 10136969</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 138, Oak,Grey Harmony, Animoso, Live Pure lacquer, 10037211</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 138, Oak,Mild Grey, Animoso, Live Pure lacquer, 10109265</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 138, Oak,Warm Grey, , Live Pure lacquer, 10136965</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 181, Oak, Animoso, Live Matt lacquer, 10037299</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 181, Oak, Adagio, Live Matt lacquer, 10037334</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 181, Oak, Adagio, Live Matt lacquer, 10037333</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 181, Oak, Crescendo, Live Matt lacquer, 10136393</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Eclipse (153N3BEKE4KW)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Teramo (151055240)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ask Sandvig (151L87AK0VKW)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Möre (151NCSEK03KW)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Alba (151N51EK09KW)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Brownie (153N6CEKA1KW)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Dew (153N6EEKFVKW)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Garmisch (151N9AEKFVKW)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Granite (152N6REKGGKW)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Lecco (133NABEK15KW)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Lecco (133NABEKF0KW)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Portofino (152N38EK0VKW)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Siena (153N38EK09KW)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Sorrento (153N38EK0VKW)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Taranto (153N19EK0NKW)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Verona (152N38EK09KW)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Rödek Nature (133NACER50KW)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Bright (151N5AEK0WKW)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Klinta (151NCSEK07KW)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Vapor (152N7BEKB4KW)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Rise (151N9AEK04KW)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Valnöt Montreal (153N15VA50KW)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Newington (151N9EEKH0KW)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Loft White Strip (153N6BEKM4KW)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Urban Brown Plank (151N9AEKP4KW)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Paris Ultra Matt Narrow (151N45EK4JKW)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tarkett Grace Ek Rustic Soft Skin Plank (7876123)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0026</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett Polska Sp. z o.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ul. Miłosławska 13A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Orzechowo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tarkett Grace Ek Grey Chiffon Plank (7876125)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0026</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett Polska Sp. z o.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ul. Miłosławska 13A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Orzechowo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Heritage Ek (41007001)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0026</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett Polska Sp. z o.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ul. Miłosławska 13A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Orzechowo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Prestige Ask Seashell (7967018)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0026</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett Polska Sp. z o.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ul. Miłosławska 13A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Orzechowo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Prestige Ek Graphite (7877055)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0026</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett Polska Sp. z o.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ul. Miłosławska 13A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Orzechowo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Herringbone Click 138, Oak, Animoso, Live Pure lacquer, 10152071</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Herringbone Click Castle, Oak, Animoso, Live Pure lacquer, 10157081</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pergo Langeland (W4069-05116)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0017, 3029 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pergo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Unilin BV, division Flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ooigemstraat 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wielsbeke</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pergo Lofoten (W1259-03800-3)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0017, 3029 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pergo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Unilin BV, division Flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ooigemstraat 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wielsbeke</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pergo Lofoten (W1216-03798-3)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0017, 3029 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pergo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Unilin BV, division Flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ooigemstraat 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wielsbeke</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pergo Senja (W1436-03201-C)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0017, 3029 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pergo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Unilin BV, division Flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ooigemstraat 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wielsbeke</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pergo Falster (W1261-04724)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0017, 3029 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pergo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Unilin BV, division Flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ooigemstraat 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wielsbeke</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Timberman Slotsplank (145029s)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0017, 3029 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Unilin BV, division Flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ooigemstraat 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wielsbeke</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Timberman Wideplank (145091s)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0017, 3029 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Unilin BV, division Flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ooigemstraat 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wielsbeke</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Timberman 3-strip (HDF) (144017s)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0017, 3029 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Unilin BV, division Flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ooigemstraat 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wielsbeke</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Timberman Designparket (146007)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0017, 3029 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Unilin BV, division Flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ooigemstraat 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wielsbeke</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 181, Oak, Vivo, Live Pure lacquer, 10116967</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 181, Oak, Andante, Live Pure lacquer, 10125412</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 181, Oak,White, Animoso, Live Matt lacquer, 10037370</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 181, Oak,White, Crescendo, Live Matt lacquer, 10136350</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 181, Oak,Elephant Grey, Espressivo, Live Pure lacquer, 10125737</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 181, Oak,Horizon, Animoso, Live Pure lacquer, 10125662</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 181, Oak,Horizon, Animoso, Live Pure lacquer, 10125661</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 181, Oak,India Grey, Animoso, Live Pure lacquer, 10125733</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 181, Oak,Pale White, Vivo, Live Pure lacquer, 10125656</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 20mm Chalet, Oak, Traditional, unfinished, 10036555</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 20mm Chaletino, Oak, Traditional, unfinished, 10036552</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 20mm Chaletino, Oak,White, , Live Pure lacquer, 10142747</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 21mm BOEN 3-Layer Parquet, 3-Strip, FSC MIX 70%, Ash, Baltic, Live Matt lacquer, 10135563</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 21mm BOEN 3-Layer Parquet, 3-Strip, FSC MIX 70%, Oak,White, Contract, Live Matt lacquer, 10135574</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 23mm BOEN 3-Layer Parquet, 3-Strip, FSC MIX 70%, Oak, Basic, Live Matt lacquer, 10135094</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, Prestige, Oak, Nature, unfinished, 10143426</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, Prestige, Oak,Arizona, Nature, Live Matt lacquer, 10143431</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, Traffic, Oak, Basic, Live Matt lacquer, 10125681</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 13.2mm 3-Strip, Oak, Vivace, Live Matt lacquer, 10157409</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 13.2mm 3-Strip, Oak, Andante, Live Pure lacquer, 10157403</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen,13mm Plank 138,Oak,Casa,Live Matt lacquer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen,13mm Plank 138,Oak,White,Jazz,Live Matt lacquer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen,13.2mm Plank 138,Oak ,Medium Grey,Crescendo,Live Matt Plus lacquer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen,13.2mm Plank 181,Oak semi smoked,Semi-Smoked,Animoso Mix,Live Pure lacquer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen,13.2mm Plank 181,Oak,Pale White,Crescendo,Live Pure lacquer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen,14mm Plank 138,Oak,Arizona,Animoso Mix,Live Matt Plus lacquer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen,23mm BOEN 3-Layer Parquet, 3-Strip,Oak ,White,Contract,Live Matt lacquer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen,23mm BOEN Plank 23mm Plank 139, FSC MIX 70%,Ash,Country,Live Matt lacquer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Oak Cortina (133N0BEKM4KW)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Oak Ore (133NCDEKB9KW)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Professional Ask Contrast White TreS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ekenäsvägen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ronneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Professional Ek Robust TreS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ekenäsvägen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ronneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pure Ask Nature TreS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ekenäsvägen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ronneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pure GK Ek Natur TreS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ekenäsvägen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ronneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pure Ek Nature DuoPlank</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ekenäsvägen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ronneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Shade GK Ek Cotton TreS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ekenäsvägen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ronneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Shade Ek Cream White DuoPlank</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ekenäsvägen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ronneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pure Ask Nature Plank</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0026</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett Polska Sp. z o.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ul. Miłosławska 13A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Orzechowo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Shade Ek Cream White Plank XT</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0026</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett Polska Sp. z o.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ul. Miłosławska 13A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Orzechowo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Shade Ek Evening Grey MidiPlank</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0026</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett Polska Sp. z o.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ul. Miłosławska 13A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Orzechowo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Shade Ek Stone Grey Plank</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0026</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett Polska Sp. z o.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ul. Miłosławska 13A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Orzechowo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Professional Ek Sand Plank 155</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0026</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett Polska Sp. z o.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ul. Miłosławska 13A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Orzechowo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pergo Falster (W1214-03097-3)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0017, 3029 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pergo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Unilin BV, division Flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ooigemstraat 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wielsbeke</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pergo Lofoten (W1216-04723 C)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0017, 3029 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pergo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Unilin BV, division Flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ooigemstraat 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wielsbeke</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HARO PARQUET 4000 Plank 1-Strip Plaza 240 4V Oak Invisible Markant brushed naturaLin plus Top Connect</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2029 0019</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Haro</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HARO</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rohrdorfer Str. 133</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stephanskirchen</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>HARO PARQUET 2500 Longstrip Oak Light White Favorit brushed permaDur Top Connect</x:v>
+        <x:v>HARO PARQUET 4000 Plank 1-Strip Plaza 240 4V Oak Markant brushed naturaDur Top Connect</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2029 0019</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Haro</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HARO</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rohrdorfer Str. 133</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stephanskirchen</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>HARO PARQUET 2500 Plank 1-Strip 180 2V Oak Universal brushed naturaLin plus Top Connect</x:v>
+        <x:v>HARO PARQUET 4000 Plank 1-Strip 180 4V Oak Puro White Markant brushed naturaLin plus Top Connect</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2029 0019</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Haro</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HARO</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rohrdorfer Str. 133</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stephanskirchen</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>HARO PARQUET Plank 1-Strip Scala 180 4V Oak Light White Contura brushed naturaLin plus Top Connect</x:v>
+        <x:v>HARO PARQUET 4000 Plank 1-Strip 180 4V Oak Sauvage oro brushed naturaLin plus Top Connect</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2029 0019</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Haro</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HARO</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rohrdorfer Str. 133</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stephanskirchen</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>HARO PARQUET 4000 Longstrip Beech steamed Favorit permaDur Top Connect</x:v>
+        <x:v>HARO PARQUET 2500 Longstrip Oak Puro White Favorit brushed naturaLin plus Top Connect</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2029 0019</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Haro</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HARO</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rohrdorfer Str. 133</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stephanskirchen</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>HARO PARQUET 4000 Longstrip Oak Trend brushed permaDur Top Connect</x:v>
+        <x:v>HARO PARQUET 2500 Longstrip Oak Favorit brushed naturaLin plus Top Connect</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2029 0019</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Haro</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HARO</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rohrdorfer Str. 133</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stephanskirchen</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>HARO PARQUET 4000 Plank 1-Strip 180 Oak Markant unfinished Top Connect</x:v>
+        <x:v>HARO PARQUET 2500 Plank 1-Strip 180 2V Oak Light White Universal brushed naturaDur Top Connect</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2029 0019</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Haro</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HARO</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rohrdorfer Str. 133</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stephanskirchen</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>HARO Professional PARQUET 4000 Longstrip Oak Light White Vario brushed permaDur Top Connect</x:v>
+        <x:v>HARO PARQUET 2500 Plank 1-Strip 180 2V Oak Vintage Brown Universal brushed naturaLin plus Top Connect</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2029 0019</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Haro</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HARO</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rohrdorfer Str. 133</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stephanskirchen</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>HARO PARQUET 4000 Plank 1-Strip Plaza 240 4V Oak Puro White Sauvage brushed naturaLin plus Top Connect</x:v>
+        <x:v>HARO PARQUET Plank 1-Strip Scala 180 4V Oak Light White Contura brushed naturaDur Top Connect</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2029 0019</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Haro</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HARO</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rohrdorfer Str. 133</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stephanskirchen</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>HARO PARQUET 4000 Plank 1-Strip 180 4V Oak Odenwald brushed naturaLin plus Top Connect</x:v>
+        <x:v>HARO PARQUET 2500 Plank 1-Strip 180 2V Oak Invisible Markant brushed naturaLin plus Top Connect</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2029 0019</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Haro</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HARO</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rohrdorfer Str. 133</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stephanskirchen</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>HARO PARQUET 4000 Plank 1-Strip Plaza 240 4V Oak Light White Sauvage brushed naturaLin plus Top Connect</x:v>
+        <x:v>HARO PARQUET 2500 Plank 1-Strip 180 2V Oak Markant brushed naturaDur Top Connect</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2029 0019</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Haro</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HARO</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rohrdorfer Str. 133</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stephanskirchen</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>HARO PARQUET 4000 Plank 1-Strip Plaza 240 4V Oak Invisible Sauvage brushed naturaDur Top Connect</x:v>
+        <x:v>HARO PARQUET 4000 Longstrip Oak Trend brushed naturaLin plus Top Connect</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2029 0019</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Haro</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HARO</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rohrdorfer Str. 133</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stephanskirchen</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>HARO PARQUET 4000 Longstrip Oak Light White Naturale brushed naturaDur Top Connect</x:v>
+        <x:v>HARO PARQUET 4000 Plank 1-Strip 180 4V Amber Oak Sauvage brushed naturaLin plus Top Connect</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2029 0019</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Haro</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HARO</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rohrdorfer Str. 133</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stephanskirchen</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>HARO PARQUET 4000 Plank 1-Strip Plaza 240 4V Oak Light White Sauvage brushed naturaDur Top Connect</x:v>
+        <x:v>HARO PARQUET 4000 Plank 1-Strip 180 4V Oak Universal brushed naturaLin plus Top Connect</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2029 0019</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Haro</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HARO</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rohrdorfer Str. 133</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stephanskirchen</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>HARO PARQUET 4000 Plank 1-Strip 180 4V Oak Light White Sauvage brushed naturaLin plus Top Connect</x:v>
+        <x:v>HARO PARQUET 4000 Longstrip Beech steamed Trend naturaDur Top Connect</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2029 0019</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Haro</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HARO</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rohrdorfer Str. 133</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stephanskirchen</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>HARO PARQUET 4000 Plank 1-Strip 180 4V Oak Rustico brushed naturaLin plus Top Connect</x:v>
+        <x:v>HARO PARQUET 4000 Plank 1-Strip Plaza 240 4V Oak brushed naturaLin plus Top Connect</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2029 0019</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Haro</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HARO</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rohrdorfer Str. 133</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stephanskirchen</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>HARO PARQUET 4000 Plank 1-Strip 180 4V Oak Natur brushed naturaLin plus Top Connect</x:v>
+        <x:v>HARO PARQUET 4000 Plank 1-Strip 180 4V Oak Sand Grey Sauvage brushed naturaLin plus Top Connect</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2029 0019</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Haro</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HARO</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rohrdorfer Str. 133</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stephanskirchen</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>HARO PARQUET 13,5mm/1750 mm Plank 1-Strip 4V Oak Berlin brushed naturaLin plus Top Connect</x:v>
+        <x:v>HARO PARQUET 4000 Plank 1-Strip 180 4V Oak Tirol brushed naturaLin plus Top Connect</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2029 0019</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Haro</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HARO</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rohrdorfer Str. 133</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stephanskirchen</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>HARO PARQUET 4000 Plank 1-Strip 180 4V Oak Sauvage brushed permaDur Top Connect</x:v>
+        <x:v>HARO PARQUET 4000 Plank 1-Strip Plaza 240 4V Oak Light White Markant brushed naturaLin plus Top Connect</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2029 0019</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Haro</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HARO</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rohrdorfer Str. 133</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stephanskirchen</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>HARO PARQUET 4000 Plank 1-Strip 180 4V Ash Invisible Universal brushed naturaDur Top Connect</x:v>
+        <x:v>HARO PARQUET 4000 Longstrip Amber Oak Naturale brushed naturaDur Top Connect</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2029 0019</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Haro</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HARO</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rohrdorfer Str. 133</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stephanskirchen</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>HARO PARQUET 4000 Plank 1-Strip 180 4V Oak Markant brushed permaDur Top Connect</x:v>
+        <x:v>HARO PARQUET 4000 Plank 1-Strip 180 4V Oak Frankenwald brushed naturaLin plus Top Connect</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2029 0019</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Haro</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HARO</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rohrdorfer Str. 133</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stephanskirchen</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>HARO PARQUET 4000 Plank 1-Strip Plaza 240 4V Fumed Oak Puro White Universal brushed naturaLin plus Top Connect</x:v>
+        <x:v>HARO PARQUET 4000 Longstrip Oak Vario brushed naturaLin plus Top Connect</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2029 0019</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Haro</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HARO</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rohrdorfer Str. 133</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stephanskirchen</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>HARO PARQUET 4000 Plank 1-Strip 180 4V Oak Invisible Alabama brushed naturaLin plus Top Connect</x:v>
+        <x:v>HARO PARQUET 4000 Plank 1-Strip 180 4V Oak Winzer brushed naturaLin plus Top Connect</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2029 0019</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Haro</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HARO</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rohrdorfer Str. 133</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stephanskirchen</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Boen, 14mm Plank 181, Oak, Vivo, Live Matt lacquer, 10124696</x:v>
-[...831 lines deleted...]
-        <x:v>Kährs Oak Flint (133NCDEKD9KW)</x:v>
+        <x:v>HARO PARQUET 4000 Plank 1-Strip 180 4V Oak SLH RUSTIC brushed naturaLin plus Top Connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HARO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rohrdorfer Str. 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stephanskirchen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HARO PARQUET 4000 1750 mm Plank 1-Strip 180 4V Oak Sand Grey Markant brushed naturaDur Top Connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HARO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rohrdorfer Str. 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stephanskirchen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HARO PARQUET 4000 Longstrip Beech steamed Favorit naturaDur Top Connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HARO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rohrdorfer Str. 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stephanskirchen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HARO PARQUET 4000 Longstrip Oak Light White Family brushed naturaDur Top Connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HARO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rohrdorfer Str. 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stephanskirchen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HARO PARQUET 4000 Plank 1-Strip 180 4V Oak Invisible Sauvage oro brushed naturaDur Top Connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HARO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rohrdorfer Str. 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stephanskirchen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HARO PARQUET 4000 3-Strip XL Plaza 240 Oak Favorit brushed naturaDur Top Connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HARO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rohrdorfer Str. 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stephanskirchen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HARO PARQUET 4000 Plank 1-Strip Plaza 240 4V Oak Invisible Markant scraped naturaLin plus Top Connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HARO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rohrdorfer Str. 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stephanskirchen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HARO PARQUET 4000 Longstrip Beech steamed Natur permaDur Top Connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HARO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rohrdorfer Str. 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stephanskirchen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HARO PARQUET 4000 Plank 1-Strip 180 4V Oak Puro White Rustico brushed naturaLin plus Top Connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HARO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rohrdorfer Str. 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stephanskirchen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HARO PARQUET 4000 Plank 1-Strip 180 1750mm 4V Oak Variant brushed naturaLin plus Top Connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HARO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rohrdorfer Str. 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stephanskirchen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HARO PARQUET 4000 Plank 1-Strip 180 4V Oak Invisible Sauvage brushed naturaDur Top Connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HARO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rohrdorfer Str. 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stephanskirchen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HARO PARQUET 4000 Plank 1-Strip 180 4V Fumed Oak Invisible Sauvage brushed naturaLin plus Top Connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HARO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rohrdorfer Str. 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stephanskirchen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HARO PARQUET 4000 Plank 1-Strip 180 4V Fumed Oak Rustico brushed naturaLin plus Top Connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HARO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rohrdorfer Str. 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stephanskirchen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HARO PARQUET 4000 1750 mm Plank 1-Strip 180 4V Oak Country brushed naturaDur Top Connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HARO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rohrdorfer Str. 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stephanskirchen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HARO PARQUET 4000 Longstrip Oak Family brushed naturaLin plus Top Connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HARO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rohrdorfer Str. 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stephanskirchen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HARO PARQUET 4000 Longstrip Oak Jubilee Edition brushed naturaDur Top Connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HARO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rohrdorfer Str. 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stephanskirchen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HARO PARQUET 4000 3-Strip XL Plaza 240 Oak Naturale brushed naturaDur Top Connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HARO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rohrdorfer Str. 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stephanskirchen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HARO PARQUET 2500 Plank 1-Strip 180 2V Oak Puro White Alabama brushed naturaLin plus Top Connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HARO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rohrdorfer Str. 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stephanskirchen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HARO PARQUET 2500 Plank 1-Strip 180 2V Oak Universal brushed permaDur Top Connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HARO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rohrdorfer Str. 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stephanskirchen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HARO PARQUET 2500 Plank 1-Strip 180 2V Oak Alabama brushed naturaLin plus Top Connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HARO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rohrdorfer Str. 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stephanskirchen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HARO PARQUET 2500 Plank 1-Strip 180 2V Oak Sand Grey Universal brushed permaDur Top Connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HARO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rohrdorfer Str. 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stephanskirchen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HARO PARQUET 2500 Plank 1-Strip 180 2V Fumed Oak Universal brushed naturaLin plus Top Connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HARO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rohrdorfer Str. 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stephanskirchen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HARO PARQUET 2500 Longstrip Beech steamed Favorit naturaDur Top Connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HARO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rohrdorfer Str. 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stephanskirchen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HARO PARQUET Plank 1-Strip Scala 180 4V Oak Contura brushed naturaDur Top Connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HARO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rohrdorfer Str. 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stephanskirchen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HARO PARQUET Plank 1-Strip Scala 180 4V Oak Invisible Contura brushed naturaLin plus Top Connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HARO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rohrdorfer Str. 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stephanskirchen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HARO PARQUET Plank 1-Strip Scala 180 4V Oak Lumera brushed naturaLin plus Top Connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HARO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rohrdorfer Str. 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stephanskirchen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HARO PARQUET Plank 1-Strip Scala 180 4V Oak Lumera brushed naturaDur Top Connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HARO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rohrdorfer Str. 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stephanskirchen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HARO PARQUET 4000 Longstrip Wild beech permaDur Top Connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HARO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rohrdorfer Str. 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stephanskirchen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HARO PARQUET 4000 Plank 1-Strip 180 4V African Oak brushed naturaLin plus Top Connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HARO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rohrdorfer Str. 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stephanskirchen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HARO PARQUET 4000 Plank 1-Strip 180 4V Amber Oak Sauvage retro brushed naturaLin plus Top Connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HARO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rohrdorfer Str. 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stephanskirchen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HARO PARQUET 4000 Longstrip American Walnut Favorit naturaDur Top Connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HARO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rohrdorfer Str. 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stephanskirchen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HARO PARQUET 4000 Plank 1-Strip 180 4V Oak Invisible Sauvage brushed naturaLin plus Top Connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HARO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rohrdorfer Str. 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stephanskirchen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HARO PARQUET 4000 Plank 1-Strip 180 1750mm 4V Oak Markant brushed naturaLin plus Top Connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HARO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rohrdorfer Str. 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stephanskirchen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HARO PARQUET 4000 Plank 1-Strip Plaza 240 4V Oak Sauvage brushed naturaLin plus Top Connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HARO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rohrdorfer Str. 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stephanskirchen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HARO PARQUET 4000 Plank 1-Strip 180 4V Beech steamed Universal brushed naturaLin plus Top Connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HARO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rohrdorfer Str. 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stephanskirchen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HARO PARQUET 4000 Plank 1-Strip Plaza 240 4V Amber Oak Markant brushed naturaLin plus Top Connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HARO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rohrdorfer Str. 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stephanskirchen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HARO PARQUET 4000 Plank 1-Strip Plaza 240 4V Amber Oak Sauvage brushed naturaLin plus Top Connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HARO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rohrdorfer Str. 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stephanskirchen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HARO PARQUET 4000 Longstrip Oak Light White Naturale brushed naturaLin plus Top Connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HARO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rohrdorfer Str. 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stephanskirchen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HARO PARQUET 4000 Longstrip Oak Invisible Naturale brushed naturaLin plus Top Connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HARO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rohrdorfer Str. 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stephanskirchen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HARO PARQUET 4000 Plank 1-Strip 180 4V Oak Invisible Markant brushed naturaLin plus Top Connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HARO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rohrdorfer Str. 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stephanskirchen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HARO PARQUET 4000 Plank 1-Strip 180 4V Oak Markant brushed naturaLin plus Top Connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HARO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rohrdorfer Str. 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stephanskirchen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 138, Oak,Elephant Grey, Espressivo, Live Pure lacquer, 10125142</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 138, Oak,Grey Harmony, Country, Live Pure lacquer, 10136898</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 138, Oak,Horizon, Animoso, Live Pure lacquer, 10109264</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 138, Oak,LOIRE, , Live Pure lacquer, 10142676</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 138, Oak,Pale White, , Live Pure lacquer, 10143939</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 138, Oak,Warm Grey, , Live Pure lacquer, 10142450</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 138, Oak,Soft Brown, Espressivo, Live Matt Plus lacquer, 10157043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 138, Maple can., Andante, Live Matt lacquer, 10037077</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 181, Oak, Crescendo, Live Matt lacquer, 10124693</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 181, Oak, Crescendo, Live Matt lacquer, 10136395</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 181, Oak, Andante, Live Matt lacquer, 10037356</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 181, Oak, Vivo, Live Pure lacquer, 10119080</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 181, Oak, Vivo, Live Pure lacquer, 10119086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 181, Oak, Select, Live Pure lacquer, 10126664</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 181, Oak, Vivo, unfinished, 10037325</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 181, Oak,White, Animoso, Live Matt lacquer, 10037371</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 181, Oak,White, , Live Matt lacquer, 10136391</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 181, Oak,Ginger Brown, Vivo, Live Pure lacquer, 10125739</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 181, Oak,Grey Harmony, , Live Pure lacquer, 10123930</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 181, Oak,India Grey, Animoso, Live Pure lacquer, 10117716</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 181, Oak,India Grey, Nature, Live Pure lacquer, 10136002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 15mm Chaletino, Oak, Traditional, unfinished, 10136963</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 20mm Chaletino, Oak, Nature, Live Pure lacquer, 10143326</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 20mm Chaletino, Oak,India Grey, , Live Pure lacquer, 10143409</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 23mm BOEN 3-Layer Parquet, 3-Strip, FSC MIX 70%, Beech, Contract, Live Matt lacquer, 10136869</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, Prestige, Oak, Select, Live Matt lacquer, 10143425</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen,13.2mm Plank 138,Oak ,White,Crescendo,Live Matt lacquer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen,13.2mm Plank 181,Oak,Soft Brown,Crescendo,Live Matt Plus lacquer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen,13.2mm Plank 181,Oak,Concrete Grey,Crescendo,Live Pure lacquer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen,13.2mm Plank 181,Oak,Mix,Live Pure lacquer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen,21mm BOEN 3-Layer Parquet, 3-Strip, FSC MIX 70%,Beech,Contract,Live Matt lacquer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen,21mm BOEN 3-Layer Parquet, 3-Strip, FSC MIX 70%,Ash,White,Baltic,Live Matt lacquer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen,23mm BOEN Plank 23mm Plank 139,Ash,White,Nature,Live Matt lacquer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Silk (152N60EKP9KW)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3029 0012</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kährs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kährs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 805</x:v>
       </x:c>
       <x:c t="str">
         <x:v>NYBRO</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Kährs Oak Crystal (133NCDEKH9KW)</x:v>
+        <x:v>Professional 22 Bok Contrast TreS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ekenäsvägen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ronneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Professional Ask Nature White TreS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ekenäsvägen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ronneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Professional Ek Nature TreS 2027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ekenäsvägen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ronneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pure Bok Contrast TreS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ekenäsvägen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ronneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Shade Ek Almond TreS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ekenäsvägen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ronneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Prestige Ek Satin White (7876031)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0026</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett Polska Sp. z o.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ul. Miłosławska 13A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Orzechowo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Herringbone Click 138, Oak, Adagio, unfinished, 10141605</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Herringbone Click 138, Oak, Vivo, Live Pure lacquer, 10157044</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 13.2mm 3-Strip, Oak,, Andante, Live Pure lacquer, 10157403</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 13.2mm Plank 138, Oak,White, Crescendo, Live Matt lacquer, 10157314</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 13.2mm Plank 181, Oak, Andante, Live Matt lacquer, 10157186</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 13.2mm Plank 181, Oak,Warm Grey, Animoso, Live Pure lacquer, 10156764</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 13.2mm Plank 181, Oak,White, Crescendo/prosjekt, Live Matt lacquer, 10157311</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 13mm 3-Strip, Oak,White, Crescendo, Live Matt lacquer, 10109133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Castle Plank, Oak, Vivo, Live Matt lacquer, 10036231</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Castle Plank, Oak, Andante, Live Pure lacquer, 10036247</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Castle Plank, Oak, Andante, Live Pure lacquer, 10036248</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Castle Plank, Oak smoked, Nature, Live Pure lacquer, 10137059</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Castle Plank, Oak,White, Andante, Live Pure lacquer, 10036252</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Castle Plank, Oak,Tabernas, Country, Live Matt lacquer, 10036492</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Castle Plank, Oak,Ebony, Animoso, Live Pure lacquer, 10109218</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Castle Plank, Oak,Pale White, , Live Pure lacquer, 10142543</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Castle Plank, Oak,Warm Grey, Country, Live Pure lacquer, 10136411</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Castle Plank, Oak,Soft Brown, Espressivo, Live Matt Plus lacquer, 10156888</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Castle Plank, Oak,Fresh White, Animoso Mix, Live Matt Plus lacquer, 10152596</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Chevron, Oak, Select, unfinished, 10142440</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 138, Oak, Andante, Live Matt lacquer, 10036842</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 138, Oak, Andante, Live Matt lacquer, 10036843</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 138, Oak, Andante, Live Matt lacquer, 10036847</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 138, Oak, Animoso, Live Pure lacquer, 10036727</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 138, Oak, Vivo, Live Pure lacquer, 10119070</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 138, Oak, Adagio, Live Pure lacquer, 10141507</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 138, Oak, Animoso, unfinished, 10114281</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 138, Oak,White, Andante, Live Matt lacquer, 10036836</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 138, Oak,California, , Live Matt lacquer, 10037019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 138, Oak,California, Animoso, Live Matt lacquer, 10109269</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Sun (151N8AEK04KW)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3029 0012</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kährs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kährs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 805</x:v>
       </x:c>
       <x:c t="str">
         <x:v>NYBRO</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Noble Ek Retro</x:v>
+        <x:v>Kährs Ek Rime (153N3BEKB4KW)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ask Gotland (151L87AK50KW)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Abetone (133NABEKFVKW)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Nouveau Greige (151N8AEKGGKW)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Nouveau Tawny (151N8AEKA1KW)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Starnberg (151N9AEKF0KW)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Pure (151N5AEK09KW)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Crisp (151N5AEKP1KW)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Verona (152N38EK04KW)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Valnöt Hartford (153N29VA50KW)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Noble Ek Wasa (7806010)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3029 0026</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tarkett</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tarkett Polska Sp. z o.o.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ul. Miłosławska 13A</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Orzechowo</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Shade Ek Essence DuoPlank</x:v>
+        <x:v>Shade Ek Praline Plank</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0026</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett Polska Sp. z o.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ul. Miłosławska 13A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Orzechowo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Shade Ek Soft Beige TreS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0026</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett Polska Sp. z o.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ul. Miłosławska 13A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Orzechowo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ask Polar (133N31AKVPKW)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Lecco Matt 226 (133NABEK15KW)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pergo Falster (W1261-03097-3)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0017, 3029 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pergo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Unilin BV, division Flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ooigemstraat 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wielsbeke</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pergo Falster (W1214-03572-3)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0017, 3029 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pergo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Unilin BV, division Flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ooigemstraat 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wielsbeke</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pergo Lofoten (W1259-01741-3)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0017, 3029 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pergo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Unilin BV, division Flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ooigemstraat 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wielsbeke</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pergo Lofoten (W1259-05125-3)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0017, 3029 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pergo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Unilin BV, division Flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ooigemstraat 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wielsbeke</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pergo Lofoten (W1216-03888-3)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0017, 3029 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pergo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Unilin BV, division Flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ooigemstraat 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wielsbeke</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pergo Lofoten (W1216-03800-3)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0017, 3029 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pergo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Unilin BV, division Flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ooigemstraat 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wielsbeke</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pergo Svalbard (W1268-05123-3)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0017, 3029 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pergo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Unilin BV, division Flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ooigemstraat 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wielsbeke</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pergo Falster (W1214-04728)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0017, 3029 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pergo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Unilin BV, division Flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ooigemstraat 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wielsbeke</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pergo Falster (W1214-06431)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0017, 3029 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pergo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Unilin BV, division Flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ooigemstraat 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wielsbeke</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pergo Falster (W1261-05259)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0017, 3029 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pergo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Unilin BV, division Flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ooigemstraat 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wielsbeke</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pergo Falster (W1261-04425)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0017, 3029 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pergo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Unilin BV, division Flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ooigemstraat 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wielsbeke</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Timberman Slotsplank (145070s)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0017, 3029 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Unilin BV, division Flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ooigemstraat 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wielsbeke</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Timberman Slotsplank (145012s)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0017, 3029 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Unilin BV, division Flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ooigemstraat 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wielsbeke</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Timberman Slotsplank (145031s)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0017, 3029 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Unilin BV, division Flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ooigemstraat 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wielsbeke</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Timberman Wideplank (145091ns)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0017, 3029 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Unilin BV, division Flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ooigemstraat 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wielsbeke</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Timberman Designparket (146006)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0017, 3029 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Unilin BV, division Flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ooigemstraat 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wielsbeke</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm 3-Strip, Oak, Finale, Live Matt lacquer, 10119141</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm 3-Strip, Oak, Marcato, Live Matt lacquer, 10143322</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm 3-Strip, Oak,White, Concerto, Live Matt lacquer, 10041761</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm 3-Strip, Ash,White, Andante, Live Pure lacquer, 10114842</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm 3-Strip, Oak,Warm Cotton, Finale, Live Pure lacquer, 10138787</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm 3-Strip, Beech, Animoso, Live Matt lacquer, 10143255</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm 3-Strip, Maple can., Animoso, Live Matt lacquer, 10041695</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm 3-Strip, Oak,Arizona, Andante, Live Matt lacquer, 10041719</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm 3-Strip, Oak,California, Vivace, Live Matt lacquer, 10041868</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm 3-Strip, Oak,Toscana, Andante, Live Matt lacquer, 10041721</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm 3-Strip, Ash, Andante, Live Matt lacquer, 10041629</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen,13mm 3-Strip,Oak,Blues,Live Matt lacquer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0030, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen,13mm 4-Strip,Oak,White,Forte,Live Matt lacquer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0030, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Professional Ek Cream Plank XT</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0026</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett Polska Sp. z o.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ul. Miłosławska 13A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Orzechowo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>20mm Plank Chaletino Ek Nature oborstad, 2-sidig fas Not/Fjäder, controlled sources 20 x 300 x 2750 mm, Toppskikt : 4.5 mm, 10036547</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>14mm Plank 138 Ek Provence Andante oborstad, utan fas 5G Click, controlled sources 14 x 138 x 2200 mm, Toppskikt : 3.5 mm, 10037006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>20mm Plank Chaletino Ek Epoca Espressivo djupborstad, handgjorda, 4-sidig fas Not/Fjäder, controlled sources 20 x 300 x 2750 mm, Toppskikt : 4.5 mm, 10124074</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>3-stavs parkett Ek Vit Town oborstad, utan fas Not/Fjäder, Gent, controlled sources 13.2 x 215 x 2200 mm, Toppskikt : 2.5 mm, 10136457</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>13mm Plank 138 Ek Grey Harmony Rock borstad, 2-sidig fas 5G Click, controlled sources 13 x 138 x 2200 mm, Toppskikt : 2.5 mm, 10137039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>10mm Stav Prestige Lönn Can. Transparent Nature oborstad, utan fas Not/Fjäder, controlled sources 10 x 70 x 470 mm, Toppskikt : 3.5 mm, 10143446</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>13mm Plank 138 Ek Warm Cotton Mix borstad, 2-sidig fas 5G Click, controlled sources 13 x 138 x 2200 mm, Toppskikt : 2.5 mm, 10145111</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>14mm Plank Castle Ek Semi Smoked Transparent Animoso borstad, 2-sidig fas 5G Click, FSC™ Mix 70% 14 x 209 x 2200 mm, Toppskikt : 3.5 mm, 10145419</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>14mm Stavmönster 3-Stav Ek Transparent Finale borstad, 2-sidig fas 5G Click, controlled sources 14 x 215 x 2200 mm, Toppskikt : 3.5 mm, 10152246</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>14mm Plank 138 Ek Transparent Mix borstad, 2-sidig fas 5G Click, Gent, controlled sources 14 x 138 x 2200 mm, Toppskikt : 3.5 mm, 10153732</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>14mm Plank 181 Ek Transparent Wormholes borstad, 2-sidig fas 5G Click, controlled sources 14 x 181 x 2200 mm, Toppskikt : 3.5 mm, 10154638</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>9,5mm Stav Economy Ek Soft Brown Cottage oborstad, utan fas Not/Fjäder, controlled sources 9.5 x 70 x 470 mm, Toppskikt : 2.7 mm, 10154688</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>13mm Plank 138 Ek Transparent Jazz borstad, 2-sidig fas 5G Click, Gent, controlled sources 13 x 138 x 2200 mm, Toppskikt : 2.5 mm, 10155753</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>14mm Plank Castle Ek Transparent Espressivo borstad, 2-sidig fas 5G Click, controlled sources 14 x 209 x 2200 mm, Toppskikt : 3.5 mm, 10155821</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>14mm Plank 181 Ek Wormholes oborstad, utan fas Not/Fjäder, controlled sources 14 x 181 x 2200 mm, Toppskikt : 3.5 mm, 10157708</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>13,2mm 3-Strip Ask Vit Marcato oborstad, utan fas 5G Click, controlled sources 13.2 x 215 x 2200 mm, Toppskikt : 2.7 mm, 10157872</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>13,2mm Plank 138 Ek Grey Harmony Animoso borstad, 2-sidig fas 5G Click, controlled sources 13.2 x 138 x 2200 mm, Toppskikt : 2.7 mm, 10157961</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>13,2mm Plank 138 Ek Transparent Espressivo borstad, 2-sidig fas 5G Click, controlled sources 13.2 x 138 x 2200 mm, Toppskikt : 2.7 mm, 10158369</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>13,2mm Plank 138 Ek Transparent Animoso borstad, 2-sidig fas 5G Click, controlled sources 13.2 x 138 x 2200 mm, Toppskikt : 2.7 mm, 10158381</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>14mm Stavmönster 3-Stav Ek Vit Sapwood borstad, utan fas 5G Click, controlled sources 14 x 215 x 2200 mm, Toppskikt : 3.5 mm, 10158571</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>14mm Stavmönster 3-Stav Ek Fresh White Sapwood borstad, 2-sidig fas 5G Click, controlled sources 14 x 215 x 2200 mm, Toppskikt : 3.5 mm, 10158575</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>14mm Plank 138 Ek California Mix oborstad, 2-sidig fas 5G Click, Gent, controlled sources 14 x 138 x 2200 mm, Toppskikt : 3.5 mm, 10158772</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>13,2mm Plank 138 Ek Warm Cotton Andante borstad, 2-sidig fas 5G Click, controlled sources 13.2 x 138 x 2200 mm, Toppskikt : 2.7 mm, 10159012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>14mm Stavmönster 3-Stav Lönn Can. Transparent Marcato oborstad, utan fas 5G Click, FSC™ Mix 70% 14 x 215 x 2200 mm, Toppskikt : 3.5 mm, 10159022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>14mm Stavmönster 3-Stav Ask Transparent Marcato oborstad, utan fas 5G Click, FSC™ Mix 70% 14 x 215 x 2200 mm, Toppskikt : 3.5 mm, 10159049</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>13,2mm Plank 181 Ek Animoso oborstad, 2-sidig fas 5G Click, controlled sources 13.2 x 181 x 2200 mm, Toppskikt : 2.7 mm, 10159233</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>14mm Plank 138 Ek Transparent Nature oborstad, 2-sidig fas Not/Fjäder, controlled sources 14 x 138 x 2200 mm, Toppskikt : 3.5 mm, 10159595</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>13,2mm 3-Strip Ek Transparent Boulevard oborstad, utan fas 5G Click, controlled sources 13.2 x 215 x 2200 mm, Toppskikt : 2.7 mm, 10159956</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>13,2mm 3-Strip Ek Vit Metropole oborstad, utan fas 5G Click, controlled sources 13.2 x 215 x 2200 mm, Toppskikt : 2.7 mm, 10159960</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>14mm Plank 138 Ek Soft Brown Sapwood borstad, 2-sidig fas 5G Click, controlled sources 14 x 138 x 2200 mm, Toppskikt : 3.5 mm, 10160035</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Professional Ek Cream MidiPlank</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0026</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett Polska Sp. z o.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ul. Miłosławska 13A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Orzechowo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ask Coral (133N11AKLCKW)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Realba Matt 226 (133N22EK15KW)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pergo Falster (W1214-01741-3)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0017, 3029 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pergo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Unilin BV, division Flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ooigemstraat 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wielsbeke</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pergo Langeland (W4069-03562)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0017, 3029 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pergo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Unilin BV, division Flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ooigemstraat 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wielsbeke</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pergo Langeland (W4069-03789)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0017, 3029 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pergo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Unilin BV, division Flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ooigemstraat 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wielsbeke</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pergo Lofoten (W1259-03793-3)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0017, 3029 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pergo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Unilin BV, division Flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ooigemstraat 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wielsbeke</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pergo Lofoten (W1259-03097-3)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0017, 3029 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pergo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Unilin BV, division Flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ooigemstraat 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wielsbeke</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pergo Lofoten (W1259-03572-3)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0017, 3029 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pergo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Unilin BV, division Flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ooigemstraat 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wielsbeke</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pergo Lofoten (W1259-03888-3)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0017, 3029 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pergo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Unilin BV, division Flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ooigemstraat 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wielsbeke</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pergo Lofoten (W1216-03572-3)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0017, 3029 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pergo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Unilin BV, division Flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ooigemstraat 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wielsbeke</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pergo Lofoten (W1216-01741-3)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0017, 3029 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pergo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Unilin BV, division Flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ooigemstraat 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wielsbeke</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pergo Saltholm (W4167-05115)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0017, 3029 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pergo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Unilin BV, division Flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ooigemstraat 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wielsbeke</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pergo Svalbard (W1248-05121-3)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0017, 3029 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pergo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Unilin BV, division Flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ooigemstraat 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wielsbeke</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pergo Svalbard (W1268-03792-3)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0017, 3029 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pergo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Unilin BV, division Flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ooigemstraat 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wielsbeke</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pergo Svalbard (W1268-03794-3)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0017, 3029 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pergo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Unilin BV, division Flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ooigemstraat 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wielsbeke</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pergo Falster (W1261-04728)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0017, 3029 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pergo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Unilin BV, division Flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ooigemstraat 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wielsbeke</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pergo Lofoten (W1216-06274-P)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0017, 3029 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pergo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Unilin BV, division Flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ooigemstraat 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wielsbeke</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Timberman Plank TI (145034s)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0017, 3029 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Unilin BV, division Flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ooigemstraat 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wielsbeke</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Timberman Plank TI (145036s)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0017, 3029 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Unilin BV, division Flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ooigemstraat 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wielsbeke</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Timberman 3-strip (HDF) (144012s)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0017, 3029 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Unilin BV, division Flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ooigemstraat 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wielsbeke</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Prestige Ek Sand (7870058)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0026</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett Polska Sp. z o.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ul. Miłosławska 13A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Orzechowo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Herringbone Click 138, Oak, Adagio, Live Pure lacquer, 10152280</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Herringbone Click Castle, Oak, Adagio, Live Pure lacquer, 10157069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm 3-Strip, Ash,, Marcato, Live Matt lacquer, 10041617</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0030, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 13.2mm Plank 138, Oak, Crescendo/prosjekt, Live Matt lacquer, 10157319</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 13.2mm Plank 181, Oak, Vivo, Live Matt lacquer, 10157184</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 13.2mm Plank 181, Oak,India Grey, Animoso, Live Pure lacquer, 10156765</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 13.2mm Plank 181, Oak,Concrete Grey, Crescendo, Live Pure lacquer, 10157321</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Castle Plank, Oak, Andante, Live Matt lacquer, 10036249</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Castle Plank, Oak, Andante, Live Pure lacquer, 10036246</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Castle Plank, Oak, Nature, unfinished, 10036374</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Castle Plank, Oak smoked, Andante, Live Matt lacquer, 10036399</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Castle Plank, Oak,White, Andante, Live Pure lacquer, 10117083</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Castle Plank, Oak,Foggy Brown, Animoso, Live Pure lacquer, 10138120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Castle Plank, Oak,Foggy Brown, , Live Pure lacquer, 10138121</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Castle Plank, Oak,Grey Harmony, Country, Live Pure lacquer, 10123244</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Castle Plank, Oak,Horizon, Country, Live Pure lacquer, 10123245</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Castle Plank, Oak,India Grey, Animoso, Live Pure lacquer, 10125294</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Castle Plank, Oak,India Grey, Country, Live Pure lacquer, 10123253</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Castle Plank, Oak,Mild Grey, , Live Pure lacquer, 10114661</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Castle Plank, Oak,Warm Cotton, Vivo, Live Pure lacquer, 10124701</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Castle Plank, Oak,Warm Cotton, Country, Live Pure lacquer, 10123248</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 138, Oak, Adagio, Live Matt lacquer, 10127030</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 138, Oak, Andante, Live Matt lacquer, 10036710</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 138, Oak, Vivo, Live Matt lacquer, 10036801</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 138, Oak, Nature, Live Matt lacquer, 10036938</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 138, Oak, Andante, Live Matt lacquer, 10036846</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 138, Oak, Canyon, Live Pure lacquer, 10136962</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 138, Oak, Andante, Live Pure lacquer, 10036707</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 138, Oak smoked, Marcato, Live Matt lacquer, 10141049</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 138, Oak semi smoked, Animoso, Live Pure lacquer, 10138176</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 138, Oak,White, Andante, Live Matt lacquer, 10036837</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 138, Oak,White, Andante, Live Matt lacquer, 10036839</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 138, Oak,White, Vivo, Live Matt lacquer, 10125647</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 138, Oak,White, , Live Pure lacquer, 10117109</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 138, Oak,Arizona, Concerto, Live Matt lacquer, 10041988</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 138, Oak,Ginger Brown, , Live Pure lacquer, 10137403</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 138, Oak,Pale White, Vivo, Live Pure lacquer, 10118942</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 138, Oak,Warm Cotton, Animoso, Live Pure lacquer, 10109266</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 138, Ash,White, Marcato, Live Matt lacquer, 10036653</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 181, Oak, Andante, Live Matt lacquer, 10037357</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 181, Oak, Andante, Live Pure lacquer, 10119107</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 181, Oak, Animoso, Live Pure lacquer, 10115368</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 181, Oak, Vivo, Live Pure lacquer, 10124007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 181, Oak, Adagio, unfinished, 10139476</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 181, Oak, Nature, unfinished, 10143504</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 181, Oak smoked, Marcato, Live Matt lacquer, 10141050</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 181, Oak,Epoca, , unfinished, 10139471</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 181, Oak,Foggy Brown, Animoso, Live Pure lacquer, 10138105</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 181, Oak,Ginger Brown, Nature, Live Pure lacquer, 10136004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 14mm Plank 181, Oak,Pale White, Vivo, Live Pure lacquer, 10125655</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 15mm Chaletino, Oak, Traditional, Live Pure lacquer, 10157327</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 20mm Chaletino, Oak,Pale White, , Live Pure lacquer, 10142746</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 21mm BOEN 3-Layer Parquet, 3-Strip, FSC MIX 70%, Oak, Contract, Live Matt lacquer, 10135573</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, 23mm BOEN 3-Layer Parquet, 3-Strip, FSC MIX 70%, Ash, Baltic, Live Matt lacquer, 10135087</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, Prestige, Oak,White, Baltic, Live Matt lacquer, 10143416</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, Prestige, Smoked Oak, Nature, Live Matt lacquer, 10143434</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen, Traffic, Oak, Nature, Live Matt lacquer, 10125680</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen,13.2mm Plank 181,Oak,Crescendo,Live Matt lacquer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen,13.2mm Plank 181,Oak,Andante,Live Matt lacquer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen,14mm Plank 138,Oak,Toscana,Animoso Mix,Live Matt Plus lacquer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen,21mm BOEN 3-Layer Parquet, 3-Strip, FSC MIX 70%,Ash,Baltic,Live Matt lacquer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen,23mm BOEN 3-Layer Parquet, 3-Strip,Oak,Contract,Live Matt lacquer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen,23mm BOEN Plank 23mm Plank 139, FSC MIX 70%,Oak,White,Country,Live Matt lacquer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen,23mm BOEN Plank 23mm Plank 139,Ash,Marcato,Live Matt lacquer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boen,Prestige,Oak,Toscana,Baltic,Live Matt lacquer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0029, 2029 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOEN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bauwerk Group AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neudorfstrasse 49</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>St. Margrethen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Vanilla (133NABEKW5KW)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Berlin (151N4AEKFMKW)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Professional 13 Ek Nature TreS 2027</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3029 0022</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tarkett</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tarkett AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ekenäsvägen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ronneby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Pure Ek Nature MidiPlank</x:v>
+        <x:v>Professional 22 Ek Robust White TreS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ekenäsvägen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ronneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Professional Ek Robust White TreS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ekenäsvägen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ronneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pure Ek Rustic DuoPlank</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ekenäsvägen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ronneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Shade Ask Melange TreS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ekenäsvägen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ronneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Shade Ek Misty Grey TreS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ekenäsvägen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ronneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Sky (151N8AEKB4KW)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Terra (151N8AEKF4KW)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Brighton (151L87EK0VKW)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Nouveau Blonde (151N8AEKP1KW)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Nouveau Snow (151N8EEK0WKW)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Palazzo Fumo (15313REK15KW)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Paris (151N4AEKFVKW)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Torum (151NYMEK0NKW)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Biscotti (151N51EKK4KW)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Loft White Plank (151N9AEKM4KW)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Frozen Hazelnut Strip (153N6BEKQ4KW)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Frosted Oat Strip (153N6BEKN4KW)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Charcoal Light Plank  (151N9AEKS4KW)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Parquet flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tarkett Grace Ek Century (7806019)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3029 0026</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tarkett</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tarkett Polska Sp. z o.o.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ul. Miłosławska 13A</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Orzechowo</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Shade Ek Misty Grey Plank XT</x:v>
+        <x:v>Tarkett Grace Ek White Canvas Plank (7876124)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3029 0026</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tarkett</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tarkett Polska Sp. z o.o.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ul. Miłosławska 13A</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Orzechowo</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Kährs Ek Sand (133N22EK1KKW)</x:v>
-[...1631 lines deleted...]
-        <x:v>Tarkett Grace Ek Era (7806020)</x:v>
+        <x:v>Noble Ek Soho (7806012)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3029 0026</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tarkett</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tarkett Polska Sp. z o.o.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ul. Miłosławska 13A</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Orzechowo</x:v>
-      </x:c>
-[...28094 lines deleted...]
-        <x:v>St. Margrethen</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Kährs Ek Realba Matt (133N22EK15KW)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3029 0012</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Parquet flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kährs</x:v>
       </x:c>
       <x:c t="str">