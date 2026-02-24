--- v0 (2025-12-31)
+++ v1 (2026-02-24)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac85ace1f7ee4bfc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Refef8f958ef944c5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="Rc7d13810a91e40ac"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="Ree8a89c91b4c4565"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc7d13810a91e40ac" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ree8a89c91b4c4565" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
@@ -132,1050 +132,1018 @@
       </x:c>
       <x:c t="str">
         <x:v>Paper towel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>005 Tissue paper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Katrin</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Metsä Tissue Oyj</x:v>
       </x:c>
       <x:c t="str">
         <x:v>P.O. Box 300</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Mänttä</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Katrin Blue M2 500 sheets, paper hand towel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4005 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Paper towel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Katrin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Metsä Tissue Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P.O. Box 300</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mänttä</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Katrin Plus System Towel M 2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3005 0006</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Paper towel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>005 Tissue paper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Katrin</x:v>
       </x:c>
       <x:c t="str">
+        <x:v>Metsä Tissue AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliströms Bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliström</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Initial 25x23 2p</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5005 0024, 5005 0039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Paper towel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Initial</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>WEPA Hygieneprodukte GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rönkhauser Str. 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arnsberg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Katrin Plus S 2 Coreless</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Paper towel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Katrin</x:v>
+      </x:c>
+      <x:c t="str">
         <x:v>Metsä Tissue AB - Katrinefors bruk</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Holländaregatan 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Mariestad</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Katrin Blue M2 500 sheets, paper hand towel</x:v>
-[...26 lines deleted...]
-        <x:v>Mänttä</x:v>
+        <x:v>Katrin Paper Hand Towel Non Stop Yellow M2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4005 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Paper towel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Katrin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Metsä Tissue Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P.O. Box 300</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mänttä</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Katrin Plus Paper Hand Towel Non Stop M2 Easy Flush</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4005 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Paper towel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Katrin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Metsä Tissue Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P.O. Box 300</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mänttä</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Katrin M Coreless Natural</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Paper towel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Katrin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Metsä Tissue AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliströms Bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliström</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Katrin Plus M Coreless</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Paper towel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Katrin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Metsä Tissue AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliströms Bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliström</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Tingstad Coreless S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3005 0006</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Paper towel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>005 Tissue paper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tingstad</x:v>
       </x:c>
       <x:c t="str">
+        <x:v>Metsä Tissue AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliströms Bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliström</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Katrin Plus Paper Hand Towel One Stop L3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4005 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Paper towel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Katrin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Metsä Tissue Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P.O. Box 300</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mänttä</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Katrin Paper Hand Towel Non Stop M 2 wide</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4005 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Paper towel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Katrin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Metsä Tissue Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P.O. Box 300</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mänttä</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Katrin Plus Paper Hand Towel, C-fold, yellow</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4005 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Paper towel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Katrin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Metsä Tissue Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P.O. Box 300</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mänttä</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Katrin S Coreless Natural</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Paper towel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Katrin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Metsä Tissue AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliströms Bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliström</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Katrin Blue M2 paper hand towel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4005 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Paper towel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Katrin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Metsä Tissue Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P.O. Box 300</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mänttä</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Katrin Paper Hand Towel One Stop M2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4005 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Paper towel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Katrin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Metsä Tissue Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P.O. Box 300</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mänttä</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Katrin Plus Paper Hand Towel Non Stop L2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4005 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Paper towel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Katrin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Metsä Tissue Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P.O. Box 300</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mänttä</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Katrin Plus M 2 Coreless</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Paper towel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Katrin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Metsä Tissue AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliströms Bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliström</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>73019 Ooops! Family Towel 8/3-R 2 PLY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2005 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Paper towel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ooops!</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vajda-Papir Scandinavia AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 4188</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Katrin Plus S Coreless</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Paper towel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Katrin</x:v>
+      </x:c>
+      <x:c t="str">
         <x:v>Metsä Tissue AB - Katrinefors bruk</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Holländaregatan 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Mariestad</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Initial 25x23 2p</x:v>
+        <x:v>Katrin Plus Hand Towel Non Stop L3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4005 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Paper towel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Katrin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Metsä Tissue Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P.O. Box 300</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mänttä</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tingstad Coreless M</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Paper towel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tingstad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Metsä Tissue AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliströms Bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliström</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Initial 25x23 2p gr</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5005 0024, 5005 0039</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Paper towel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>005 Tissue paper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Initial</x:v>
       </x:c>
       <x:c t="str">
         <x:v>WEPA Hygieneprodukte GmbH</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rönkhauser Str. 26</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Arnsberg</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Katrin M Coreless Natural</x:v>
+        <x:v>Katrin Plus Paper Hand Towel Non Stop M2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4005 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Paper towel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Katrin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Metsä Tissue Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P.O. Box 300</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mänttä</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>73018 Ooops! Family Towel 128/6-R 2 PLY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2005 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Paper towel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ooops!</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vajda-Papir Scandinavia AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 4188</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TINGSTAD ZF DIAM/(150X25)E2/40</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5005 0059</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Paper towel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tingstad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cartiere Carrara S.p.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Val Di Forfora, 27</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pietrabuona-Pescia</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>M-FOLD PRISTINE 3LAGS 100X25X20D</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5005 0059</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Paper towel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cartiere Carrara S.p.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Val Di Forfora, 27</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pietrabuona-Pescia</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BULKYSOFT PREMIUM ASCIUGATUTTO TWINCOMPACT</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5005 0059</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Paper towel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bulkysoft</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cartiere Carrara S.p.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Val Di Forfora, 27</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pietrabuona-Pescia</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Katrin Plus Käsipyyhe Non Stop M2 Easy Pick (BP323)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4005 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Paper towel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Katrin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Metsä Tissue Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P.O. Box 300</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mänttä</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Katrin Yellow M1 Paper Hand Towel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4005 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Paper towel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Katrin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Metsä Tissue Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P.O. Box 300</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mänttä</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Katrin S Coreless</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3005 0006</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Paper towel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>005 Tissue paper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Katrin</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Metsä Tissue AB - Katrinefors bruk</x:v>
-[...10 lines deleted...]
-        <x:v>Katrin Plus S 2 Coreless</x:v>
+        <x:v>Metsä Tissue AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliströms Bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliström</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Katrin System Towel M 2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3005 0006</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Paper towel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>005 Tissue paper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Katrin</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Metsä Tissue AB - Katrinefors bruk</x:v>
-[...837 lines deleted...]
-        <x:v>Mänttä</x:v>
+        <x:v>Metsä Tissue AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliströms Bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliström</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>