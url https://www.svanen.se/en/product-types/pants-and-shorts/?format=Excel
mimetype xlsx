--- v0 (2025-12-16)
+++ v1 (2026-02-17)
@@ -1,149 +1,181 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a06fe0f79e44e0b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf96f0f6888c54650" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R3037b42aa7ab48a3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="Ra0fc15adbe53495e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3037b42aa7ab48a3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra0fc15adbe53495e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Brand</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Licensee</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c t="str">
         <x:v>City</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Women's merino wool shorts - FG-0926-0338-112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pants and shorts</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool shorts - FG-7536-0238-553</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pants and shorts</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Women's merino wool shorts - FG-7536-0238-441</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5112 0003</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Pants and shorts</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sundsvej 62</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Herning</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Women's merino wool shorts - FG-7536-0238-553</x:v>
-[...30 lines deleted...]
-      <x:c t="str">
         <x:v>Base Sweat Pant - Lt. Grey Mel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5112 0005</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Pants and shorts</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>H2O Sportswear</x:v>
       </x:c>
       <x:c t="str">
         <x:v>H2O Sportswear A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Balticagade 10.2</x:v>
@@ -196,115 +228,179 @@
       </x:c>
       <x:c t="str">
         <x:v>Pants and shorts</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sundsvej 62</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Herning</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Women's exclusive organic merino wool shorts  - FG-9926-0138-723</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pants and shorts</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool shorts - FG-7536-0238-655</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pants and shorts</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool skirt - FG-7561-0147-869</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pants and shorts</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Base Sweat Pant - Navy</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5112 0005</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Pants and shorts</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>H2O Sportswear</x:v>
       </x:c>
       <x:c t="str">
         <x:v>H2O Sportswear A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Balticagade 10.2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aarhus</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Women's merino wool shorts - FG-7536-0238-655</x:v>
-[...31 lines deleted...]
-        <x:v>Women's merino wool skirt - FG-7561-0147-869</x:v>
+        <x:v>Men's cotton rib boxer shorts with fly - FG-1074-0138-001</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5112 0003</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Pants and shorts</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sundsvej 62</x:v>
       </x:c>
@@ -324,50 +420,114 @@
       </x:c>
       <x:c t="str">
         <x:v>Pants and shorts</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Skogstad</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Skogstad Sport AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gamlevegen 47</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Innvik</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Women's merino wool shorties - FG-7536-0137-653</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pants and shorts</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool shorts - FG-7536-0238-002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pants and shorts</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Base Woman Sweat Pant - lt. Grey Mel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5112 0005</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Pants and shorts</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>H2O Sportswear</x:v>
       </x:c>
       <x:c t="str">
         <x:v>H2O Sportswear A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Balticagade 10.2</x:v>
@@ -388,146 +548,50 @@
       </x:c>
       <x:c t="str">
         <x:v>Pants and shorts</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>H2O Sportswear</x:v>
       </x:c>
       <x:c t="str">
         <x:v>H2O Sportswear A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Balticagade 10.2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aarhus</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Men's cotton rib boxer shorts with fly - FG-1074-0138-001</x:v>
-[...94 lines deleted...]
-      <x:c t="str">
         <x:v>Women's merino wool shorts - FG-7536-0238-653</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5112 0003</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Pants and shorts</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sundsvej 62</x:v>
@@ -740,50 +804,82 @@
       </x:c>
       <x:c t="str">
         <x:v>Pants and shorts</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sundsvej 62</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Herning</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Women's merino wool trousers with wide legs - FG-9926-0255-678</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pants and shorts</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Verlo, microfleece trousers, junior, dark denim</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2112 0002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Pants and shorts</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Skogstad</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Skogstad Sport AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gamlevegen 47</x:v>
@@ -900,147 +996,179 @@
       </x:c>
       <x:c t="str">
         <x:v>Pants and shorts</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sundsvej 62</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Herning</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Women's merino wool trousers with wide legs - FG-9926-0255-999</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pants and shorts</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool pant shorts - FG-7536-0138-769</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pants and shorts</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool shorties - FG-7536-0137-655</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pants and shorts</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Base Woman Sweat Pant - Warm Grey</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5112 0005</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Pants and shorts</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>H2O Sportswear</x:v>
       </x:c>
       <x:c t="str">
         <x:v>H2O Sportswear A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Balticagade 10.2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aarhus</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Women's merino wool pant shorts - FG-7536-0138-769</x:v>
-[...30 lines deleted...]
-      <x:c t="str">
         <x:v>Women's merino wool shorties - FG-0536-0137-999</x:v>
-      </x:c>
-[...30 lines deleted...]
-        <x:v>Women's merino wool shorties - FG-7536-0137-655</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5112 0003</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Pants and shorts</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sundsvej 62</x:v>
       </x:c>