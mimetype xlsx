--- v0 (2025-12-31)
+++ v1 (2026-03-01)
@@ -1,85 +1,309 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f227c3970064229" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ae91cc2794f40dc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="Rd144ad4186d544f1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="products" sheetId="1" r:id="R44dbfbcc9ae0425b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd144ad4186d544f1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R44dbfbcc9ae0425b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Brand</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Licensee</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c t="str">
         <x:v>City</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Baby merino wool leggings - FG-5230-0359-494</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pants and shorts baby and kids</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Baby merino wool leggings - FG-5230-0359-681</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pants and shorts baby and kids</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Baby merino wool leggings - FG-5230-0359-684</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pants and shorts baby and kids</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Baby merino wool leggings - FG-5230-0359-769</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pants and shorts baby and kids</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kids' organic merino wool long johns - FG-5360-0459-999</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pants and shorts baby and kids</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Children's merino wool leggings - FG-5360-0659-283</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pants and shorts baby and kids</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Children's merino wool leggings - FG-5360-0659-366</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pants and shorts baby and kids</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Baby merino wool leggings - FG-5230-0359-054</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5112 0003</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Pants and shorts baby and kids</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sundsvej 62</x:v>
@@ -100,274 +324,50 @@
       </x:c>
       <x:c t="str">
         <x:v>Pants and shorts baby and kids</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sundsvej 62</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Herning</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Baby merino wool leggings - FG-5230-0359-494</x:v>
-[...222 lines deleted...]
-      <x:c t="str">
         <x:v>Kids' merino wool long johns - FG-5360-0159-002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5112 0003</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Pants and shorts baby and kids</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sundsvej 62</x:v>
@@ -644,179 +644,371 @@
       </x:c>
       <x:c t="str">
         <x:v>Pants and shorts baby and kids</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sundsvej 62</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Herning</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Children's ribbed leggings - FG-5361-0159-869</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pants and shorts baby and kids</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Children's wool leggings - FG-5360-0559-183</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pants and shorts baby and kids</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Baby merino wool leggings - FG-5230-0359-053</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pants and shorts baby and kids</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Baby merino wool leggings - FG-5230-0359-281</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pants and shorts baby and kids</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Baby merino wool leggings - FG-5231-0159-075</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5112 0003</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Pants and shorts baby and kids</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sundsvej 62</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Herning</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Baby merino wool leggings - FG-5230-0359-053</x:v>
-[...95 lines deleted...]
-        <x:v>Children's ribbed leggings - FG-5361-0159-869</x:v>
+        <x:v>Children's merino wool leggings - FG-5360-0659-083</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pants and shorts baby and kids</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Children's merino wool leggings - FG-5360-0659-493</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pants and shorts baby and kids</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Children's merino wool leggings - FG-5360-0659-869</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pants and shorts baby and kids</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Children's merino wool leggings - FG-5360-0659-999</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pants and shorts baby and kids</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Children's merino wool leggings - FG-5360-0859-869</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pants and shorts baby and kids</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Children’s merino wool leggings - FG-5361-0148-075</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5112 0003</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Pants and shorts baby and kids</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sundsvej 62</x:v>
       </x:c>
@@ -836,242 +1028,50 @@
       </x:c>
       <x:c t="str">
         <x:v>Pants and shorts baby and kids</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sundsvej 62</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Herning</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Children’s merino wool leggings - FG-5361-0148-075</x:v>
-[...190 lines deleted...]
-      <x:c t="str">
         <x:v>Children's merino wool skirt - FG-5360-0147-281</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5112 0003</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Pants and shorts baby and kids</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sundsvej 62</x:v>
@@ -1092,499 +1092,691 @@
       </x:c>
       <x:c t="str">
         <x:v>Pants and shorts baby and kids</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sundsvej 62</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Herning</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Baby merino wool leggings with frilled edges - FG-5233-0159-369</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pants and shorts baby and kids</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Baby merino wool leggings with frilled edges - FG-5233-0159-834</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pants and shorts baby and kids</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Children's merino wool leggings with frilled edges - FG-5363-0159-834</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pants and shorts baby and kids</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Children's merino wool leggings with frilled edges - FG-5363-0159-218</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pants and shorts baby and kids</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Baby merino wool leggings with frilled edges - FG-5233-0159-533</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pants and shorts baby and kids</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Children’s merino wool leggings - FG-5361-0148-999</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pants and shorts baby and kids</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Girls' organic merino wool hipsters - FG-5359-0108-849</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pants and shorts baby and kids</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Children's merino wool leggings - FG-5362-0359-495</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pants and shorts baby and kids</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Children's merino wool leggings - FG-5360-0759-493</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pants and shorts baby and kids</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Children’s merino wool skirt - FG-5361-0147-085</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pants and shorts baby and kids</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Children's merino wool leggings - FG-5360-0859-520</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pants and shorts baby and kids</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Children's merino wool skirt - FG-5360-0147-481</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pants and shorts baby and kids</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Children's merino wool leggings - FG-5360-0659-053</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pants and shorts baby and kids</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Children's merino wool leggings - FG-5360-0659-684</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pants and shorts baby and kids</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Children's merino wool leggings - FG-5360-0659-141</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pants and shorts baby and kids</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Children's merino wool leggings - FG-5360-0659-520</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pants and shorts baby and kids</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Children's merino wool leggings - FG-5360-0659-393</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pants and shorts baby and kids</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Children's merino wool leggings - FG-5360-0659-471</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pants and shorts baby and kids</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Baby merino wool leggings - FG-5230-0359-481</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pants and shorts baby and kids</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Baby merino wool leggings - FG-5230-0359-002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5112 0003</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Pants and shorts baby and kids</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sundsvej 62</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Herning</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Baby merino wool leggings - FG-5230-0359-481</x:v>
-[...415 lines deleted...]
-        <x:v>Girls' organic merino wool hipsters - FG-5359-0108-849</x:v>
+        <x:v>Baby merino wool leggings - FG-5230-0359-083</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5112 0003</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Pants and shorts baby and kids</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sundsvej 62</x:v>
       </x:c>
@@ -1604,51 +1796,307 @@
       </x:c>
       <x:c t="str">
         <x:v>Pants and shorts baby and kids</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sundsvej 62</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Herning</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Baby merino wool leggings - FG-5230-0359-083</x:v>
+        <x:v>Baby merino wool leggings - FG-5230-0359-653</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pants and shorts baby and kids</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Children's merino wool leggings - FG-0360-0659-481</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pants and shorts baby and kids</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kids' organic merino wool long johns - FG-5360-0459-266</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pants and shorts baby and kids</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Children's merino wool leggings - FG-5360-0659-481</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pants and shorts baby and kids</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Children's merino wool leggings - FG-5361-0259-854</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pants and shorts baby and kids</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Children's merino wool skirt - FG-5360-0147-241</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pants and shorts baby and kids</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Children’s shorts in merino wool - FG-5360-0153-081</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pants and shorts baby and kids</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Baby merino wool leggings with frilled edges - FG-5233-0159-568</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pants and shorts baby and kids</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Children's merino wool leggings with frilled edges - FG-5363-0159-082</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5112 0003</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Pants and shorts baby and kids</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sundsvej 62</x:v>
       </x:c>
@@ -1700,274 +2148,50 @@
       </x:c>
       <x:c t="str">
         <x:v>Pants and shorts baby and kids</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sundsvej 62</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Herning</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Baby merino wool leggings - FG-5230-0359-653</x:v>
-[...222 lines deleted...]
-      <x:c t="str">
         <x:v>Baby organic merino wool long johns - FG-5229-0159-849</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5112 0003</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Pants and shorts baby and kids</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sundsvej 62</x:v>
@@ -2180,50 +2404,146 @@
       </x:c>
       <x:c t="str">
         <x:v>Pants and shorts baby and kids</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sundsvej 62</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Herning</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Baby merino wool leggings with frilled edges - FG-5233-0159-362</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pants and shorts baby and kids</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Children's merino wool leggings with frilled edges - FG-5363-0159-533</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pants and shorts baby and kids</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Children's merino wool leggings with frilled edges - FG-5363-0159-568</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pants and shorts baby and kids</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Baby merino wool leggings - FG-0230-0359-481</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5112 0003</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Pants and shorts baby and kids</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sundsvej 62</x:v>
@@ -2564,83 +2884,467 @@
       </x:c>
       <x:c t="str">
         <x:v>Pants and shorts baby and kids</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sundsvej 62</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Herning</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Children's wool leggings - FG-5360-0559-769</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pants and shorts baby and kids</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Children's wool leggings - FG-5361-0259-782</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5112 0003</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Pants and shorts baby and kids</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sundsvej 62</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Herning</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Children's wool leggings - FG-5360-0559-769</x:v>
+        <x:v>Baby merino wool leggings - FG-5230-0359-520</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pants and shorts baby and kids</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Baby merino wool leggings - FG-5230-0359-553</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pants and shorts baby and kids</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Baby merino wool leggings - FG-5230-0359-849</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pants and shorts baby and kids</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Baby merino wool leggings - FG-5231-0159-281</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pants and shorts baby and kids</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Baby merino wool leggings - FG-5231-0159-782</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pants and shorts baby and kids</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Baby merino wool leggings - FG-5231-0159-869</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pants and shorts baby and kids</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Children’s merino wool leggings - FG-5361-0148-281</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pants and shorts baby and kids</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Children’s merino wool leggings - FG-5361-0148-869</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pants and shorts baby and kids</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Girls' merino wool hipsters - FG-5360-0137-002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pants and shorts baby and kids</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Children's merino wool leggings with frilled edges - FG-5363-0159-362</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pants and shorts baby and kids</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Baby merino wool leggings - FG-5230-0359-266</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pants and shorts baby and kids</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Baby merino wool leggings - FG-0230-0359-471</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5112 0003</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Pants and shorts baby and kids</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sundsvej 62</x:v>
       </x:c>
@@ -2660,403 +3364,51 @@
       </x:c>
       <x:c t="str">
         <x:v>Pants and shorts baby and kids</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sundsvej 62</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Herning</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Baby merino wool leggings - FG-0230-0359-471</x:v>
-[...62 lines deleted...]
-      <x:c t="str">
         <x:v>Baby merino wool leggings - FG-5230-0359-493</x:v>
-      </x:c>
-[...286 lines deleted...]
-        <x:v>Girls' merino wool hipsters - FG-5360-0137-002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5112 0003</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Pants and shorts baby and kids</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sundsvej 62</x:v>
       </x:c>