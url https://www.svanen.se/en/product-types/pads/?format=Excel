--- v0 (2025-12-24)
+++ v1 (2026-02-13)
@@ -1,85 +1,213 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad9b829739844724" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re39bb2f0b54740c2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R3d4678a4fd494c9d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="Reef2f235595d4e9f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3d4678a4fd494c9d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Reef2f235595d4e9f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Brand</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Licensee</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c t="str">
         <x:v>City</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Natracare Ultra Pads Regular With Wings, 14 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0025</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Natracare</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bodywise (UK) Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>14 Lower Court Road</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bristol</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Natracare Natural Panty Liners - Tanga</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0026</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Natracare</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bodywise (UK) Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>14 Lower Court Road</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bristol</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vuokkoset Ultra Light</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4023 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vuokkoset</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delipap Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teollisuustie 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VEIKKOLA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vuokkoset Normal wings duopack 2x12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4023 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vuokkoset</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delipap Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teollisuustie 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VEIKKOLA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Vuokkoset Bio Ultra Light 24 pcs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4023 0019</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Pads</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Protective and Absorbent Hygiene Products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vuokkoset</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Delipap Oy</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Teollisuustie 19</x:v>
@@ -484,4854 +612,4566 @@
       </x:c>
       <x:c t="str">
         <x:v>Pads</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Protective and Absorbent Hygiene Products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Libresse</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Essity Hygiene and Health AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Broplatsen 3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Mölndal</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Natracare Ultra Pads Regular With Wings, 14 pcs</x:v>
+        <x:v>Vuokkoset Bio Normal Wings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4023 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vuokkoset</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delipap Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teollisuustie 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VEIKKOLA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Coop Änglamark Normal Pantyliners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4023 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Änglamark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delipap Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teollisuustie 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VEIKKOLA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Coop Änglamark Super Ultra Thin With Wings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4023 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Änglamark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delipap Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teollisuustie 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VEIKKOLA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Caroli Maxi Binden rmal, 20 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0028, 5023 0028</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Caroli</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Curatex GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dr. Herrmann-Lindrath-Strasse 23</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wahlstedt</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Caroli Pantyliners rmal, 45 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0028, 5023 0028</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Caroli</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Curatex GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dr. Herrmann-Lindrath-Strasse 23</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wahlstedt</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libresse dailies fresch &amp; protect PL, REGULAR, (8214)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0079, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libresse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libresse goodnight, ULTRA+ X-LARGE, (5590)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0079, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libresse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libresse freshness &amp; protection, Ultra+, 10 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0079, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libresse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libresse Comfort &amp; Security Maxi Goodnight+, (8039)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0079, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libresse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libresse Dailies Extra Protection, Extra Long</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0079, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libresse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libresse dailies fresh &amp; protect, PL, EXTRA LONG, JUMBO PACK (9759)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0079, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libresse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libresse Dailies Style, PL, Micro, ECONOMY, (4887)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0079, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libresse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libresse Comfort &amp; Security 18 Maxi (4915)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0090</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libresse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libresse comfort &amp; security MAXI+ (9316)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0090</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libresse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libresse V-Protection ULTRA, DUO PACK (8781)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0079, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libresse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Natracare Ultra Pads Long With Wings, 10 pcs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3023 0025</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Pads</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Protective and Absorbent Hygiene Products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Natracare</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bodywise (UK) Ltd</x:v>
       </x:c>
       <x:c t="str">
         <x:v>14 Lower Court Road</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bristol</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Natracare Natural Panty Liners - Tanga</x:v>
+        <x:v>Vuokkoset Normal 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4023 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vuokkoset</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delipap Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teollisuustie 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VEIKKOLA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vuokkoset Cotton Normal 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4023 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vuokkoset</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delipap Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teollisuustie 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VEIKKOLA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ekologisk Bomull Ultratunna Trosskydd Silvercare, 24 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0068</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Suztain</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cotton HIGH TECH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colonia La Rabeia, s/n</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Barcelona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Renée Voltaire Lingonvecka Binda Tunn, 10 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Renée Voltaire</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Corman s.p.a</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Liguria 3/b</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lacchiarella (MI)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Renée Voltaire Lingonvecka Trosskydd, 24 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Renée Voltaire</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Corman s.p.a</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Liguria 3/b</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lacchiarella (MI)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libresse Ultra Thin String Wings, 12 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0079, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libresse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libresse V-Protection, &amp; Freshness PL, LONG (6803)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0079, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libresse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libresse freshness &amp; protection, Ultra, 48 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0079, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libresse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libresse freshness &amp; protection, Ultra Long, 14 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0079, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libresse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libresse dailies style, So Slim, 30 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0079, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libresse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libresse PureSensitive, Ultra+, 20 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0079, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libresse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libresse Dailies Style, PL, Micro, (9634)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0079, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libresse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libresse goodnight, ULTRA LARGE+, (8098)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0079, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libresse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libresse dailies extra protection LONG (8516)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0079, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libresse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libresse dailies V-Protection &amp; Freshness, PL, REGULAR, JUMBO PACK (9744)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0079, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libresse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libresse Comfort &amp; Security 14 Maxi+ with wings (9314)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0090</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libresse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libresse V-Protection ULTRA+, ECONOMY (8880)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0079, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libresse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lidl Siempre PADS NORMAL, 20 pieces</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Siempre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drylock Technologies S. r. l.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via delle Azalee 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buccinasco (Mi)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Siempre, ULTRA PADS, LONG, 28 Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0077, 5023 0048</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Siempre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drylock Technologies S. r. l.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via delle Azalee 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buccinasco (Mi)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libresse Comfort &amp; Security 18 Maxi (491511)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0038, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libresse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>DeoDoc Nattbinda</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0035</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DeoDoc</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronosept AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 223</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ESLÖV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Bindor Ultra Normal utan vingar 16 st (Ultra Towel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0104, 5023 0022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ontex BV (Aalst Office)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Genthof 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buggenhout</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libresse Comfort &amp; Security 20 Maxi Goodnight+ with wings (8038)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0079, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libresse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vuokkoset Bio 2x12 Duo Normal Wings </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4023 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vuokkoset</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delipap Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teollisuustie 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VEIKKOLA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vuokkoset Plant Based Pantyliner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4023 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vuokkoset</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delipap Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teollisuustie 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VEIKKOLA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Siempre, ULTRA PADS, NORMAL, 40 Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0077, 5023 0048</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Siempre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drylock Technologies S. r. l.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via delle Azalee 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buccinasco (Mi)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Natracare Panty Liners Normal, 18 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0025</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Natracare</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bodywise (UK) Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>14 Lower Court Road</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bristol</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Natracare Ultra Extra Pads Long With Wings, 8 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0025</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Natracare</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bodywise (UK) Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>14 Lower Court Road</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bristol</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vuokkoset Soft</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4023 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vuokkoset</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delipap Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teollisuustie 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VEIKKOLA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ekologisk Bomull Anatomiska Trosskydd Silvercare, 30 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0068</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Suztain</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cotton HIGH TECH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colonia La Rabeia, s/n</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Barcelona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Caroli Maxi Binden Super, 14 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0028, 5023 0028</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Caroli</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Curatex GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dr. Herrmann-Lindrath-Strasse 23</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wahlstedt</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Organic Cotton Ultrathin Day Pads with Wings GingerOrganic, individually wrapped, 10 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0068</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GingerOrganic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cotton HIGH TECH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colonia La Rabeia, s/n</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Barcelona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libresse dailies style, So Slim, 60 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0079, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libresse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Trosskydd Normal 32 st (Pantyliner)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0104, 5023 0022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ontex BV (Aalst Office)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Genthof 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buggenhout</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Basic Binda Ultra Super Plus med vingar 12 st (Ultra Towel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0104, 5023 0022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA Basic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ontex BV (Aalst Office)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Genthof 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buggenhout</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Trosskydd Normal 60 st (Pantyliner)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0104, 5023 0022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ontex BV (Aalst Office)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Genthof 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buggenhout</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Bindor Normal med vingar 28 st (Ultra Towel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0104, 5023 0022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ontex BV (Aalst Office)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Genthof 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buggenhout</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libresse V-protection, Ultra, 44 pcs (10416)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0079, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libresse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libresse goodnight, ULTRA+ X-LARGE, (5610)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0079, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libresse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libresse dailies V-Protection &amp; Freshness, PL, REGULAR, BIG PACK, (8672)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0079, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libresse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libresse Comfort &amp; Security 10 Maxi+ with wings (881706)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0079, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libresse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libresse comfort &amp; security MAXI (4915)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0090</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libresse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Siempre, ULTRA PADS, NIGHT, 20 Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0077, 5023 0048</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Siempre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drylock Technologies S. r. l.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via delle Azalee 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buccinasco (Mi)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Natracare Ultra Extra Pads Super With Wings, 10 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0025</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Natracare</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bodywise (UK) Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>14 Lower Court Road</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bristol</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Natracare Cotton Panty Liners Ultra Thin, 22 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0025</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Natracare</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bodywise (UK) Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>14 Lower Court Road</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bristol</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Natracare Panty Liners Long, 16 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0025</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Natracare</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bodywise (UK) Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>14 Lower Court Road</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bristol</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vuokkoset Bio Long Wings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4023 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vuokkoset</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delipap Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teollisuustie 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VEIKKOLA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vuokkoset Long 24</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4023 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vuokkoset</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delipap Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teollisuustie 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VEIKKOLA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Renée Voltaire Lingonvecka Binda Natt med vingar, 10 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Renée Voltaire</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Corman s.p.a</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Liguria 3/b</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lacchiarella (MI)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ekologisk Bomull Ultratunna Dagbindor med Vingar Silvercare, 10 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0068</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Suztain</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cotton HIGH TECH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colonia La Rabeia, s/n</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Barcelona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vuokkoset Normal duopack  2x14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4023 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vuokkoset</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delipap Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teollisuustie 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VEIKKOLA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Hjärtat vårt hållbara val Bindor med vingar Natt/Plus, 12 st.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0028, 5023 0028</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA Hjärtat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Curatex GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dr. Herrmann-Lindrath-Strasse 23</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wahlstedt</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libresse freshness &amp; protection, Ultra Long+, 12 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0079, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libresse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libresse freshness &amp; protection, Ultra Long+, 8 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0079, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libresse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libresse Dailies Style, STRING, (4690)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0079, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libresse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Organic Maternity Pads GingerOrganic, 10 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0068</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GingerOrganic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cotton HIGH TECH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colonia La Rabeia, s/n</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Barcelona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Trosskydd Large, 28 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0105, 5023 0022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ontex BV (Aalst Office)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Genthof 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buggenhout</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libresse Dailies Classic protection, Regular, 50 Liners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0079, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libresse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libresse freshness &amp; protection, Ultra Long+, 36 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0079, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libresse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libresse V-Protection Ultra long+, BIG PACK, (10430)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0079, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libresse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libresse goodnight, ULTRA LARGE+, (4676)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0079, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libresse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libresse V-Protection Ultra, Duo Pack, (10429)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0079, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libresse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Hjärtat vårt hållbara val Trosskydd normal, 32 st.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0028, 5023 0028</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA Hjärtat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Curatex GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dr. Herrmann-Lindrath-Strasse 23</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wahlstedt</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libresse dailies extra protection PL, REGULAR, (8605)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0079, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libresse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libresse Comfort &amp; Security Maxi Goodnight+, (8042)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0079, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libresse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libresse goodnight, ULTRA LARGE, (9557)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0079, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libresse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libresse dailies fresh &amp; protect, PL, LONG, BIG PACK, (9613)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0079, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libresse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libresse comfort &amp; security MAXI+, (9314)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0079, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libresse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vuokkoset Plant Based Night Wings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4023 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vuokkoset</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delipap Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teollisuustie 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VEIKKOLA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>DeoDoc 100% Organic Cotton Liners, Trosskydd i 100% Ekologisk Bomull 22 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0035</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DeoDoc</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronosept AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 223</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ESLÖV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libresse Comfort &amp; Security 14 Maxi+ with wings (931411)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0038, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libresse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Natracare Ultra Pads Super Plus, 12 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0025</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Natracare</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bodywise (UK) Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>14 Lower Court Road</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bristol</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Natracare Ultra Extra Pads Normal With Wings, 12 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0025</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Natracare</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bodywise (UK) Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>14 Lower Court Road</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bristol</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vuokkoset Long wings 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4023 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vuokkoset</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delipap Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teollisuustie 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VEIKKOLA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vuokkoset Night wings 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4023 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vuokkoset</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delipap Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teollisuustie 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VEIKKOLA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vuokkoset Cotton Normal 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4023 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vuokkoset</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delipap Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teollisuustie 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VEIKKOLA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kronan Bindor Maxi, 15 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0035</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Apoteksgruppen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronosept AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 223</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ESLÖV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libresse Daily Fresh, Long, 52 Liners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0079, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libresse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Bindor Ultra Normal med vingar 14 st (Ultra Towel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0104, 5023 0022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ontex BV (Aalst Office)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Genthof 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buggenhout</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Natracare Natural Panty Liners - Curved</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3023 0026</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Pads</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Protective and Absorbent Hygiene Products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Natracare</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bodywise (UK) Ltd</x:v>
       </x:c>
       <x:c t="str">
         <x:v>14 Lower Court Road</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bristol</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Vuokkoset Normal wings duopack 2x12</x:v>
+        <x:v>Natracare Natural Panty Liners - Mini (Breathable)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0026</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Natracare</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bodywise (UK) Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>14 Lower Court Road</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bristol</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vuokkoset Cotton Normal Wings 12</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4023 0019</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Pads</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Protective and Absorbent Hygiene Products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vuokkoset</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Delipap Oy</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Teollisuustie 19</x:v>
       </x:c>
       <x:c t="str">
         <x:v>VEIKKOLA</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Vuokkoset Normal Wings</x:v>
+        <x:v>Vuokkoset Cotton Night Wings 9</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4023 0019</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Pads</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Protective and Absorbent Hygiene Products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vuokkoset</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Delipap Oy</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Teollisuustie 19</x:v>
       </x:c>
       <x:c t="str">
         <x:v>VEIKKOLA</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Vuokkoset Ultra Light</x:v>
+        <x:v>Ekologisk Bomull Adaptable Flex Trosskydd Silvercare, 24 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0068</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Suztain</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cotton HIGH TECH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colonia La Rabeia, s/n</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Barcelona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Caroli Pantyliners Classic, 30 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0028, 5023 0028</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Caroli</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Curatex GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dr. Herrmann-Lindrath-Strasse 23</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wahlstedt</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Organic Cotton Ultrathin Night Pads with Wings GingerOrganic, individually wrapped, 10 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0068</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GingerOrganic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cotton HIGH TECH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colonia La Rabeia, s/n</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Barcelona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kronan Bindor Normal med vingar, 24 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0035</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Apoteksgruppen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronosept AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 223</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ESLÖV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libresse Daily Fresh, Extra Long, 20 Liners</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0079, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libresse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libresse dailies fresch &amp; protect, PL,  REGULAR (5830)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0079, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libresse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libresse dailies style, So Slim, 20 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0079, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libresse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libresse goodnight, ULTRA LARGE+, (5685)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0079, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libresse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libresse PureSensitive, ULTRA NIGHT+, (8368)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0079, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libresse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libresse freshness &amp; protection, Ultra, 16 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0079, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libresse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libresse dailies fresh &amp; protect PL, REGULAR, (5875)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0079, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libresse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libresse V-Protection ULTRA LONG+, DUO PACK (8884)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0079, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libresse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libresse V-Protection ULTRA LONG+, DUO PACK (5254)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0079, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libresse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libresse comfort &amp; security MAXI, (4915)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0079, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libresse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lidl Siempre PADS NIGHT Extra long, 14 pieces</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Siempre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drylock Technologies S. r. l.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via delle Azalee 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buccinasco (Mi)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kronan Apotek Trosskydd Extra Långa utan vingar 35 pack</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0035</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronans Apotek</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronosept AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 223</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ESLÖV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vuokkoset Night Wings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4023 0019</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Pads</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Protective and Absorbent Hygiene Products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vuokkoset</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Delipap Oy</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Teollisuustie 19</x:v>
       </x:c>
       <x:c t="str">
         <x:v>VEIKKOLA</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Coop Änglamark Normal Pantyliners</x:v>
+        <x:v>ICA Bindor Ultra Super Long 12 st (Ultra Towel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0104, 5023 0022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ontex BV (Aalst Office)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Genthof 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buggenhout</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ekologisk Bomull Ultratunn Nattbindor med Vingar Silvercare, 10 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0068</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Suztain</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cotton HIGH TECH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colonia La Rabeia, s/n</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Barcelona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Organic Cotton Ultrathin Pantyliners GingerOrganic, individually wrapped, 24 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0068</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GingerOrganic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cotton HIGH TECH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colonia La Rabeia, s/n</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Barcelona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Organic Cotton Ultrathin Flex Adjustable Pantyliners GingerOrganic, 30 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0068</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GingerOrganic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cotton HIGH TECH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colonia La Rabeia, s/n</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Barcelona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libresse Dailies PureSensitive REGULAR, (8369)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0079, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libresse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libresse V-Protection Ultra+, Mega Pack, (10427)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0079, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libresse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libresse PureSensitive, Ultra+, 12 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0079, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libresse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libresse freshness &amp; protection, Ultra Long, 28 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0079, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libresse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libresse V-Protection Ultra+, Duo Pack, (10428)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0079, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libresse freshness &amp; protection, Ultra+, 14 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0079, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libresse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Hjärtat vårt hållbara val Trosskydd large, 28 st.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0028, 5023 0028</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA Hjärtat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Curatex GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dr. Herrmann-Lindrath-Strasse 23</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wahlstedt</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libresse Comfort &amp; Security 9 Maxi Long+ with wings (861306)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0079, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libresse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libresse comfort &amp; security MAXI+ (9314)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0090</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libresse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libresse V-Protection ULTRA+, DUO PACK 2x10 (5686)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0079, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libresse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vuokkoset Plant Based Normal Wings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4023 0019</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Pads</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Protective and Absorbent Hygiene Products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
+        <x:v>Vuokkoset</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delipap Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teollisuustie 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VEIKKOLA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>DeoDoc 100% Organic Cotton Liners, Trosskydd i 100% Ekologisk Bomull 24 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0035</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DeoDoc</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronosept AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 223</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ESLÖV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>DeoDoc Mama Care Organic Cotton Maternity pads. Förlossningsbinda i Ekologisk bomull, 10 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0035</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DeoDoc</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronosept AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 223</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ESLÖV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libresse, V-Protection, ULTRA (10948)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0079, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libresse Dailies V-Protection &amp; Freshness, Extra Long 38 pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0079, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libresse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Coop Änglamark Night ultratynde bind med vingar/vinger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4023 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
         <x:v>Änglamark</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Delipap Oy</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Teollisuustie 19</x:v>
       </x:c>
       <x:c t="str">
         <x:v>VEIKKOLA</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Coop Änglamark Super Ultra Thin With Wings</x:v>
+        <x:v>Natracare Ultra Pads Super With Wings, 12 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0025</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Natracare</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bodywise (UK) Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>14 Lower Court Road</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bristol</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Coop Änglamark Normal Ultra Thin With Wings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4023 0019</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Pads</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Protective and Absorbent Hygiene Products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Änglamark</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Delipap Oy</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Teollisuustie 19</x:v>
       </x:c>
       <x:c t="str">
         <x:v>VEIKKOLA</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Caroli Maxi Binden rmal, 20 pcs</x:v>
-[...415 lines deleted...]
-        <x:v>Vuokkoset Normal 14</x:v>
+        <x:v>Vuokkoset Normal wings 12</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4023 0019</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Pads</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Protective and Absorbent Hygiene Products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vuokkoset</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Delipap Oy</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Teollisuustie 19</x:v>
       </x:c>
       <x:c t="str">
         <x:v>VEIKKOLA</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Vuokkoset Cotton Normal 26</x:v>
-[...642 lines deleted...]
-        <x:v>5023 0104, 3023 0022</x:v>
+        <x:v>ICA Bindor Ultra natt 10 st (Ultra Towel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0104, 5023 0022</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Pads</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Protective and Absorbent Hygiene Products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ICA</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ontex BV (Aalst Office)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Genthof 5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Buggenhout</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>ICA Trosskydd Normal 32 st (Pantyliner)</x:v>
-[...17 lines deleted...]
-        <x:v>ICA</x:v>
+        <x:v>ICA Basic Binda Ultra Natt med vingar 10 st (Ultra Towel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0104, 5023 0022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pads</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA Basic</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ontex BV (Aalst Office)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Genthof 5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Buggenhout</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Vuokkoset Normal 14 pcs</x:v>
-[...3390 lines deleted...]
-      <x:c t="str">
         <x:v>ICA Basic Binda Ultra Normal Plus med vingar 14 st (Ultra Towel)</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>5023 0104, 3023 0022</x:v>
-[...31 lines deleted...]
-        <x:v>5023 0104, 3023 0022</x:v>
+        <x:v>5023 0104, 5023 0022</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Pads</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Protective and Absorbent Hygiene Products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ICA Basic</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ontex BV (Aalst Office)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Genthof 5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Buggenhout</x:v>
       </x:c>