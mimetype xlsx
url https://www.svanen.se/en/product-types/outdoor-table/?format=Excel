--- v0 (2025-12-24)
+++ v1 (2026-02-24)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf29a317dff15459f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc866452ccf0b4a12" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R804d7e7266d34d4c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="Rf038cfd06b0344ad"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R804d7e7266d34d4c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf038cfd06b0344ad" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
@@ -740,50 +740,370 @@
       </x:c>
       <x:c t="str">
         <x:v>Outdoor table</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HAGS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HAGS Aneby AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 133</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ANEBY</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>April Go Table (Folding, Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>April Stavanger Table (Free standing, Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bloc Table (Start module, Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bakbord med 4 säter Lekbord, röd/grå, 60-164-756</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bakbord med 4 säter Lekbord, trädstruktur/grå, 60-164-757</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vroom Table (Module, Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lekbord 0,55 m Lekbord, trestruktur, 60-164-552</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kinn table (6130 Kinn 780 table, Square. Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kinn table (6133 Kinn 780 table, Rectangular. Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>KAJEN - Table, 300 cm - Pine, Linax, Steel, Galvanised (U16-94/300LIN-VFZ)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3073 0014</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nola</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nola Industrier AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 17701</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Sjakkbord, lekbord, trästruktur, 81-300-042</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2073 0010</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Outdoor table</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grønvoldvegen 290</x:v>
@@ -1156,3539 +1476,3283 @@
       </x:c>
       <x:c t="str">
         <x:v>Outdoor table</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HAGS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HAGS Aneby AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 133</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ANEBY</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>April Go Table (Folding, Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
+        <x:v>April Table (Round, Steel, Galvanised, Powder coated (all RAL-classic colours), Nordic Pine)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2073 0007</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Outdoor table</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vestre</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vestre AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Drammensveien 44 A</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Oslo</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>April Stavanger Table (Free standing, Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
+        <x:v>April Table (Round, Free-standing, Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2073 0007</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Outdoor table</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vestre</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vestre AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Drammensveien 44 A</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Oslo</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Bloc Table (Start module, Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
+        <x:v>Vroom Table (For bench, Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2073 0007</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Outdoor table</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vestre</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vestre AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Drammensveien 44 A</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Oslo</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Bakbord med 4 säter Lekbord, röd/grå, 60-164-756</x:v>
-[...63 lines deleted...]
-        <x:v>Vroom Table (Module, Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
+        <x:v>Lekbord 0,55 m Lekbord, grön, 60-164-550</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forum table (2533A Forum table 2 metres, anchoring with base plate. Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2073 0007</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Outdoor table</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vestre</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vestre AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Drammensveien 44 A</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Oslo</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Lekbord 0,55 m Lekbord, trestruktur, 60-164-552</x:v>
-[...31 lines deleted...]
-        <x:v>Kinn table (6130 Kinn 780 table, Square. Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
+        <x:v>Forum table (2534A Forum table 3 metres, anchoring with base plate. Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2073 0007</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Outdoor table</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vestre</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vestre AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Drammensveien 44 A</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Oslo</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Kinn table (6133 Kinn 780 table, Rectangular. Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
+        <x:v>Sitsplatta, lekbord, ljus grön, 81-300-051</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ludobord, lekbord, ljus grön, 81-300-061</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ludobord, lekbord, trästruktur, 81-300-062</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ludobord med 2 sitsplatta, lekbord, grå, 81-300-110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ludobord med 2 sitsplatta, lekbord, trästruktur, 81-300-112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>1338 Via Table (Curved, Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya, All mounting options)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2073 0007</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Outdoor table</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vestre</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vestre AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Drammensveien 44 A</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Oslo</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>KAJEN - Table, 300 cm - Pine, Linax, Steel, Galvanised (U16-94/300LIN-VFZ)</x:v>
+        <x:v>Park Runt bord, utemöbler, grå, 81-200-400</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Solsiden bord utemöbler, grå, 81-201-030</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Park Högt Runt Bord, utemöbler, trästruktur glatt, 81-200-417</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Solsiden bänk, utemöbler, grå, 81-201-040</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Park Bord för rullestoler i underhållsfria material, park, ljus grön, 81-200-116</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bench Ekeby HPL item.8101199</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3073 0020, 3073 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAGS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAGS Aneby AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ANEBY</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Park Bench Ekeby HPL item.8101269</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3073 0020, 3073 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAGS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAGS Aneby AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ANEBY</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Park Bench Ekeby HPL item.8101285</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3073 0020, 3073 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAGS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAGS Aneby AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ANEBY</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Park Bench Ekeby HPL item.8101555</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3073 0020, 3073 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAGS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAGS Aneby AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ANEBY</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Table Ekeby HPL item.8101162</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3073 0020, 3073 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAGS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAGS Aneby AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ANEBY</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Table Ekeby HPL item.8101165</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3073 0020, 3073 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAGS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAGS Aneby AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ANEBY</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Picnic Table Linnea item. 8109781</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3073 0020, 3073 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAGS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAGS Aneby AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ANEBY</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bord för rullestol i underhållsfria material, park, ljus grön, 81-200-101</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bord för rullestoler i underhållsfria material, park, ljus grön, 81-200-111</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sjakkbord med 2 sitsplatta, lekbord, trästruktur, 81-300-102</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Solsiden bord utemöbler, trästruktur, 81-201-037</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Park Bench Ekeby HPL item. 8101284</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3073 0020, 3073 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAGS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAGS Aneby AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ANEBY</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Olvon Picnic Table (Beige) item.8101378</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3073 0020, 3073 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAGS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAGS Aneby AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ANEBY</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bench Ekeby HPL item.8101178</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3073 0020, 3073 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAGS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAGS Aneby AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ANEBY</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Park Bench Ekeby HPL item.8101265</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3073 0020, 3073 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAGS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAGS Aneby AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ANEBY</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Park Bench Ekeby HPL item.8101287</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3073 0020, 3073 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAGS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAGS Aneby AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ANEBY</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Park Bench Ekeby HPL item.8101559</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3073 0020, 3073 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAGS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAGS Aneby AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ANEBY</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Park Bench Ekeby HPL item.8101560</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3073 0020, 3073 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAGS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAGS Aneby AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ANEBY</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Table Ekeby HPL item.8101159</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3073 0020, 3073 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAGS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAGS Aneby AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ANEBY</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Table Ekeby HPL item.8101164</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3073 0020, 3073 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAGS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAGS Aneby AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ANEBY</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Picnic Table Linnea item. 8109780</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3073 0020, 3073 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAGS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAGS Aneby AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ANEBY</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>April Table (Rectangular, Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bloc Table (End module, Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lekbord med 4 säter Lekbord, grön/grå, 60-164-760</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forum table (2533 Forum table 2 metres, free-standing. Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forum table (2534C Forum table 3 metres, casting in the ground. Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bakbord med 4 säter Lekbord, röd/blå, 60-164-755</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lekbord 0,35 m Lekbord, röd, 60-164-401</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forum table (2533C Forum table 2 metres, casting in the ground. Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forum table (2534 Forum table 3 metres, free-standing. Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forum table (2536C Forum table 3 metres B750mm, casting in the ground. Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>KAJEN - Table, 180 cm - Pine, Linax, Steel, Galvanised (U16-94/180LIN-VFZ)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3073 0014</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Outdoor table</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nola</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nola Industrier AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 17701</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stockholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>April Table (Round, Steel, Galvanised, Powder coated (all RAL-classic colours), Nordic Pine)</x:v>
+        <x:v>KAJEN - Table, 120 cm - Pine, Linax, Steel, Galvanised (U16-94/120LIN-VFZ)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3073 0014</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nola</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nola Industrier AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 17701</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bord i underhållsfria material, park, trästruktur, 81-200-097</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bord för rullestol i underhållsfria material, park, trästruktur, 81-200-102</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bord för rullestoler i underhållsfria material, park, grå, 81-200-110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sitsplatta, lekbord, grå, 81-300-050</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>3836 Pop Table (Galvanised, Powder coated (all RAL-classic colours)All mounting options)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2073 0007</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Outdoor table</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vestre</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vestre AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Drammensveien 44 A</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Oslo</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>April Table (Round, Free-standing, Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
+        <x:v>Park Högt Runt Bord, utemöbler, trästruktur, 81-200-412</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Park Bord i underhållsfria material, park, grå, 81-200-095</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Park Bord i underhållsfria material, park, ljus grön, 81-200-096</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Olvon Picnic Table (Green) item.8101369</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3073 0020, 3073 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAGS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAGS Aneby AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ANEBY</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Linnea Picnic Table (Green) item.8101055</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3073 0020, 3073 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAGS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAGS Aneby AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ANEBY</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bench Ekeby HPL item.8101207</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3073 0020, 3073 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAGS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAGS Aneby AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ANEBY</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Park Bench Ekeby HPL item.8101268</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3073 0020, 3073 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAGS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAGS Aneby AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ANEBY</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Park Bench Ekeby HPL item.8101557</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3073 0020, 3073 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAGS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAGS Aneby AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ANEBY</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Table Ekeby HPL item.8101144</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3073 0020, 3073 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAGS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAGS Aneby AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ANEBY</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bench Ekeby HPL item.8101175</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3073 0020, 3073 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAGS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAGS Aneby AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ANEBY</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>April Go Table (Round, Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2073 0007</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Outdoor table</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vestre</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vestre AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Drammensveien 44 A</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Oslo</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Vroom Table (For bench, Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
+        <x:v>April Table (Square, Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2073 0007</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Outdoor table</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vestre</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vestre AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Drammensveien 44 A</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Oslo</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Lekbord 0,55 m Lekbord, grön, 60-164-550</x:v>
-[...31 lines deleted...]
-        <x:v>Forum table (2533A Forum table 2 metres, anchoring with base plate. Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
+        <x:v>April Table (Round, Large, Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2073 0007</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Outdoor table</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vestre</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vestre AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Drammensveien 44 A</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Oslo</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Forum table (2534A Forum table 3 metres, anchoring with base plate. Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
+        <x:v>Bloc Table (Middle module, Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2073 0007</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Outdoor table</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vestre</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vestre AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Drammensveien 44 A</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Oslo</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Sitsplatta, lekbord, ljus grön, 81-300-051</x:v>
-[...159 lines deleted...]
-        <x:v>1338 Via Table (Curved, Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya, All mounting options)</x:v>
+        <x:v>Vroom Table (Quadratic, Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2073 0007</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Outdoor table</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vestre</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vestre AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Drammensveien 44 A</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Oslo</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Park Runt bord, utemöbler, grå, 81-200-400</x:v>
-[...159 lines deleted...]
-        <x:v>Bench Ekeby HPL item.8101199</x:v>
+        <x:v>Lekbord med 4 säter Lekbord, röd/grå, 60-164-761</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kinn table (6135 Kinn 600 lounge table, Rectangular. Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bord i underhållsfria material, park, ljus grön, 81-200-091</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bord i underhållsfria material, park, trästruktur, 81-200-092</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sjakkbord, lekbord, ljus grön, 81-300-041</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sjakkbord med 2 sitsplatta, lekbord, ljus grön, 81-300-101</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Park Högt Runt Bord, utemöbler, grå, 81-200-410</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Park Runt bord, utemöbler, trästruktur, 81-200-402</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Park Runt bord, utemöbler, trästruktur glatt, 81-200-407</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Park Høit Rundad Bord Ø70 cm, park, trästruktur, 81-200-467</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Table Ekeby HPL item.8101171</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3073 0020, 3073 0020</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Outdoor table</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HAGS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HAGS Aneby AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 133</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ANEBY</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Park Bench Ekeby HPL item.8101269</x:v>
+        <x:v>Picnic Table Hallon item. 8104195</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3073 0020, 3073 0020</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Outdoor table</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HAGS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HAGS Aneby AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 133</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ANEBY</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Park Bench Ekeby HPL item.8101285</x:v>
+        <x:v>April Bar table (Parklets 2.0, Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>April Table (Round, Steel, Short, Galvanised, Powder coated (all RAL-classic colours), Nordic Pine)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>April Table (Handicap, Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>April Stavanger Table (Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bloc Table (For sunbench, Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vroom Table (Normal, Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Urban Table (Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Urban  Table  (HC, Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lekbord med 4 säter Lekbord, trestruktur/grå, 60-164-762</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kinn table 6134 Kinn 600 lounge table, Square. Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bord för rullestoler i underhållsfria material, park, trästruktur, 81-200-117</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sjakkbord, lekbord, grå, 81-300-040</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sjakkbord med 2 sitsplatta, lekbord, grå, 81-300-100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>1336 Via Table (Straight, Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya, All mounting options)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Park Høit Rundad Bord Ø70 cm, park, ljus grön, 81-200-466</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Olvon Picnic Table (Green) item.8101375</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3073 0020, 3073 0020</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Outdoor table</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HAGS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HAGS Aneby AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 133</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ANEBY</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Park Bench Ekeby HPL item.8101555</x:v>
+        <x:v>Bench Ekeby HPL item.8101180</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3073 0020, 3073 0020</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Outdoor table</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HAGS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HAGS Aneby AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 133</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ANEBY</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Table Ekeby HPL item.8101162</x:v>
+        <x:v>Bench Ekeby HPL item.8101202</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3073 0020, 3073 0020</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Outdoor table</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HAGS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HAGS Aneby AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 133</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ANEBY</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Table Ekeby HPL item.8101165</x:v>
+        <x:v>Park Bench Ekeby HPL item.8101558</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3073 0020, 3073 0020</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Outdoor table</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HAGS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HAGS Aneby AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 133</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ANEBY</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Park Bench Ekeby HPL item. 8101284</x:v>
-[...2398 lines deleted...]
-      <x:c t="str">
         <x:v>Table Ekeby HPL item.8101147</x:v>
-      </x:c>
-[...30 lines deleted...]
-        <x:v>Bench Ekeby HPL item.8101202</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3073 0020, 3073 0020</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Outdoor table</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HAGS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HAGS Aneby AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 133</x:v>
       </x:c>