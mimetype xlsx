--- v0 (2025-12-20)
+++ v1 (2026-02-24)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1984312bf3b04ddb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R03e509b324a24b69" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R8bd4bdee48b8408d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="Rd139922da7b84cba"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8bd4bdee48b8408d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd139922da7b84cba" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
@@ -676,186 +676,186 @@
       </x:c>
       <x:c t="str">
         <x:v>Outdoor furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vestre</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vestre AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Drammensveien 44 A</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Oslo</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Vroom Bench (Straight, 600mm, Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Plinth Bench  (H250, Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Plinth Bike rack (Galvanised, Powder coated (all RAL-classic colours))</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Urban Seat  (Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Ulefosbenken, uten ryggstøtte og uten armlener (Pulver-lakkert støpejern og trevirke i Accoya, ubehandlet/alle NCS farger/alle RAL-farger)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2073 0013</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Outdoor furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ulefos</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ulefos AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Postboks 24</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ulefoss</x:v>
-      </x:c>
-[...126 lines deleted...]
-        <x:v>Oslo</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>