--- v0 (2025-12-24)
+++ v1 (2026-02-11)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R69bdb826f2114d70" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R92377e36ecc8408c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R6c4efdc6f407451f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="Re27e927a56ee4258"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6c4efdc6f407451f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re27e927a56ee4258" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
@@ -516,50 +516,114 @@
       </x:c>
       <x:c t="str">
         <x:v>Outdoor fitness equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grønvoldvegen 290</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ULEFOSS</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Spirer Double Monkey Bar - Stainless</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5073 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor fitness equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOORD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOORD ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teglovnsvej 25, mf</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ringsted</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Spirer TRX - Long - Stainless</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5073 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor fitness equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOORD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOORD ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teglovnsvej 25, mf</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ringsted</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Workout set 4 FH&lt;1,5m (16630), kroppsviktsträning, grå/svart, 16-101-395</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2073 0010</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Outdoor fitness equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grønvoldvegen 290</x:v>
@@ -580,114 +644,50 @@
       </x:c>
       <x:c t="str">
         <x:v>Outdoor fitness equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grønvoldvegen 290</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ULEFOSS</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Spirer Double Monkey Bar - Stainless</x:v>
-[...62 lines deleted...]
-      <x:c t="str">
         <x:v>OCR Over Under - Under Beam</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5073 0019</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Outdoor fitness equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>NOORD</x:v>
       </x:c>
       <x:c t="str">
         <x:v>NOORD ApS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Teglovnsvej 25, mf</x:v>
@@ -996,178 +996,178 @@
       </x:c>
       <x:c t="str">
         <x:v>Outdoor fitness equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grønvoldvegen 290</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ULEFOSS</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Spirer Pilates Ø65</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5073 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor fitness equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOORD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOORD ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teglovnsvej 25, mf</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ringsted</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>OCR Incline Wall - Single</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5073 0019</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Outdoor fitness equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>NOORD</x:v>
       </x:c>
       <x:c t="str">
         <x:v>NOORD ApS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Teglovnsvej 25, mf</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ringsted</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>OCR Over Under - Beam</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5073 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor fitness equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOORD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOORD ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teglovnsvej 25, mf</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ringsted</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Spirer Box - H45 - Stainless</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5073 0019</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Outdoor fitness equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>NOORD</x:v>
       </x:c>
       <x:c t="str">
         <x:v>NOORD ApS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Teglovnsvej 25, mf</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ringsted</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>OCR Over Under - Beam</x:v>
-[...62 lines deleted...]
-      <x:c t="str">
         <x:v>Spirer Plateau Ø150</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5073 0019</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Outdoor fitness equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>NOORD</x:v>
       </x:c>
       <x:c t="str">
         <x:v>NOORD ApS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Teglovnsvej 25, mf</x:v>
@@ -1540,83 +1540,339 @@
       </x:c>
       <x:c t="str">
         <x:v>Outdoor fitness equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grønvoldvegen 290</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ULEFOSS</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Spirer Incline Bench - Stainless</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5073 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor fitness equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOORD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOORD ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teglovnsvej 25, mf</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ringsted</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OCR Horizontal Ladder - Single</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5073 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor fitness equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOORD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOORD ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teglovnsvej 25, mf</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ringsted</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OCR Horizontal Ladder - Double</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5073 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor fitness equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOORD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOORD ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teglovnsvej 25, mf</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ringsted</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Spirer Arched Monkey - Stainless</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5073 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor fitness equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOORD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOORD ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teglovnsvej 25, mf</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ringsted</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Spirer 1800</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5073 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor fitness equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOORD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOORD ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teglovnsvej 25, mf</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ringsted</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Spirer Plateau Ø75</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5073 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor fitness equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOORD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOORD ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teglovnsvej 25, mf</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ringsted</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Spirer TRX - Short - Stainless</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5073 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor fitness equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOORD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOORD ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teglovnsvej 25, mf</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ringsted</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>OCR Balance Beam</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5073 0019</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Outdoor fitness equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>NOORD</x:v>
       </x:c>
       <x:c t="str">
         <x:v>NOORD ApS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Teglovnsvej 25, mf</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ringsted</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Spirer 1800</x:v>
+        <x:v>Spirer GHD - Stainless</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5073 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor fitness equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOORD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOORD ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teglovnsvej 25, mf</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ringsted</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Spirer Battle Rope - Short - Stainless</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5073 0019</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Outdoor fitness equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>NOORD</x:v>
       </x:c>
       <x:c t="str">
         <x:v>NOORD ApS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Teglovnsvej 25, mf</x:v>
       </x:c>
@@ -1632,306 +1888,50 @@
         <x:v>2073 0010</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Outdoor fitness equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grønvoldvegen 290</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ULEFOSS</x:v>
-      </x:c>
-[...254 lines deleted...]
-        <x:v>Ringsted</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Spirer Box - H25 - Stainless</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5073 0019</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Outdoor fitness equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>NOORD</x:v>
       </x:c>
       <x:c t="str">