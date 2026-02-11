--- v0 (2025-12-24)
+++ v1 (2026-02-11)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb646d8439164f5a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re3f61acd59e94dc2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R7a9192fed2544251"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R4d0f1da9ea44492e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R7a9192fed2544251" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4d0f1da9ea44492e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
@@ -932,50 +932,274 @@
       </x:c>
       <x:c t="str">
         <x:v>Outdoor chair</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grønvoldvegen 290</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ULEFOSS</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Kinn chair (6114 Kinn chair. Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor chair</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Park Stol med rygg och armstöd, utemöbler, grå, 81-200-370</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor chair</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Park Stol med ryggstöd, utemöbler, lys grön, 81-200-361</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor chair</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Park Stol med rygg och armstöd, utemöbler, trästruktur, 81-200-372</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor chair</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Solsiden stol, utemöbler, grå, 81-201-000</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor chair</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Park Stol med ryggstöd, utemöbler, ljus grön, 81-200-366</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor chair</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Park Stol med rygg och armstöd, utemöbler, grå, 81-200-375</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor chair</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>April Stavanger Seat (Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2073 0007</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Outdoor chair</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vestre</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vestre AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Drammensveien 44 A</x:v>
@@ -1088,274 +1312,50 @@
         <x:v>5073 0008</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Outdoor chair</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Out-Sider</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Out-Sider A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kigkurren 8A</x:v>
       </x:c>
       <x:c t="str">
         <x:v>København S</x:v>
-      </x:c>
-[...222 lines deleted...]
-        <x:v>ULEFOSS</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>April Stool (Free standing, Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2073 0007</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Outdoor chair</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vestre</x:v>
       </x:c>
       <x:c t="str">