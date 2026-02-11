--- v0 (2025-12-24)
+++ v1 (2026-02-11)
@@ -1,85 +1,917 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra55e226b0f254f3b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3be6051e2d95414f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R2efccaaabfc84852"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="Ra078c99b7977421a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R2efccaaabfc84852" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra078c99b7977421a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Brand</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Licensee</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c t="str">
         <x:v>City</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Code Square base (Galvanised, Powder coated (all RAL-classic colours))</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Code Square planter (Low, Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vroom Angle, 30dg (Galvanised, Powder coated (all RAL-classic colours))</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vroom Angle, 60dg (Galvanised, Powder coated (all RAL-classic colours))</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vroom Angle, 90dg (Galvanised, Powder coated (all RAL-classic colours))</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Munch Bench (Galvanised, Powder coated (all RAL-classic colours))</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Porto  Bench  (Wallmount, C, Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Porto  Bench  (Free-standing , D, Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>KAJEN - Bench, 300 cm - Pine, Linax, Steel, Galvanised (U16-92/300LIN-VFZ)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3073 0014</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nola</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nola Industrier AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 17701</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>KAJEN - Bench, 180 cm - Pine, Linax, Steel, Galvanised (U16-92/180LIN-VFZ)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3073 0014</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nola</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nola Industrier AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 17701</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bänk i underhållsfria material, park, ljus grön, 81-200-151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bänk i underhållsfria material,  park, trästruktur, 81-200-152</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bänk 170cm med ryggstöd och armstöd, park, grå, 81-200-180</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Curved bänk i underhållsfria material, park, grå, 81-200-190</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>1350 Via Connector (Galvanised, Powder coated (all RAL-classic colours)All mounting options)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>5825 Vestre Habitats Wings (Galvanised, Powder coated (all RAL-classic colours)All mounting options)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>5826 Vestre Habitats Wings (Galvanised, Powder coated (all RAL-classic colours)All mounting options)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>4010 Kong Stool (Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya, All mounting options)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>1306 Via Bench (Straight, Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya, All mounting options)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Park Sekskant Bänk, park, trästruktur glatt, 81-200-427</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Park Halv Sekskant Bänk, park, trästruktur, 81-200-442</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Park Halv Sekskant Bänk, park, grå glatt, 81-200-445</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Seniorbänk 3 säten m/mellanarm, park, ljusgrå, 81-201-130</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Seniorbänk 3 säten m/mellanarm, park, trästruktur, 81-201-132</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Seniorbänk 2 sittplatser, park, ljusgrå, 81-201-220</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Seniorbänk 4 platser 2R1, park, ljusgrå, 81-201-260</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>April Bench (Armrest, Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2073 0007</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Outdoor bench</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vestre</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vestre AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Drammensveien 44 A</x:v>
@@ -292,306 +1124,50 @@
       </x:c>
       <x:c t="str">
         <x:v>Outdoor bench</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vestre</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vestre AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Drammensveien 44 A</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Oslo</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Code Square base (Galvanised, Powder coated (all RAL-classic colours))</x:v>
-[...254 lines deleted...]
-      <x:c t="str">
         <x:v>Porto  Bench  (Wallmount, F, Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2073 0007</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Outdoor bench</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vestre</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vestre AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Drammensveien 44 A</x:v>
@@ -740,6770 +1316,6194 @@
       </x:c>
       <x:c t="str">
         <x:v>Outdoor bench</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vestre</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vestre AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Drammensveien 44 A</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Oslo</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>KAJEN - Bench, 300 cm - Pine, Linax, Steel, Galvanised (U16-92/300LIN-VFZ)</x:v>
+        <x:v>April Stavanger Bench (Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Stripes Bench (Rectangular, Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Stripes Bench (Middle module, Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Stripes Bench (Circle, Small, Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bloc Bench (Start module, Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bloc Bench (Single back, Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Loop Corner, recycled #20</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5073 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Out-Sider</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Out-Sider A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kigkurren 8A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København S</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forum bench (2502A Forum bench 1 metre, anchoring with base plate. Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Stoop bench (2417 Stoop bench, seating in wooden boards. Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Code Square armrest (Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Code Tilt base (Right, Galvanised, Powder coated (all RAL-classic colours))</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vroom Square (Closed, Galvanised, Powder coated (all RAL-classic colours))</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vroom Connector (1200mm, Galvanised, Powder coated (all RAL-classic colours))</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Porto  Bench  (Wallmount, B, Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>KAJEN - Low backed bench, 40 cm - Pine, Linax, Steel, Galvanised (U16-98/40LIN-VFZ)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3073 0014</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Outdoor bench</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nola</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nola Industrier AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 17701</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stockholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>KAJEN - Bench, 180 cm - Pine, Linax, Steel, Galvanised (U16-92/180LIN-VFZ)</x:v>
+        <x:v>KAJEN - Mini backed bench, 80 cm - Pine, Linax, Steel, Galvanised (U16-95/80LIN-VFZ)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3073 0014</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Outdoor bench</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nola</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nola Industrier AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 17701</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stockholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Bänk i underhållsfria material, park, ljus grön, 81-200-151</x:v>
+        <x:v>KAJEN - Low backed bench, 120 cm - Pine, Linax, Steel, Galvanised (U16-98/120LIN-VFZ)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3073 0014</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nola</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nola Industrier AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 17701</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bänk 170cm med ryggstöd, park, trästruktur, 81-200-172</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2073 0010</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Outdoor bench</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grønvoldvegen 290</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ULEFOSS</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Bänk i underhållsfria material,  park, trästruktur, 81-200-152</x:v>
+        <x:v>1327 Via Backrest (Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya, All mounting options)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>1330 Via Bench (Wallmount, Curved, Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya, All mounting options)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>2336 Parc Table (Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya, All mounting options)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>3806 Pop Bench (Galvanised, Powder coated (all RAL-classic colours)All mounting options)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>5854 Vestre Habitats Decay (Galvanised, Powder coated (all RAL-classic colours)All mounting options)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Park Sekskant Bänk, park, lys grön, 81-200-421</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2073 0010</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Outdoor bench</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grønvoldvegen 290</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ULEFOSS</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Bänk 170cm med ryggstöd och armstöd, park, grå, 81-200-180</x:v>
+        <x:v>Park Halv Sekskant Bänk, park, ljus grön glatt, 81-200-446</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2073 0010</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Outdoor bench</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grønvoldvegen 290</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ULEFOSS</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Curved bänk i underhållsfria material, park, grå, 81-200-190</x:v>
+        <x:v>Park Halv Bänk med ryggstöd, park, ljus grön, 81-200-451</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2073 0010</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Outdoor bench</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grønvoldvegen 290</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ULEFOSS</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>1350 Via Connector (Galvanised, Powder coated (all RAL-classic colours)All mounting options)</x:v>
-[...159 lines deleted...]
-        <x:v>Park Sekskant Bänk, park, trästruktur glatt, 81-200-427</x:v>
+        <x:v>Seniorbänk 2 säten m/mellanarm, park, ljusgrå, 81-201-120</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2073 0010</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Outdoor bench</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grønvoldvegen 290</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ULEFOSS</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Park Halv Sekskant Bänk, park, trästruktur, 81-200-442</x:v>
+        <x:v>Seniorbänk 4 säten m/mellanarm 2R1, park, trästruktur, 81-201-162</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2073 0010</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Outdoor bench</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grønvoldvegen 290</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ULEFOSS</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Park Halv Sekskant Bänk, park, grå glatt, 81-200-445</x:v>
+        <x:v>Seniorbänk 2 sittplatser, park, trästruktur, 81-201-222</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2073 0010</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Outdoor bench</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grønvoldvegen 290</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ULEFOSS</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Seniorbänk 3 säten m/mellanarm, park, ljusgrå, 81-201-130</x:v>
+        <x:v>KAJEN - Low backed bench, 180 cm - Pine, Linax, Steel, Galvanised (U16-98/180LIN-VFZ)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3073 0014</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nola</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nola Industrier AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 17701</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>KAJEN - Backed bench, park model, 300 cm - Pine, Linax, Steel, Galvanised (U16-90/300LIN-VFZ)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3073 0014</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nola</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nola Industrier AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 17701</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>KAJEN - Backed bench, park model, 180 cm - Pine, Linax, Steel, Galvanised (U16-90/180LIN-VFZ)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3073 0014</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nola</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nola Industrier AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 17701</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bänk 170cm med ryggstöd, park, trästruktur, 81-200-177</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2073 0010</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Outdoor bench</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grønvoldvegen 290</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ULEFOSS</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Seniorbänk 3 säten m/mellanarm, park, trästruktur, 81-201-132</x:v>
+        <x:v>Bänk 170cm med ryggstöd och armstöd, park, trästruktur, 81-200-182</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2073 0010</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Outdoor bench</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grønvoldvegen 290</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ULEFOSS</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Seniorbänk 2 sittplatser, park, ljusgrå, 81-201-220</x:v>
+        <x:v>Curved bänk i underhållsfria material, park, trästruktur, 81-200-197</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2073 0010</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Outdoor bench</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grønvoldvegen 290</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ULEFOSS</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Seniorbänk 4 platser 2R1, park, ljusgrå, 81-201-260</x:v>
+        <x:v>5212 Stones Bench (H600, Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya, All mounting options)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>3882 Pop Planter (Galvanised, Powder coated (all RAL-classic colours)All mounting options)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>3886 Pop Planter (Galvanised, Powder coated (all RAL-classic colours)All mounting options)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>3817 Pop Bench (Galvanised, Powder coated (all RAL-classic colours)All mounting options)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>3870 Pop Screen (Galvanised, Powder coated (all RAL-classic colours)All mounting options)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>3874 Pop Screen (Galvanised, Powder coated (all RAL-classic colours)All mounting options)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>5803 Vestre Habitats Bench (Double, Log, Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya, All mounting options)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>4033 Kong Table (Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya, All mounting options)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>6210 Ypsilon Bench (Circle, Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya, All mounting options)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>6216 Ypsilon Bench (Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya, All mounting options)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>1320 Via Bench (Wallmount, Straight, Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya, All mounting options)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>5202 Stones Bench (H450, Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya, All mounting options)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Park Sekskant Bänk, park, ljus grön glatt, 81-200-426</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2073 0010</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Outdoor bench</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grønvoldvegen 290</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ULEFOSS</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>April Stavanger Bench (Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
-[...191 lines deleted...]
-        <x:v>Loop Corner, recycled #20</x:v>
+        <x:v>Park Sekskant Bänk 170 cm med ryggstöd, park, ljus grön, 81-200-431</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Park Halv Sekskant Bänk, park, lys grön, 81-200-441</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Park Halv Bänk med ryggstöd, park, ljus grön glatt, 81-200-456</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Seniorbänk 1 sittplatser, park, trästruktur, 81-201-112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Seniorbänk 2 säten m/mellanarm, park, trästruktur, 81-201-122</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Seniorbänk 4 säten m/mellanarm, park, ljusgrå, 81-201-140</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Seniorbänk 3-sits rollator, park, trästruktur, 81-201-152</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Seniorbänk 4 säten m/mellanarm 2R1, park, ljusgrå, 81-201-160</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Seniorbänk 4 sittplatser, park, trästruktur, 81-201-242</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>April Stavanger Bench (Wide body, Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bloc Bench (Middle module, Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bloc Bench (Middle connector, Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Stoop bench (2417 Stoop bench, seating in wooden boards. LED light. Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Code Tilt armrest (Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vroom Wall console (Galvanised, Powder coated (all RAL-classic colours))</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vroom Angle, 45dg (Galvanised, Powder coated (all RAL-classic colours))</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vroom Angle, 120dg (Galvanised, Powder coated (all RAL-classic colours))</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Porto  Bench  (Wallmount, D, Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>April Bench (Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>April Bench (Free standing, Armrest, Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>April Stavanger Bench (Free standing, Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>April Stavanger Bench (Armrest, Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bloc Bench (Armrest middle, Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Loop Arc,  recycled #20</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5073 0008</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Outdoor bench</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Out-Sider</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Out-Sider A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kigkurren 8A</x:v>
       </x:c>
       <x:c t="str">
         <x:v>København S</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Code Square armrest (Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
-[...223 lines deleted...]
-        <x:v>KAJEN - Low backed bench, 40 cm - Pine, Linax, Steel, Galvanised (U16-98/40LIN-VFZ)</x:v>
+        <x:v>Porto  Back (Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ulefosbenken, med ryggstøtte og armlener (Pulver-lakkert støpejern og trevirke i Accoya, ubehandlet/alle NCS farger/alle RAL-farger)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0013</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ulefos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ulefos AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 24</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ulefoss</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forum bench (2504A Forum bench 3 metres, anchoring with base plate. Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Stoop bench (2413 Stoop mini. Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Code Square seat (Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Code Tilt base (Left, Galvanised, Powder coated (all RAL-classic colours))</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Code Tilt wood (Side, Right, Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Code Distance module (Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vroom Bench (Straight, Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vroom Bench (Straight, 800mm, Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vroom Square end piece (Galvanised, Powder coated (all RAL-classic colours))</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bänk i underhållsfria material, park, grå, 81-200-150</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bänk i underhållsfria material,  park, trästruktur, 81-200-157</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bänk 170cm med ryggstöd, park, ljus grön, 81-200-171</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>3880 Pop Planter (Galvanised, Powder coated (all RAL-classic colours)All mounting options)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>5824 Vestre Habitats Wings (Galvanised, Powder coated (all RAL-classic colours)All mounting options)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Park Bänk 170 cm med ryggstöd och armstöd, park, ljus grön, 81-200-186</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Park Curved bänk i underhållsfria material, park, grå, 81-200-195</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Park Sekskant Bänk, park, grå, 81-200-420</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Park Sekskant Bänk, park, trästruktur, 81-200-422</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Park Sekskant Bänk 170 cm med ryggstöd, park, grå glatt, 81-200-435</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Park Halv Sekskant Bänk, park, trästruktur glatt, 81-200-447</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Park Halv Bänk med ryggstöd, park, grå, 81-200-450</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Park Halv Bänk med ryggstöd, park, grå glatt, 81-200-455</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Seniorbänk 1 sittplatser, park, ljusgrå, 81-201-110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Seniorbänk 3-sits rollator, park, ljusgrå, 81-201-152</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Seniorbänk 4 säten m/mellanarm 1R2, park, ljusgrå, 81-201-170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>April Stavanger Standing bench (Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Stripes Bench (Start module, Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bloc Bench (Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bloc Bench (Midlle back, Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Loop, recycled #20</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5073 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Out-Sider</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Out-Sider A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kigkurren 8A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København S</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Loop Line, recycled #20</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5073 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Out-Sider</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Out-Sider A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kigkurren 8A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København S</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boa, recycled #20</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5073 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Out-Sider</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Out-Sider A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kigkurren 8A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København S</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forum bench (2525 Forum armrest. Galvanised, Powder coated (all RAL-classic colours))</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Stoop bench (2417 Stoop bench, seating in wooden boards. USB. Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Code Tilt seat (Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Code Square planter (High, Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Code Tilt wood (Seat, Left, Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vroom Curved end (Galvanised, Powder coated (all RAL-classic colours))</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vroom Square (Open, Galvanised, Powder coated (all RAL-classic colours))</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vroom Angle, 15dg (Galvanised, Powder coated (all RAL-classic colours))</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Porto  Bench  (Free-standing , A, Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>KAJEN - Mini backed bench, 40 cm - Pine, Linax, Steel, Galvanised (U16-95/40LIN-VFZ)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3073 0014</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Outdoor bench</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nola</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nola Industrier AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 17701</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stockholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>KAJEN - Mini backed bench, 80 cm - Pine, Linax, Steel, Galvanised (U16-95/80LIN-VFZ)</x:v>
+        <x:v>KAJEN - Bench, 120 cm - Pine, Linax, Steel, Galvanised (U16-92/120LIN-VFZ)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3073 0014</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Outdoor bench</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nola</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nola Industrier AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 17701</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stockholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>KAJEN - Low backed bench, 120 cm - Pine, Linax, Steel, Galvanised (U16-98/120LIN-VFZ)</x:v>
+        <x:v>Curved bänk i underhållsfria material, park, trästruktur, 81-200-192</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>5813 Vestre Habitats Bench (Pile, Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya, All mounting options)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>1325 Via Armrest (Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya, All mounting options)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>2318 Parc Chair (Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya, All mounting options)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>2317 Parc Bench (Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya, All mounting options)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>5208 Stones Bench (H600, Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya, All mounting options)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>5210 Stones Bench (H450, Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya, All mounting options)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>5827 Vestre Habitats Wings (Galvanised, Powder coated (all RAL-classic colours)All mounting options)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>4025 Kong Armrest (Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya, All mounting options)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>6206 Ypsilon Bench (Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya, All mounting options)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>1310 Via Bench (Circle, Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya, All mounting options)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Park Sekskant Bänk 170 cm med ryggstöd, park, ljus grön glatt, 81-200-436</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Park Halv Bänk med ryggstöd, park, trästruktur, 81-200-452</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Seniorbänk 4 sittplatser, park, ljusgrå, 81-201-240</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Seniorbänk 4 platser 2R1, park, trästruktur, 81-201-262</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Seniorbänk 4 platser 1R2, park, trästruktur, 81-201-272</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Stripes Bench (Circle, Large, Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Stripes Bench (Circle, Cylinder, Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Stripes Backrest (Regular, Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bloc Bench (Seating module, Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Porto  Bench  (Wallmount, H=187 mm, Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Porto  Armrest  (Galvanised, Powder coated (all RAL-classic colours))</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forum bench (2522 Forum backrest for 2 and 3 metre bench. Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Code Square wood (Seat, Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Code Tilt bridge (Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Code Tilt wood (Side, Left, Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vroom Bench (Circle, Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vroom Bench (Straight, 1200mm, Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vroom Connector (600mm, Galvanised, Powder coated (all RAL-classic colours))</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Porto  Bench  (Free-standing, B, Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>KAJEN - Mini backed bench, 120 cm - Pine, Linax, Steel, Galvanised (U16-95/120LIN-VFZ)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3073 0014</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Outdoor bench</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nola</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nola Industrier AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 17701</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stockholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Bänk 170cm med ryggstöd, park, trästruktur, 81-200-172</x:v>
+        <x:v>Bänk 170cm med ryggstöd och armstöd, park, trästruktur, 81-200-187</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2073 0010</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Outdoor bench</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grønvoldvegen 290</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ULEFOSS</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>1327 Via Backrest (Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya, All mounting options)</x:v>
-[...159 lines deleted...]
-        <x:v>Park Sekskant Bänk, park, lys grön, 81-200-421</x:v>
+        <x:v>1308 Via Bench (Curved, Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya, All mounting options)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>5204 Stones Bench (H600, Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya, All mounting options)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>5862 Vestre Habitats Decay (Galvanised, Powder coated (all RAL-classic colours)All mounting options)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kong Sun Bench (4066A Kong sun bench, anchoring with base plate. Galvanised, Powder coated (all RAL-classic colours), Linseed oil proofed Nordic pine (standard wood), Kebony Clear, Oiled oak, Oiled ash, Accoya)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>6217 Ypsilon Bench (Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya, All mounting options)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Solsiden bänk, utemöbler, trästruktur, 81-201-047</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2073 0010</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Outdoor bench</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grønvoldvegen 290</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ULEFOSS</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Park Halv Sekskant Bänk, park, ljus grön glatt, 81-200-446</x:v>
+        <x:v>Park Bänk i underhållsfria material, park, ljus grön, 81-200-156</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2073 0010</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Outdoor bench</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grønvoldvegen 290</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ULEFOSS</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Park Halv Bänk med ryggstöd, park, ljus grön, 81-200-451</x:v>
+        <x:v>Park Bänk 170 cm med ryggstöd, park, ljus grön, 81-200-176</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2073 0010</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Outdoor bench</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grønvoldvegen 290</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ULEFOSS</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Seniorbänk 2 säten m/mellanarm, park, ljusgrå, 81-201-120</x:v>
+        <x:v>Park Bänk 170 cm med ryggstöd och armstöd, park, grå, 81-200-185</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2073 0010</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Outdoor bench</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grønvoldvegen 290</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ULEFOSS</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Seniorbänk 4 säten m/mellanarm 2R1, park, trästruktur, 81-201-162</x:v>
+        <x:v>Park Sekskant Bänk 170 cm med ryggstöd, park, grå, 81-200-430</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2073 0010</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Outdoor bench</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grønvoldvegen 290</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ULEFOSS</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Seniorbänk 2 sittplatser, park, trästruktur, 81-201-222</x:v>
+        <x:v>Park Halv Sekskant Bänk, park, grå, 81-200-440</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2073 0010</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Outdoor bench</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grønvoldvegen 290</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ULEFOSS</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Stoop bench (2417 Stoop bench, seating in wooden boards. LED light. Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
-[...31 lines deleted...]
-        <x:v>KAJEN - Low backed bench, 180 cm - Pine, Linax, Steel, Galvanised (U16-98/180LIN-VFZ)</x:v>
+        <x:v>Seniorbänk 4 säten m/mellanarm 1R2, park, trædstruktur, 81-201-172</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Seniorbänk 4 platser 1R2, park, ljusgrå, 81-201-270</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>April Bench (Free standing, Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Stripes Bench (Halfcircle, Closed, Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bloc Bench (End module, Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bloc Bench (Right back, Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Porto  Bench  (Wallmount, H=135 mm, Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forum bench (2503 Forum bench 2 metres, free-standing. Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forum bench (2504 Forum bench 3 metres, free-standing. Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forum bench (2504C Forum bench 3 metres, casting in the ground. Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Stoop bench (2416 Stoop bench, rubber seating. Galvanised, Powder coated (all RAL-classic colours))</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Code Tilt wood (Seat, Right, Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Folk Bench (Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vroom Bench (Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vroom Armrest (Galvanised, Powder coated (all RAL-classic colours))</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Porto  Bench  (Free-standing, C, Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Porto  Bench  (Wallmount, E, Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Porto  Bench  (Free-standing, F, Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>KAJEN - Low backed bench, 300 cm - Pine, Linax, Steel, Galvanised (U16-98/300LIN-VFZ)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3073 0014</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Outdoor bench</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nola</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nola Industrier AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 17701</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stockholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>KAJEN - Backed bench, park model, 300 cm - Pine, Linax, Steel, Galvanised (U16-90/300LIN-VFZ)</x:v>
+        <x:v>KAJEN - Backed bench, park model, 120 cm - Pine, Linax, Steel, Galvanised (U16-90/120LIN-VFZ)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3073 0014</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Outdoor bench</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nola</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nola Industrier AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 17701</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stockholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>KAJEN - Backed bench, park model, 180 cm - Pine, Linax, Steel, Galvanised (U16-90/180LIN-VFZ)</x:v>
-[...31 lines deleted...]
-        <x:v>Bänk 170cm med ryggstöd, park, trästruktur, 81-200-177</x:v>
+        <x:v>Bänk 170cm med ryggstöd, park, grå, 81-200-170</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2073 0010</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Outdoor bench</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grønvoldvegen 290</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ULEFOSS</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Bänk 170cm med ryggstöd och armstöd, park, trästruktur, 81-200-182</x:v>
+        <x:v>Bänk 170cm med ryggstöd och armstöd, park, ljus grön, 81-200-181</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2073 0010</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Outdoor bench</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grønvoldvegen 290</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ULEFOSS</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Curved bänk i underhållsfria material, park, trästruktur, 81-200-197</x:v>
+        <x:v>Curved bänk i underhållsfria material, park, ljus grön, 81-200-191</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2073 0010</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Outdoor bench</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grønvoldvegen 290</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ULEFOSS</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>5212 Stones Bench (H600, Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya, All mounting options)</x:v>
-[...383 lines deleted...]
-        <x:v>Park Sekskant Bänk, park, ljus grön glatt, 81-200-426</x:v>
+        <x:v>1384 Via Planter (Galvanised, Powder coated (all RAL-classic colours)All mounting options)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>5206 Stones Bench (H450, Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya, All mounting options)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>3884 Pop Planter (Galvanised, Powder coated (all RAL-classic colours)All mounting options)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>3872 Pop Screen (Galvanised, Powder coated (all RAL-classic colours)All mounting options)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Park Bänk 170 cm med ryggstöd, park, grå, 81-200-175</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2073 0010</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Outdoor bench</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grønvoldvegen 290</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ULEFOSS</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Park Sekskant Bänk 170 cm med ryggstöd, park, ljus grön, 81-200-431</x:v>
+        <x:v>Park Sekskant Bänk 170 cm med ryggstöd, park, trästruktur, 81-200-432</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2073 0010</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Outdoor bench</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grønvoldvegen 290</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ULEFOSS</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Park Halv Sekskant Bänk, park, lys grön, 81-200-441</x:v>
+        <x:v>Seniorbänk 4 säten m/mellanarm, park, trästruktur, 81-201-142</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2073 0010</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Outdoor bench</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grønvoldvegen 290</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ULEFOSS</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Park Halv Bänk med ryggstöd, park, ljus grön glatt, 81-200-456</x:v>
+        <x:v>Seniorbänk 3 sittplatser, park, ljusgrå, 81-201-230</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2073 0010</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Outdoor bench</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grønvoldvegen 290</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ULEFOSS</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Seniorbänk 1 sittplatser, park, trästruktur, 81-201-112</x:v>
+        <x:v>Seniorbänk 3 sittplatser, park, trästruktur, 81-201-232</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2073 0010</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Outdoor bench</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grønvoldvegen 290</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ULEFOSS</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Seniorbänk 2 säten m/mellanarm, park, trästruktur, 81-201-122</x:v>
-[...4446 lines deleted...]
-      <x:c t="str">
         <x:v>April Bench (Wide body, Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2073 0007</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Outdoor bench</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vestre</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vestre AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Drammensveien 44 A</x:v>
@@ -7588,50 +7588,178 @@
       </x:c>
       <x:c t="str">
         <x:v>Outdoor bench</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vestre</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vestre AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Drammensveien 44 A</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Oslo</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Porto  Bench  (Wallmount, K, Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Porto  Back  and armrest  (Right, Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Urban  Armrest  (Galvanised, Powder coated (all RAL-classic colours))</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forum bench (2502C Forum bench 1 metre, casting in the ground. Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Code Square wood (Side, Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2073 0007</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Outdoor bench</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vestre</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vestre AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Drammensveien 44 A</x:v>
@@ -7685,178 +7813,50 @@
       <x:c t="str">
         <x:v>Outdoor bench</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vestre</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vestre AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Drammensveien 44 A</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Oslo</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Porto  Bench  (Free-standing, E, Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
-      </x:c>
-[...126 lines deleted...]
-        <x:v>Forum bench (2502C Forum bench 1 metre, casting in the ground. Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2073 0007</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Outdoor bench</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vestre</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vestre AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Drammensveien 44 A</x:v>
       </x:c>