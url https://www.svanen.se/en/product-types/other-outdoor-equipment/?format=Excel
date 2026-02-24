--- v0 (2025-12-24)
+++ v1 (2026-02-24)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44b53fecf1964395" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab448bbf6ce04cae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R9d4ad514227848f4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="Rf1fe810944824976"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R9d4ad514227848f4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf1fe810944824976" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
@@ -228,114 +228,114 @@
       </x:c>
       <x:c t="str">
         <x:v>Other outdoor equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nola</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nola Industrier AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 17701</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stockholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Urban  Bollard  (Galvanised, Powder coated (all RAL-classic colours))</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Other outdoor equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>KAJEN - Footrest, 180 cm - Pine, Linax, Steel, Galvanised (U16-86/180LIN-VFZ)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3073 0014</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Other outdoor equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nola</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nola Industrier AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 17701</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stockholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Urban  Bollard  (Galvanised, Powder coated (all RAL-classic colours))</x:v>
-[...30 lines deleted...]
-      <x:c t="str">
         <x:v>5829 Vestre Habitats Wings (Galvanised, Powder coated (all RAL-classic colours)All mounting options)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2073 0007</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Other outdoor equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vestre</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vestre AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Drammensveien 44 A</x:v>
@@ -484,115 +484,115 @@
       </x:c>
       <x:c t="str">
         <x:v>Other outdoor equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HAGS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HAGS Aneby AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 133</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ANEBY</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Urban  Bollard  (D 127, Galvanised, Powder coated (all RAL-classic colours))</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Other outdoor equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>5905 Vestre Habitats Leaf (Galvanised, Powder coated (all RAL-classic colours)All mounting options)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Other outdoor equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>5828 Vestre Habitats Wings (Galvanised, Powder coated (all RAL-classic colours)All mounting options)</x:v>
-      </x:c>
-[...62 lines deleted...]
-        <x:v>Urban  Bollard  (D 127, Galvanised, Powder coated (all RAL-classic colours))</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2073 0007</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Other outdoor equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vestre</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vestre AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Drammensveien 44 A</x:v>
       </x:c>