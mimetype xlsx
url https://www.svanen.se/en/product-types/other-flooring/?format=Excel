--- v0 (2025-12-31)
+++ v1 (2026-03-03)
@@ -1,309 +1,117 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R18760998505245d5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8794763b7f8e4e97" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="Rc90b6d78b652446e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="products" sheetId="1" r:id="Ra117012025674a5a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc90b6d78b652446e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra117012025674a5a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Brand</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Licensee</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c t="str">
         <x:v>City</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Golvabia Maxwood XL Ek Natur Raw (127037)</x:v>
-[...62 lines deleted...]
-      <x:c t="str">
         <x:v>DISANO LifeAqua TC PL 4V Ek Jubilé borstad</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2029 0019</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Other flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DISANO</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HARO</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rohrdorfer Str. 133</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stephanskirchen</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>HARO TRITTY 200 Aqua TC PL 4V Ek Eleganza puro auth.</x:v>
-[...126 lines deleted...]
-      <x:c t="str">
         <x:v>DISANO LifeAqua TC PL XL 4V Ek Provence natur auth.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2029 0019</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Other flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DISANO</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HARO</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rohrdorfer Str. 133</x:v>
@@ -452,82 +260,50 @@
       </x:c>
       <x:c t="str">
         <x:v>Other flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DISANO</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HARO</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rohrdorfer Str. 133</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stephanskirchen</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Golvabia Maxwood XLW Ek Unique Elegant Grå (127145)</x:v>
-[...30 lines deleted...]
-      <x:c t="str">
         <x:v>WOOD NATURAL - SMOKE OAK GREY</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5029 0031</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Other flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Amorim</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Amorim Cork Solutions, S.A.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rua Comendador Américo Ferreira Amorim, 260</x:v>
@@ -580,82 +356,50 @@
       </x:c>
       <x:c t="str">
         <x:v>Other flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Amorim</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Amorim Cork Solutions, S.A.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rua Comendador Américo Ferreira Amorim, 260</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Moxelos VFR</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Golvabia Maxwood Lodge Ek Unique Elegant Grå (126845)</x:v>
-[...30 lines deleted...]
-      <x:c t="str">
         <x:v>DISANO WaveAqua TC Planka XL 4V Ek Ontario vit authentic</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2029 0019</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Other flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DISANO</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HARO</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rohrdorfer Str. 133</x:v>
@@ -676,146 +420,50 @@
       </x:c>
       <x:c t="str">
         <x:v>Other flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DISANO</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HARO</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rohrdorfer Str. 133</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stephanskirchen</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>HARO TRITTY 200 Aqua TC Gran Via 4V Ek Sicilia puro auth. matt</x:v>
-[...94 lines deleted...]
-      <x:c t="str">
         <x:v>DISANO WaveAqua TC Planka 4V Ek Ontario vit authentic</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2029 0019</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Other flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DISANO</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HARO</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rohrdorfer Str. 133</x:v>
@@ -900,82 +548,50 @@
       </x:c>
       <x:c t="str">
         <x:v>Other flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DISANO</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HARO</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rohrdorfer Str. 133</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stephanskirchen</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Golvabia Maxwood XLW Ek Natur Macchiato (127168)</x:v>
-[...30 lines deleted...]
-      <x:c t="str">
         <x:v>WOOD NATURAL - PURE OAK</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5029 0031</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Other flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Amorim</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Amorim Cork Solutions, S.A.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rua Comendador Américo Ferreira Amorim, 260</x:v>
@@ -1220,146 +836,50 @@
       </x:c>
       <x:c t="str">
         <x:v>Other flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DISANO</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HARO</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rohrdorfer Str. 133</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stephanskirchen</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>HARO TRITTY 200 Aqua TC PL 4V Ek Sicilia vit auth. matt</x:v>
-[...94 lines deleted...]
-      <x:c t="str">
         <x:v>DISANO LifeAqua TC PL 4V Peak ek greige borstad</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2029 0019</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Other flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DISANO</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HARO</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rohrdorfer Str. 133</x:v>
@@ -1412,82 +932,50 @@
       </x:c>
       <x:c t="str">
         <x:v>Other flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DISANO</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HARO</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rohrdorfer Str. 133</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stephanskirchen</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Golvabia Maxwood XL Ek Natur Vit (127034)</x:v>
-[...30 lines deleted...]
-      <x:c t="str">
         <x:v>WOOD NATURAL - DAKOTA OAK</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5029 0031</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Other flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Amorim</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Amorim Cork Solutions, S.A.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rua Comendador Américo Ferreira Amorim, 260</x:v>
@@ -1604,146 +1092,50 @@
       </x:c>
       <x:c t="str">
         <x:v>Other flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Amorim</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Amorim Cork Solutions, S.A.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rua Comendador Américo Ferreira Amorim, 260</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Moxelos VFR</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Golvabia Maxwood Lodge Ek Unique (126841)</x:v>
-[...94 lines deleted...]
-      <x:c t="str">
         <x:v>DISANO WaveAqua TC Planka XL 4V Ek Victoria rökbehandlad authentic</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2029 0019</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Other flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DISANO</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HARO</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rohrdorfer Str. 133</x:v>
@@ -1764,178 +1156,50 @@
       </x:c>
       <x:c t="str">
         <x:v>Other flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DISANO</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HARO</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rohrdorfer Str. 133</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stephanskirchen</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>HARO TRITTY 200 Aqua TC Gran Via 4V Ek Sicilia vit auth. matt</x:v>
-[...126 lines deleted...]
-      <x:c t="str">
         <x:v>DISANO LifeAqua TC PL 4V Ek Provence natur auth.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2029 0019</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Other flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DISANO</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HARO</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rohrdorfer Str. 133</x:v>
@@ -2148,82 +1412,50 @@
       </x:c>
       <x:c t="str">
         <x:v>Other flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DISANO</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HARO</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rohrdorfer Str. 133</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stephanskirchen</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Golvabia Maxwood Lodge Natur Pärlgrå (126866)</x:v>
-[...30 lines deleted...]
-      <x:c t="str">
         <x:v>STONE NATURAL - MINIMAL STONE DARK GREY</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5029 0031</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Other flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Amorim</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Amorim Cork Solutions, S.A.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rua Comendador Américo Ferreira Amorim, 260</x:v>
@@ -2532,530 +1764,306 @@
       </x:c>
       <x:c t="str">
         <x:v>Other flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DISANO</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HARO</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rohrdorfer Str. 133</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stephanskirchen</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>HARO TRITTY 200 Aqua TC PL 4V Ek Emilia sammetsgrå auth. soft</x:v>
-[...126 lines deleted...]
-      <x:c t="str">
         <x:v>DISANO LifeAqua TC PL 4V Ek Sheffield gråbrun auth.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2029 0019</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Other flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DISANO</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HARO</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rohrdorfer Str. 133</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stephanskirchen</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>HARO TRITTY 200 Aqua TC PL 4V Ek Emilia puro auth. soft</x:v>
-[...58 lines deleted...]
-        <x:v>Stephanskirchen</x:v>
+        <x:v>DISANO LifeAqua TC PL 4V Ek Sheffield natur auth.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Other flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DISANO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HARO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rohrdorfer Str. 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stephanskirchen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>DISANO LifeAqua TC PL 4V Ek Jubilié borstad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Other flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DISANO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HARO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rohrdorfer Str. 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stephanskirchen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>DISANO LifeAqua TC PL XL 4V Ek Picardie puro auth.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Other flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DISANO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HARO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rohrdorfer Str. 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stephanskirchen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>DISANO WaveAqua TC PL 4V Ek Quebec alabaster auth.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Other flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DISANO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HARO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rohrdorfer Str. 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stephanskirchen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>WOOD NATURAL - ARIANA OAK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5029 0031</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Other flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Amorim</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Amorim Cork Solutions, S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rua Comendador Américo Ferreira Amorim, 260</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Moxelos VFR</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>WOOD NATURAL - PANAMA OAK COGNAC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5029 0031</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Other flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Amorim</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Amorim Cork Solutions, S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rua Comendador Américo Ferreira Amorim, 260</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Moxelos VFR</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>WOOD START GREEN DESIGN - DAKOTA OAK BROWN</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5029 0031</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Other flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Amorim</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Amorim Cork Solutions, S.A.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rua Comendador Américo Ferreira Amorim, 260</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Moxelos VFR</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>DISANO WaveAqua TC PL 4V Ek Quebec alabaster auth.</x:v>
-[...222 lines deleted...]
-      <x:c t="str">
         <x:v>WOOD NATURAL - DAKOTA OAK SAND</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5029 0031</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Other flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Amorim</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Amorim Cork Solutions, S.A.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rua Comendador Américo Ferreira Amorim, 260</x:v>
@@ -3140,178 +2148,50 @@
       </x:c>
       <x:c t="str">
         <x:v>Other flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Amorim</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Amorim Cork Solutions, S.A.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rua Comendador Américo Ferreira Amorim, 260</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Moxelos VFR</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>HARO TRITTY 200 Aqua TC PL 4V Ek Emilia honung auth. soft</x:v>
-[...126 lines deleted...]
-      <x:c t="str">
         <x:v>DISANO WaveAqua TC Planka 4V Ek Victoria sammetbrun authentic</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2029 0019</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Other flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DISANO</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HARO</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rohrdorfer Str. 133</x:v>
@@ -3332,114 +2212,50 @@
       </x:c>
       <x:c t="str">
         <x:v>Other flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DISANO</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HARO</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rohrdorfer Str. 133</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stephanskirchen</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>HARO TRITTY 200 Aqua TC PL 4V Ek Portland natur auth.</x:v>
-[...62 lines deleted...]
-      <x:c t="str">
         <x:v>DISANO WaveAqua TC PL 4V Ek Whistler natur auth.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2029 0019</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Other flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DISANO</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HARO</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rohrdorfer Str. 133</x:v>
@@ -3940,242 +2756,50 @@
       </x:c>
       <x:c t="str">
         <x:v>Other flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DISANO</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HARO</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rohrdorfer Str. 133</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stephanskirchen</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>HARO TRITTY 200 Aqua TC Gran Via 4V Ek Veneto mocca auth. matt</x:v>
-[...190 lines deleted...]
-      <x:c t="str">
         <x:v>DISANO LifeAqua TC PL 4V Ek Picardie puro auth.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2029 0019</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Other flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DISANO</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HARO</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rohrdorfer Str. 133</x:v>
@@ -4356,82 +2980,50 @@
       </x:c>
       <x:c t="str">
         <x:v>Other flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DISANO</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HARO</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rohrdorfer Str. 133</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stephanskirchen</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Golvabia Maxwood XLW Ek Natur Elegant Grå (127165)</x:v>
-[...30 lines deleted...]
-      <x:c t="str">
         <x:v>WOOD NATURAL - NATURAL OAK BEIGE</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5029 0031</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Other flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Amorim</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Amorim Cork Solutions, S.A.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rua Comendador Américo Ferreira Amorim, 260</x:v>
@@ -4516,146 +3108,338 @@
       </x:c>
       <x:c t="str">
         <x:v>Other flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Amorim</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Amorim Cork Solutions, S.A.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rua Comendador Américo Ferreira Amorim, 260</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Moxelos VFR</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Golvabia Maxwood XL Ek Natur (127042)</x:v>
-[...62 lines deleted...]
-      <x:c t="str">
         <x:v>DISANO LifeAqua TC PL 4V Ek Phoenix borstad</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2029 0019</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Other flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DISANO</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HARO</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rohrdorfer Str. 133</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stephanskirchen</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>DISANO WaveAqua TC Planka XL 4V Ek Victoria honung authentic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Other flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DISANO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HARO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rohrdorfer Str. 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stephanskirchen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>DISANO LifeAqua TC PL 4V Ek Provence creme auth.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Other flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DISANO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HARO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rohrdorfer Str. 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stephanskirchen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>DISANO LifeAqua TC PL 4V Fjäll ek borstad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2029 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Other flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DISANO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HARO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rohrdorfer Str. 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stephanskirchen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>STONE NATURAL - MICROCEMENT GREIGE</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5029 0031</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Other flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Amorim</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Amorim Cork Solutions, S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rua Comendador Américo Ferreira Amorim, 260</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Moxelos VFR</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>WOOD NATURAL - EPOCA OAK DARK ALMOND</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5029 0031</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Other flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Amorim</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Amorim Cork Solutions, S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rua Comendador Américo Ferreira Amorim, 260</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Moxelos VFR</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>WOOD START GREEN DESIGN - PANAMA OAK COGNAC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5029 0031</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Other flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Amorim</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Amorim Cork Solutions, S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rua Comendador Américo Ferreira Amorim, 260</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Moxelos VFR</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>WOOD START GREEN DESIGN - ARIANA OAK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5029 0031</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Other flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Amorim</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Amorim Cork Solutions, S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rua Comendador Américo Ferreira Amorim, 260</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Moxelos VFR</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>WOOD NATURAL - ANTIQUE OAK TOBACCO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5029 0031</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Other flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Amorim</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Amorim Cork Solutions, S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rua Comendador Américo Ferreira Amorim, 260</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Moxelos VFR</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>DISANO WaveAqua TC PL XL 4V Ek Whistler pebble grey auth.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2029 0019</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Other flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DISANO</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HARO</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rohrdorfer Str. 133</x:v>
@@ -4804,494 +3588,78 @@
       </x:c>
       <x:c t="str">
         <x:v>Other flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DISANO</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HARO</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rohrdorfer Str. 133</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stephanskirchen</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Golvabia Maxwood Lodge Natur Hazel (126862)</x:v>
-[...222 lines deleted...]
-      <x:c t="str">
         <x:v>DISANO LifeAqua TC PL 4V Peak ek honnung borstad</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2029 0019</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Other flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DISANO</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HARO</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rohrdorfer Str. 133</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stephanskirchen</x:v>
-      </x:c>
-[...190 lines deleted...]
-        <x:v>Moxelos VFR</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>DISANO LifeAqua TC PL 4V Ek Columbia natur borstad</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2029 0019</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Other flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DISANO</x:v>
       </x:c>
       <x:c t="str">