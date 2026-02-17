--- v0 (2025-12-17)
+++ v1 (2026-02-17)
@@ -1,2001 +1,2033 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R647d14ff4bc742e7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ef0c030c2c54f71" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R71fda3615045420f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="Rf2fcd7f8d032414c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R71fda3615045420f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf2fcd7f8d032414c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Brand</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Licensee</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c t="str">
         <x:v>City</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>VehiclePro RM 829 eco!perform TORKMEDEL, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2013 0117</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Other car- and boatcare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VehiclePro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alfred Kärcher SE &amp; Co. KG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Friedrichstraße - Tor 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Winnenden</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Shafir Fälgrent Turbo, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0126</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Other car- and boatcare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shafir</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aksab Kemi Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tumbavägen 38</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TUMBA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Power Wash T-03, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Other car- and boatcare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fallout Green, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0113</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Other car- and boatcare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Autosmart International Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lynn Lane</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lichfield</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>208 ECOMAX Dry, 10 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5013 0101</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Other car- and boatcare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiehl Ecomax</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KAW Kiehl KG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oskar-von-Miller-Str. 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odelzhausen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Lahega Greenium Automattvätt Alkalisk Plus, 1000 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3013 0100</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Other car- and boatcare product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>013 Care products for vehicles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lahega</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Clemondo AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 13073</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Helsingborg</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>VehiclePro RM 829 eco!perform TORKMEDEL, 10 l</x:v>
+        <x:v>Graenni Car Shine</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1013 0128</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Other car- and boatcare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grænni</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gefn</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Víkurhvarf 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kópavogur</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>121 ECOMAX Quattrowash, 11 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5013 0101</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Other car- and boatcare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiehl Ecomax</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KAW Kiehl KG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oskar-von-Miller-Str. 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odelzhausen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>WL Alkali Y, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0121</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Other car- and boatcare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AdProLine</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arom-Dekor Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sexdrega</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Shafir Fälgrent Turbo, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0126</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Other car- and boatcare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shafir</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aksab Kemi Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tumbavägen 38</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TUMBA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Power Wash A-03, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Other car- and boatcare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pineline Car + Go, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4013 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Other car- and boatcare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pineline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tekno-Forest Oy Ltd.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kynttilätie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Riihimäki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Power Wash T-03, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Other car- and boatcare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>F66 Foma Drying Agent Extreme ECO, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0130</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Other car- and boatcare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Foma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Foma Norge AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>F66 Foma Drying Agent Extreme ECO, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0130</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Other car- and boatcare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Foma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Foma Norge AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Glanstorkmedel ECOPRO, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5013 0122</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Other car- and boatcare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dr. Stöcker ECOPRO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Chemische Fabrik Dr. Stöcker GmbH &amp; Co.KG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gewerbestraße 19 - 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pfaffen-Schwabenheim</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SGA Ecoline Oxidlösare Flygrosttvätt ECO++ 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0142</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Other car- and boatcare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SGA Ecoline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SGA Trading AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saldovägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Blåtind Profesjonell Avrinning med vax, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2013 0140</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Other car- and boatcare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blåtind</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wilhelmsen Chemicals AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kirkeveien 578</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kjøpmannskjær</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Blåtind Profesjonell Avrinning med vax, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2013 0140</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Other car- and boatcare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blåtind</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wilhelmsen Chemicals AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kirkeveien 578</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kjøpmannskjær</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SONAX SX Power Clean Eco Svanen 10L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0104</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Other car- and boatcare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sonax</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sonax GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Münchenerstrasse 75</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neuburg/Donau</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Power Wash A-03, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Other car- and boatcare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Power Wash A-01, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Other car- and boatcare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SONAX SX Active Foam Eco Svanen 10L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0104</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Other car- and boatcare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sonax</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sonax GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Münchenerstrasse 75</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neuburg/Donau</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Proline Alkali Aid, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0121</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Other car- and boatcare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AdProLine</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arom-Dekor Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sexdrega</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Shafir Fälgrent Turbo, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0126</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Other car- and boatcare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shafir</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aksab Kemi Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tumbavägen 38</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TUMBA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fallout Green, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0113</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Other car- and boatcare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Autosmart International Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lynn Lane</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lichfield</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Westmatic Clean &amp; Green Allround, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Other car- and boatcare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Westmatic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Westmatic i Arvika AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fallebergsvägen 28</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arvika</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Westmatic Clean &amp; Green Allround, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Other car- and boatcare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Westmatic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Westmatic i Arvika AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fallebergsvägen 28</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arvika</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Pre-wash Alkaline Plus, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5013 0109</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Other car- and boatcare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Istobal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ISTOBAL, S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avda. Conde del Serrallo, 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>L’Alcudia (Valencia)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nilfisk Caravan &amp; Boat Cleaner, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5013 0141</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Other car- and boatcare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nilfisk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sirena Soap Aps</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bygmestervej 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hadsund</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nilfisk Bike &amp; Motorcycle Cleaner, 2,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5013 0141</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Other car- and boatcare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nilfisk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sirena Soap Aps</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bygmestervej 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hadsund</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nilfisk Caravan &amp; Boat Cleaner, 2,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5013 0141</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Other car- and boatcare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nilfisk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sirena Soap Aps</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bygmestervej 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hadsund</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Würth Acid Iron Wash Eco, 710 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Other car- and boatcare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Würth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pineline HeavyDuty</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4013 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Other car- and boatcare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pineline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tekno-Forest Oy Ltd.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kynttilätie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Riihimäki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pineline Car + Go</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4013 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Other car- and boatcare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pineline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tekno-Forest Oy Ltd.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kynttilätie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Riihimäki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SONAX SX Power Clean Eco Svanen 25L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0104</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Other car- and boatcare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sonax</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sonax GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Münchenerstrasse 75</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neuburg/Donau</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Glanstorkmedel ECOPRO, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5013 0122</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Other car- and boatcare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dr. Stöcker ECOPRO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Chemische Fabrik Dr. Stöcker GmbH &amp; Co.KG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gewerbestraße 19 - 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pfaffen-Schwabenheim</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pineline Car + Go, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4013 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Other car- and boatcare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pineline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tekno-Forest Oy Ltd.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kynttilätie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Riihimäki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Westmatic Clean &amp; Green Oxal, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Other car- and boatcare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Westmatic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Westmatic i Arvika AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fallebergsvägen 28</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arvika</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fallout Green, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0113</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Other car- and boatcare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Autosmart International Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lynn Lane</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lichfield</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>121 ECOMAX Quattrowash, 25 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5013 0101</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Other car- and boatcare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiehl Ecomax</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KAW Kiehl KG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oskar-von-Miller-Str. 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odelzhausen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Graenni Car Rinse Aid</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1013 0128</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Other car- and boatcare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grænni</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gefn</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Víkurhvarf 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kópavogur</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Blåtind Profesjonell Avrinning med vax, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2013 0140</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Other car- and boatcare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blåtind</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wilhelmsen Chemicals AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kirkeveien 578</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kjøpmannskjær</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BS Greenline Final Finish, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0127</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Other car- and boatcare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BS Kemi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BS Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rörvägen 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jordbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BS Greenline Final Finish, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0127</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Other car- and boatcare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BS Kemi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BS Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rörvägen 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jordbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Pre-wash Alkaline Plus, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5013 0109</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Other car- and boatcare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Istobal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ISTOBAL, S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avda. Conde del Serrallo, 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>L’Alcudia (Valencia)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lahega Autogloss Dry, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Other car- and boatcare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lahega</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>VehiclePro RM 829 eco!perform TORKMEDEL, 20 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2013 0117</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Other car- and boatcare product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>013 Care products for vehicles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>VehiclePro</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Alfred Kärcher SE &amp; Co. KG</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Friedrichstraße - Tor 2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Winnenden</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Power Wash T-03, 25 l</x:v>
+        <x:v>SONAX SX Power Clean Eco Svanen 200L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0104</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Other car- and boatcare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sonax</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sonax GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Münchenerstrasse 75</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neuburg/Donau</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Shafir Fälgrent Turbo, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0126</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Other car- and boatcare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shafir</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aksab Kemi Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tumbavägen 38</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TUMBA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Shafir Fälgrent Turbo, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0126</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Other car- and boatcare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shafir</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aksab Kemi Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tumbavägen 38</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TUMBA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Avrinning ECO, 25 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3013 0108, 3013 0108</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Other car- and boatcare product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>013 Care products for vehicles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>InnovaTeam</x:v>
       </x:c>
       <x:c t="str">
         <x:v>InnovaTeam AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vretavägen 22</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Herrljunga</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Shafir Fälgrent Turbo, 5 l</x:v>
-[...98 lines deleted...]
-        <x:v>3013 0113</x:v>
+        <x:v>Westmatic Clean &amp; Green Oxal, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Other car- and boatcare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Westmatic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Westmatic i Arvika AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fallebergsvägen 28</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arvika</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lahega Greenium Alkalisk Plus, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Other car- and boatcare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lahega</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lahega Greenium Automattvätt Borstschampo, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Other car- and boatcare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lahega</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SGA Ecoline Oxidlösare Flygrosttvätt ECO++ 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0142</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Other car- and boatcare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SGA Ecoline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SGA Trading AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saldovägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Würth Rinse Off Perfect ECO, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Other car- and boatcare product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>013 Care products for vehicles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
-        <x:v>Autosmart International Ltd</x:v>
-[...106 lines deleted...]
-        <x:v>Power Wash A-03, 5 l</x:v>
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pineline Asphalt Asfaltborttagare</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4013 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Other car- and boatcare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pineline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tekno-Forest Oy Ltd.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kynttilätie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Riihimäki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tammermatic Swanline: ACID, 20 l, 200 l, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4013 0097</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Other car- and boatcare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tammermatic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tammermatic Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vaaksakuja 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pirkkala</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Power Wash T-03, 5 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3013 0108, 3013 0108</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Other car- and boatcare product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>013 Care products for vehicles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>InnovaTeam</x:v>
       </x:c>
       <x:c t="str">
         <x:v>InnovaTeam AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vretavägen 22</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Herrljunga</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Pineline Car + Go, 200 l</x:v>
-[...31 lines deleted...]
-        <x:v>Power Wash T-03, 200 l</x:v>
+        <x:v>Power Wash A-01, 5 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3013 0108, 3013 0108</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Other car- and boatcare product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>013 Care products for vehicles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>InnovaTeam</x:v>
       </x:c>
       <x:c t="str">
         <x:v>InnovaTeam AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vretavägen 22</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Herrljunga</x:v>
-      </x:c>
-[...1502 lines deleted...]
-        <x:v>Riihimäki</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Nilfisk Bike &amp; Motorcycle Cleaner, 1 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5013 0141</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Other car- and boatcare product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>013 Care products for vehicles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nilfisk</x:v>
       </x:c>
       <x:c t="str">