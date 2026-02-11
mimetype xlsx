--- v0 (2025-12-16)
+++ v1 (2026-02-11)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R614ad8f1db534b5a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f86aab4c1064f8a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="Rac7454297a5f40b9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R99789df02ac34b34"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rac7454297a5f40b9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R99789df02ac34b34" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
@@ -292,50 +292,818 @@
       </x:c>
       <x:c t="str">
         <x:v>Office Furniture, table (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Daarbak Design</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Daarbak Design A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gugvej 120</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aalborg SÆ</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Contract hæve/sænkebord 180x80 melamin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Contract hæve/sænkebord 160x90 melamin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Embla hæve/sænkebord 120x80 finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Embla hæve/sænkebord 140x80 finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Embla hæve/sænkebord 180x90 linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Embla hæve/sænkebord 160x80 melamin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Embla hæve/sænkebord 180x80 melamin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kontra hæve/sænkebord 120x80 linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kontra hæve/sænkebord 120x90 linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kontra hæve/sænkebord 140x90 linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Empire ECO hæve/sænkebord 140x80 finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Empire ECO hæve/sænkebord 180x80 linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Empire ECO hæve/sænkebord 140x90 melamin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Contract ECO hæve/sænkebord 120x90 linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Embla ECO hæve/sænkebord 160x80 laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Embla ECO hæve/sænkebord 180x80 laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Embla ECO hæve/sænkebord 160x90 melamin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kontra ECO hæve/sænkebord 140x80 finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kontra ECO hæve/sænkebord 180x80 linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kontra ECO hæve/sænkebord 140x80 melamin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kontra ECO hæve/sænkebord 180x80 melamin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Future hæve/sænkebord 120x80 laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Future hæve/sænkebord 140x80 laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Future hæve/sænkebord 120x80 melamin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Futura hæve/sænkebord 140x90 laminat</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DK/049/006</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Office Furniture, table (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Daarbak Design</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Daarbak Design A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gugvej 120</x:v>
@@ -452,787 +1220,179 @@
       </x:c>
       <x:c t="str">
         <x:v>Office Furniture, table (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Daarbak Design</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Daarbak Design A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gugvej 120</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aalborg SÆ</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Contract hæve/sænkebord 180x80 melamin</x:v>
-[...735 lines deleted...]
-        <x:v>Future hæve/sænkebord 120x80 melamin</x:v>
+        <x:v>Futura hæve/sænkebord 160x80 laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Futura hæve/sænkebord 180x90 linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Futura hæve/sænkebord 160x80 melamin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Futura hæve/sænkebord 140x90 melamin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Futura hæve/sænkebord 160x90 melamin</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DK/049/006</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Office Furniture, table (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Daarbak Design</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Daarbak Design A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gugvej 120</x:v>
       </x:c>
@@ -2756,179 +2916,1043 @@
       </x:c>
       <x:c t="str">
         <x:v>Office Furniture, table (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Daarbak Design</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Daarbak Design A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gugvej 120</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aalborg SÆ</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Futura hæve/sænkebord 160x80 laminat</x:v>
-[...127 lines deleted...]
-        <x:v>Futura hæve/sænkebord 160x90 melamin</x:v>
+        <x:v>Empire ECO hæve/sænkebord 140x90 laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Empire ECO hæve/sænkebord 120x90 linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Empire ECO hæve/sænkebord 140x80 melamin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Contract ECO hæve/sænkebord 160x90 finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Contract ECO hæve/sænkebord 180x80 linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Contract ECO hæve/sænkebord 180x80 melamin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Embla ECO hæve/sænkebord 120x80 finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kontra ECO hæve/sænkebord 160x80 finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kontra ECO hæve/sænkebord 180x90 finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kontra ECO hæve/sænkebord 160x80 laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kontra ECO hæve/sænkebord 120x90 laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kontra ECO hæve/sænkebord 120x90 linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kontra ECO hæve/sænkebord 160x80 melamin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Future hæve/sænkebord 140x80 finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Future hæve/sænkebord 160x80 laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Future hæve/sænkebord 180x80 linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Future hæve/sænkebord 120x90 linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Futura hæve/sænkebord 180x80 melamin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Empire ECO hæve/sænkebord 180x80 finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kontra hæve/sænkebord 120x80 finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kontra hæve/sænkebord 140x90 melamin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kontra hæve/sænkebord 180x80 finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kontra hæve/sænkebord 160x90 laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Contract hæve/sænkebord 120x90 linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Contract hæve/sænkebord 160x80 linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Contract hæve/sænkebord 140x90 linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Empire hæve/sænkebord 180x80 linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Empire hæve/sænkebord 180x80 melamin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Embla hæve/sænkebord 160x90 laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Embla hæve/sænkebord 140x80 melamin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Embla hæve/sænkebord 120x90 laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Embla hæve/sænkebord 160x90 linoleum</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DK/049/006</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Office Furniture, table (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Daarbak Design</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Daarbak Design A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gugvej 120</x:v>
       </x:c>
@@ -2948,50 +3972,82 @@
       </x:c>
       <x:c t="str">
         <x:v>Office Furniture, table (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Cube</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Cube Design A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vadstedvej 212</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hammel</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>4736ECO RAW desk, rectangular incl. cable tray and 2 plastic cable grommets, ECO, 1600 x 900 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>4714ECO RAW desk, rectangular incl. cable tray and 2 plastic cable grommets, ECO, 1400 x 800 mm</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DK/049/022</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Office Furniture, table (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Cube</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Cube Design A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vadstedvej 212</x:v>
@@ -3012,7410 +4068,6802 @@
       </x:c>
       <x:c t="str">
         <x:v>Office Furniture, table (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Daarbak Design</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Daarbak Design A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gugvej 120</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aalborg SÆ</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Empire hæve/sænkebord 140x90 finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Arctic hæve-/sænkebord ECO 160x90cm</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DK/049/006</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Office Furniture, table (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Daarbak Design</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Daarbak Design A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gugvej 120</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aalborg SÆ</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>4736ECO RAW desk, rectangular incl. cable tray and 2 plastic cable grommets, ECO, 1600 x 900 mm</x:v>
+        <x:v>Empire hæve/sænkebord 120x90 laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>8816ECO Flow desk, stomach arch incl. cable tray and 2 plastic cable grommets, ECO, 1600 x 900 mm</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DK/049/022</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Office Furniture, table (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Cube</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Cube Design A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vadstedvej 212</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hammel</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Empire hæve/sænkebord 140x90 finer</x:v>
-[...1087 lines deleted...]
-        <x:v>8816ECO Flow desk, stomach arch incl. cable tray and 2 plastic cable grommets, ECO, 1600 x 900 mm</x:v>
+        <x:v>Arctic hæve-/sænkebord ECO 180x90cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>VICTOR 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/060</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Makiba</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Makiba</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>300 Allée dea Barrots</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Montlaur</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>4804ECO RAW desk, whole arch incl. cable tray and 2 plastic cable grommets, ECO, 1400 x  900 mm</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DK/049/022</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Office Furniture, table (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Cube</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Cube Design A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vadstedvej 212</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hammel</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Arctic hæve-/sænkebord ECO 180x90cm</x:v>
-[...31 lines deleted...]
-        <x:v>VICTOR 2</x:v>
+        <x:v>4810ECO RAW desk, whole arch incl. cable tray and 2 plastic cable grommets, ECO, 2000 x  900 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Empire hæve/sænkebord 180x80 finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Empire hæve/sænkebord 120x90 finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Empire hæve/sænkebord 140x80 laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Empire hæve/sænkebord 160x90 laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Empire hæve/sænkebord 180x90 laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Contract hæve/sænkebord 140x80 finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Contract hæve/sænkebord 160x90 finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Contract hæve/sænkebord 180x80 linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Embla hæve/sænkebord 120x80 linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Embla hæve/sænkebord 160x80 linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Embla hæve/sænkebord 180x80 linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Embla hæve/sænkebord 140x90 melamin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kontra hæve/sænkebord 180x90 finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kontra hæve/sænkebord 160x80 linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Empire ECO hæve/sænkebord 140x90 finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Empire ECO hæve/sænkebord 120x90 laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Empire ECO hæve/sænkebord 180x90 linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Contract ECO hæve/sænkebord 160x80 finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Contract ECO hæve/sænkebord 160x80 laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Contract ECO hæve/sænkebord 140x90 laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Contract ECO hæve/sænkebord 160x80 linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Contract ECO hæve/sænkebord 120x80 melamin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Contract ECO hæve/sænkebord 140x80 melamin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Contract ECO hæve/sænkebord 180x90 melamin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Embla ECO hæve/sænkebord 140x80 finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Embla ECO hæve/sænkebord 120x90 finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Embla ECO hæve/sænkebord 140x90 linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Embla ECO hæve/sænkebord 140x90 melamin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Embla ECO hæve/sænkebord 180x90 melamin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kontra ECO hæve/sænkebord 120x80 laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kontra ECO hæve/sænkebord 180x80 laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kontra ECO hæve/sænkebord 120x80 linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kontra ECO hæve/sænkebord 180x90 linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Future hæve/sænkebord 140x90 finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Future hæve/sænkebord 180x90 laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Future hæve/sænkebord 140x80 melamin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Futura hæve/sænkebord 160x90 finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Futura hæve/sænkebord 180x80 linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Futura hæve/sænkebord 120x90 melamin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Futura hæve/sænkebord 180x90 melamin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kontra ECO hæve/sænkebord 120x90 finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kontra ECO hæve/sænkebord 160x90 laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kontra ECO hæve/sænkebord 140x90 linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kontra ECO hæve/sænkebord 120x80 melamin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Future hæve/sænkebord 160x90 finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Future hæve/sænkebord 180x90 finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Future hæve/sænkebord 180x80 laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Future hæve/sænkebord 160x90 laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Future hæve/sænkebord 180x90 linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Future hæve/sænkebord 180x90 melamin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Futura hæve/sænkebord 140x90 finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Futura hæve/sænkebord 140x80 laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Futura hæve/sænkebord 160x80 linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>4816ECO RAW Skrivebord, med mavebue inkl. kabelbakke og 2 kabelgennemføringer, 1600 x 900 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>8714ECO Flow desk, rectangular incl. cable tray and 2 plastic cable grommets, ECO, 1400 x 800 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>8718ECO Flow desk, rectangular incl. cable tray and 2 plastic cable grommets, ECO, 1800 x 800 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>8814ECO Flow desk, stomach arch incl. cable tray and 2 plastic cable grommets, ECO, 1400 x 900 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>UGO</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DK/049/060</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Office Furniture, table (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Makiba</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Makiba</x:v>
       </x:c>
       <x:c t="str">
         <x:v>300 Allée dea Barrots</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Montlaur</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>4804ECO RAW desk, whole arch incl. cable tray and 2 plastic cable grommets, ECO, 1400 x  900 mm</x:v>
+        <x:v>Empire hæve/sænkebord 180x80 laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Empire hæve/sænkebord 160x90 linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Empire hæve/sænkebord 140x90 melamin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Contract hæve/sænkebord 160x80 finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Contract hæve/sænkebord 180x80 laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Contract hæve/sænkebord 140x90 laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Contract hæve/sænkebord 120x80 melamin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Contract hæve/sænkebord 180x90 melamin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Embla hæve/sænkebord 180x80 finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Embla hæve/sænkebord 120x80 laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Embla hæve/sænkebord 180x80 laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Embla hæve/sænkebord 180x90 laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Embla hæve/sænkebord 120x90 linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Embla hæve/sænkebord 120x90 melamin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kontra hæve/sænkebord 140x80 finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kontra hæve/sænkebord 120x90 finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kontra hæve/sænkebord 160x90 finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kontra hæve/sænkebord 140x90 laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kontra hæve/sænkebord 140x80 linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kontra hæve/sænkebord 140x80 melamin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kontra hæve/sænkebord 160x80 melamin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kontra hæve/sænkebord 160x90 melamin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Empire ECO hæve/sænkebord 180x80 laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Empire ECO hæve/sænkebord 160x90 laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Contract ECO hæve/sænkebord 120x80 finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Contract ECO hæve/sænkebord 140x80 finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Contract ECO hæve/sænkebord 180x90 finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Contract ECO hæve/sænkebord 180x90 laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Contract ECO hæve/sænkebord 120x90 melamin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Embla ECO hæve/sænkebord 160x80 finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Embla ECO hæve/sænkebord 140x90 finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Embla ECO hæve/sænkebord 120x90 laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Embla ECO hæve/sænkebord 140x90 laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Embla ECO hæve/sænkebord 180x90 laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Embla ECO hæve/sænkebord 120x80 linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arctic hæve-/sænkebord ECO 120x80cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>4722ECO RAW desk, rectangular incl. cable tray and 2 plastic cable grommets, ECO, 1200 x 1000 mm</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DK/049/022</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Office Furniture, table (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Cube</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Cube Design A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vadstedvej 212</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hammel</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>4810ECO RAW desk, whole arch incl. cable tray and 2 plastic cable grommets, ECO, 2000 x  900 mm</x:v>
+        <x:v>4808ECO RAW desk, whole arch incl. cable tray and 2 plastic cable grommets, ECO, 1800 x  900 mm</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DK/049/022</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Office Furniture, table (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Cube</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Cube Design A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vadstedvej 212</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hammel</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Contract ECO hæve/sænkebord 160x80 linoleum</x:v>
-[...1279 lines deleted...]
-        <x:v>4816ECO RAW Skrivebord, med mavebue inkl. kabelbakke og 2 kabelgennemføringer, 1600 x 900 mm</x:v>
+        <x:v>Empire hæve/sænkebord 120x80 finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Empire hæve/sænkebord 120x80 laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Empire hæve/sænkebord 140x90 linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Contract hæve/sænkebord 140x90 finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Contract hæve/sænkebord 120x90 laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Contract hæve/sænkebord 180x90 laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Contract hæve/sænkebord 160x90 linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Contract hæve/sænkebord 160x80 melamin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Embla hæve/sænkebord 160x80 finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Embla hæve/sænkebord 140x90 laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Embla hæve/sænkebord 140x80 linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Embla hæve/sænkebord 180x90 melamin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kontra hæve/sænkebord 160x80 finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kontra hæve/sænkebord 160x80 laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kontra hæve/sænkebord 180x90 linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kontra hæve/sænkebord 120x80 melamin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Empire ECO hæve/sænkebord 120x90 finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Empire ECO hæve/sænkebord 160x90 finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Empire ECO hæve/sænkebord 180x90 finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Empire ECO hæve/sænkebord 140x80 laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Empire ECO hæve/sænkebord 180x90 laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Empire ECO hæve/sænkebord 120x80 linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Empire ECO hæve/sænkebord 140x80 linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Empire ECO hæve/sænkebord 160x90 linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Empire ECO hæve/sænkebord 120x80 melamin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Empire ECO hæve/sænkebord 120x90 melamin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Contract ECO hæve/sænkebord 180x80 finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Contract ECO hæve/sænkebord 120x80 laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Contract ECO hæve/sænkebord 180x80 laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Contract ECO hæve/sænkebord 120x90 laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Contract ECO hæve/sænkebord 160x90 laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Contract ECO hæve/sænkebord 120x80 linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Contract ECO hæve/sænkebord 160x90 melamin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Embla ECO hæve/sænkebord 120x90 linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Embla ECO hæve/sænkebord 180x90 linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kontra ECO hæve/sænkebord 180x90 laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kontra ECO hæve/sænkebord 160x90 linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kontra ECO hæve/sænkebord 120x90 melamin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kontra ECO hæve/sænkebord 180x90 melamin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Future hæve/sænkebord 180x80 finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Future hæve/sænkebord 120x80 linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Future hæve/sænkebord 140x90 linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Future hæve/sænkebord 160x90 linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Futura hæve/sænkebord 120x80 laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Futura hæve/sænkebord 120x90 laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Futura hæve/sænkebord 120x80 linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Futura hæve/sænkebord 140x90 linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dencon Sit/Stand desk 1600x800 with cable tray and rectangular legs (height 620-1270) (03504ECO+0355ECO+6165ECO)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dencon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dencon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skyttevej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skive</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>8812ECO Flow desk, stomach arch incl. cable tray and 2 plastic cable grommets, ECO, 1200 x 900 mm</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DK/049/022</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Office Furniture, table (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Cube</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Cube Design A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vadstedvej 212</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hammel</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>8714ECO Flow desk, rectangular incl. cable tray and 2 plastic cable grommets, ECO, 1400 x 800 mm</x:v>
+        <x:v>4738ECO RAW desk, rectangular incl. cable tray and 2 plastic cable grommets, ECO, 1800 x 900 mm</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DK/049/022</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Office Furniture, table (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Cube</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Cube Design A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vadstedvej 212</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hammel</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>8718ECO Flow desk, rectangular incl. cable tray and 2 plastic cable grommets, ECO, 1800 x 800 mm</x:v>
+        <x:v>4806ECO RAW desk, whole arch incl. cable tray and 2 plastic cable grommets, ECO, 1600 x  900 mm</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DK/049/022</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Office Furniture, table (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Cube</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Cube Design A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vadstedvej 212</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hammel</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>8814ECO Flow desk, stomach arch incl. cable tray and 2 plastic cable grommets, ECO, 1400 x 900 mm</x:v>
+        <x:v>4818ECO RAW desk, stomach arch incl. cable tray and 2 plastic cable grommets, ECO, 1800 x  900 mm</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DK/049/022</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Office Furniture, table (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Cube</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Cube Design A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vadstedvej 212</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hammel</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>UGO</x:v>
-[...1599 lines deleted...]
-        <x:v>4722ECO RAW desk, rectangular incl. cable tray and 2 plastic cable grommets, ECO, 1200 x 1000 mm</x:v>
+        <x:v>Empire hæve/sænkebord 140x80 finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Empire hæve/sænkebord 160x80 finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Empire hæve/sænkebord 120x90 linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Empire hæve/sænkebord 140x80 melamin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Empire hæve/sænkebord 160x80 melamin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Empire hæve/sænkebord 120x90 melamin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Contract hæve/sænkebord 120x80 finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Contract hæve/sænkebord 120x80 laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Contract hæve/sænkebord 160x90 laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Contract hæve/sænkebord 120x80 linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Contract hæve/sænkebord 140x90 melamin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Embla hæve/sænkebord 120x90 finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kontra hæve/sænkebord 140x80 laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kontra hæve/sænkebord 120x90 laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kontra hæve/sænkebord 180x80 linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Empire ECO hæve/sænkebord 180x80 melamin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Empire ECO hæve/sænkebord 180x90 melamin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Contract ECO hæve/sænkebord 160x90 linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Contract ECO hæve/sænkebord 160x80 melamin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Embla ECO hæve/sænkebord 180x80 finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Embla ECO hæve/sænkebord 160x80 linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Embla ECO hæve/sænkebord 120x80 melamin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Embla ECO hæve/sænkebord 180x80 melamin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Embla ECO hæve/sænkebord 120x90 melamin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kontra ECO hæve/sænkebord 140x90 finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kontra ECO hæve/sænkebord 160x90 finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kontra ECO hæve/sænkebord 140x80 linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kontra ECO hæve/sænkebord 160x80 linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Future hæve/sænkebord 160x80 finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Futura hæve/sænkebord 140x80 finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Futura hæve/sænkebord 180x80 finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Futura hæve/sænkebord 120x90 finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Futura hæve/sænkebord 180x90 finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Futura hæve/sænkebord 180x80 laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>4802ECO RAW desk, whole arch incl. cable tray and 2 plastic cable grommets, ECO, 1200 x  900 mm</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DK/049/022</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Office Furniture, table (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Cube</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Cube Design A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vadstedvej 212</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hammel</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>4808ECO RAW desk, whole arch incl. cable tray and 2 plastic cable grommets, ECO, 1800 x  900 mm</x:v>
+        <x:v>4718ECO RAW desk, rectangular incl. cable tray and 2 plastic cable grommets, ECO, 1800 x 800 mm</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DK/049/022</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Office Furniture, table (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Cube</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Cube Design A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vadstedvej 212</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hammel</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Empire hæve/sænkebord 120x80 finer</x:v>
-[...1535 lines deleted...]
-        <x:v>8812ECO Flow desk, stomach arch incl. cable tray and 2 plastic cable grommets, ECO, 1200 x 900 mm</x:v>
+        <x:v>4724ECO RAW desk, rectangular incl. cable tray and 2 plastic cable grommets, ECO, 1400 x 1000 mm</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DK/049/022</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Office Furniture, table (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Cube</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Cube Design A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vadstedvej 212</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hammel</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>4738ECO RAW desk, rectangular incl. cable tray and 2 plastic cable grommets, ECO, 1800 x 900 mm</x:v>
+        <x:v>4720ECO RAW desk, rectangular incl. cable tray and 2 plastic cable grommets, ECO, 2000 x 800 mm</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DK/049/022</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Office Furniture, table (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Cube</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Cube Design A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vadstedvej 212</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hammel</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>4806ECO RAW desk, whole arch incl. cable tray and 2 plastic cable grommets, ECO, 1600 x  900 mm</x:v>
-[...1178 lines deleted...]
-        <x:v>Hammel</x:v>
+        <x:v>Arctic hæve-/sænkebord ECO 160x80cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Arctic hæve-/sænkebord ECO 140x80cm</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DK/049/006</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Office Furniture, table (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Daarbak Design</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Daarbak Design A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gugvej 120</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aalborg SÆ</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Arctic hæve-/sænkebord ECO 160x80cm</x:v>
-[...122 lines deleted...]
-        <x:v>Hammel</x:v>
+        <x:v>Contract hæve/sænkebord 140x80 linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Empire hæve/sænkebord 160x80 linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Contract hæve/sænkebord 160x80 laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Contract hæve/sænkebord 180x90 finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Empire hæve/sænkebord 160x90 finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Empire hæve/sænkebord 120x80 linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Empire hæve/sænkebord 140x80 linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Empire hæve/sænkebord 180x90 melamin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Embla hæve/sænkebord 160x90 finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Empire ECO hæve/sænkebord 160x80 finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Embla hæve/sænkebord 160x80 laminat</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DK/049/006</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Office Furniture, table (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Daarbak Design</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Daarbak Design A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gugvej 120</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aalborg SÆ</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Kontra hæve/sænkebord 180x80 melamin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kontra hæve/sænkebord 160x90 linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kontra hæve/sænkebord 180x80 laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kontra hæve/sænkebord 180x90 melamin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Embla hæve/sænkebord 160x90 melamin</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DK/049/006</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Office Furniture, table (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Daarbak Design</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Daarbak Design A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gugvej 120</x:v>
@@ -10436,210 +10884,50 @@
       </x:c>
       <x:c t="str">
         <x:v>Office Furniture, table (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Daarbak Design</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Daarbak Design A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gugvej 120</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aalborg SÆ</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Kontra hæve/sænkebord 180x80 laminat</x:v>
-[...158 lines deleted...]
-      <x:c t="str">
         <x:v>Empire ECO hæve/sænkebord 160x80 linoleum</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DK/049/006</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Office Furniture, table (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Daarbak Design</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Daarbak Design A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gugvej 120</x:v>
@@ -11237,338 +11525,50 @@
       <x:c t="str">
         <x:v>Office Furniture, table (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Daarbak Design</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Daarbak Design A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gugvej 120</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aalborg SÆ</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Futura hæve/sænkebord 140x80 melamin</x:v>
-      </x:c>
-[...286 lines deleted...]
-        <x:v>Embla hæve/sænkebord 160x90 finer</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DK/049/006</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Office Furniture, table (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Daarbak Design</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Daarbak Design A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gugvej 120</x:v>
       </x:c>