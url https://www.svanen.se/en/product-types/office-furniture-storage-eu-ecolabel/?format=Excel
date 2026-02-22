--- v0 (2025-12-15)
+++ v1 (2026-02-22)
@@ -1,209 +1,209 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra80142113ed74443" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re036a4473f214e48" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R915b7ee19f024950"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="Ra083f5469f074966"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R915b7ee19f024950" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra083f5469f074966" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Brand</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Licensee</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c t="str">
         <x:v>City</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Dencon Bookcasel W800xD350xH1102 w/divider (2302ECO)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, storage (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dencon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dencon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skyttevej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skive</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dencon Extension cabinet W400xD800xH1102 left (2370ECO)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, storage (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dencon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dencon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skyttevej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skive</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>FUMAC JIVE udtræksskab/Maxi Tower, laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, storage (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FUMAC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FUMAC A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrivej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vinderup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Lingo Shelving System</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DK/049/043</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Office Furniture, storage (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lammhults Biblioteksdesign</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lammhults Biblioteksdesign A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dalbækvej 1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Holsted</x:v>
-      </x:c>
-[...94 lines deleted...]
-        <x:v>Vinderup</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Guild Shelf HM15 W120 D25 cm Solid wood Lacquered walnut</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DK/049/062</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Office Furniture, storage (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>&amp;Tradition</x:v>
       </x:c>
       <x:c t="str">