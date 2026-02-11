--- v0 (2025-12-16)
+++ v1 (2026-02-11)
@@ -1,85 +1,373 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7695839a7f204967" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red9553901ba64cd7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R4bb9fd8ac8bb4912"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="Re89784c933f842df"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4bb9fd8ac8bb4912" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re89784c933f842df" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Brand</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Licensee</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c t="str">
         <x:v>City</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>5037ECO Quadro  locker, 4 doors, ECO, H1552 x W410 x D430 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>5041ECO Quadro  locker, 3 doors, ECO, H592 x W1198 x D430 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>5394ECO Plate plinth, adjustable, ECO, W410 x D350mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>5396ECO Plate plinth, adjustable, ECO, W804 x D350mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>5402ECO Low plinth, ECO, H95 x W406 x D390 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>3186ECO High plinth, ECO, H216 x W406 x D510 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>3171ECO Low plinth for 2x D 350 mm, back to back, ECO, H95 x W2408 x D660 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>3172ECO Low plinth for 2x D 430 mm, back to back, ECO, H95 x W2408 x D820 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Colour Rack-S-Shape-Dijon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/052</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havnen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Horsens</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Boarder (3005x1205 mm)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SE/049/002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Office Furniture, other (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Lintex AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Madesjövägen 17</x:v>
@@ -100,50 +388,82 @@
       </x:c>
       <x:c t="str">
         <x:v>Office Furniture, other (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Lintex AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Madesjövägen 17</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nybro</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>5422ECO Quadro bookcase, ECO, H216 x W804 x D350 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>5328ECO Quadro bookcase, ECO, H603 x W410 x D350 mm</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DK/049/022</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Office Furniture, other (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Cube</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Cube Design A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vadstedvej 212</x:v>
@@ -356,366 +676,622 @@
       </x:c>
       <x:c t="str">
         <x:v>Office Furniture, other (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Cube</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Cube Design A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vadstedvej 212</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hammel</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>5037ECO Quadro  locker, 4 doors, ECO, H1552 x W410 x D430 mm</x:v>
-[...255 lines deleted...]
-        <x:v>Colour Rack-S-Shape-Dijon</x:v>
+        <x:v>5301ECO Quadro bookcase, ECO, H984 x W410 x D350 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>5315ECO Quadro bookcase, ECO, H984 x W804 x D350 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>5324ECO Quadro bookcase, ECO, H400 x W410 x D430 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>5297ECO Quadro cabinet with 4 shelves behind the door, ECO, H1936 x W410 x D350 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>5314ECO Quadro cabinet, ECO, H400 x W804 x D350 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>5384ECO Quadro cabinet with 4 shelves behind each door, ECO, H1936 x W804 x D350 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>5201ECO Quadro pull-out cabinet, low with 4 rooms, ECO, H939 x W392 x D800/1470 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>5026ECO Quadro  locker, 8 doors, ECO, H1552 x W804 x D550 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>5032ECO Quadro  locker with letter slot, 2 doors, ECO, H592 x W804 x D550 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>5035ECO Quadro  locker with letter slot, 6 doors, ECO, H1744 x W804 x D430 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>5042ECO Quadro  locker, 3 doors, ECO, H592 x W1198 x D550 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>3151ECO Low plinth for 2x D 350 mm, back to back, ECO, H95 x W800 x D660 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>3175ECO Low plinth for D 350 mm, square, ECO, H95 x W1114x D1114 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>3176ECO Low plinth for D 430 mm, square, ECO, H95 x W1194 x D1194 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>3168ECO High plinth for 2x D 430 mm side by side, ECO, H216 x W2408 x D390 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Colour Rack-S-Shape-Jungle green</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DK/049/052</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Office Furniture, other (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HAY</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HAY</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Havnen 1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Horsens</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>5422ECO Quadro bookcase, ECO, H216 x W804 x D350 mm</x:v>
-[...26 lines deleted...]
-        <x:v>Hammel</x:v>
+        <x:v>Colour Rack-C-Shape-Steel blue</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/052</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havnen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Horsens</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Colour Rack-S-Shape-Black</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/052</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havnen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Horsens</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Boarder (4505x1205 mm)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SE/049/002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Office Furniture, other (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
@@ -804,5786 +1380,5210 @@
       </x:c>
       <x:c t="str">
         <x:v>Office Furniture, other (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Lintex AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Madesjövägen 17</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nybro</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>5301ECO Quadro bookcase, ECO, H984 x W410 x D350 mm</x:v>
-[...479 lines deleted...]
-        <x:v>Colour Rack-S-Shape-Jungle green</x:v>
+        <x:v>5364ECO Quadro bookcase, ECO, H1552 x W410 x D430 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>3190ECO Plate plinth, adjustable, ECO, W410 x D550mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>5204ECO Quadro pull-out cabinet, high with 6 rooms, ECO, H1263 x W392 x D900/1717 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>5358ECO Quadro cabinet with 2 shelves behind each door, ECO, H1168 x W804 x D430 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>5036ECO Quadro  locker with letter slot, 6 doors, ECO, H1744 x W804 x D550 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>5343ECO Quadro cabinet with 1 shelf behind the door, ECO, H784 x W410 x D430 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>5046ECO Quadro  locker, 6 doors, ECO, H1168 x W1198 x D550 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>5040ECO Quadro  locker, 5 doors, ECO, H1936 x W410 x D550 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>5275ECO Plate plinth, adjustable, ECO, W1608 x D430mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>3192ECO Plate plinth, adjustable, ECO, W1198 x D550mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>3191ECO Plate plinth, adjustable, ECO, W804 x D550mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>5321ECO Quadro bookcase, ECO, H1168 x W804 x D430 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>5306ECO Quadro bookcase, ECO, H1168 x W410 x D350 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>5311ECO Quadro bookcase, ECO, H784 x W804 x D350 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>5372ECO Quadro bookcase, ECO, H984 x W1198 x D430 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>5308ECO Quadro bookcase, ECO, H1552 x W410 x D350 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>5330ECO Quadro bookcase, ECO, H400 x W1198 x D350 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>5320ECO Quadro bookcase, ECO, H784 x W804 x D430 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>5305ECO Quadro cabinet, H400 x W410 x D350 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boarder (905x1205 mm)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lintex AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Madesjövägen 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nybro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>3157ECO High plinth for 2x D 350 mm, side by side, ECO, H216 x W1604 x D310 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>3158ECO High plinth for 2x D 430 mm side by side, ECO, H216 x W1604 x D390 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>3154ECO High plinth for 2x D 430 mm, back to back, ECO, H216 x W800 x D820 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>3166ECO Low plinth for 2x D 430 mm, side by side, ECO, H95 x W2408 x D390 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>3173ECO High plinth for 2x D 350 mm, back to back, ECO, H216 x W2408 x D660 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>3155ECO Low plinth for 2x D 350 mm, side by side, ECO, H95 x W1604 x D310 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>5412ECO Low plinth, ECO, H95 x W800 x D390 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boarder (3505x1205 mm)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lintex AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Madesjövägen 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nybro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boarder (1505x1205 mm)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lintex AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Madesjövägen 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nybro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>5325ECO Quadro bookcase, ECO, H1936 x W804 x D350 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>5332ECO Quadro bookcase, ECO, H400 x W804 x D430 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>5345ECO Quadro bookcase, ECO, H984 x W410 x D430 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>5357ECO Quadro bookcase, ECO, H1168 x W804 x D430 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>5370ECO Quadro bookcase, ECO, H400 x W1198 x D430 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>5298ECO Quadro cabinet with 3 shelves behind the door, ECO, H1552 x W410 x D430 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>5016ECO Quadro  locker, 4 doors, ECO, H976 x W804 x D550 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>5022ECO Quadro  locker, 4 doors, ECO, H1168 x W804 x D550 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>5025ECO Quadro  locker, 8 doors, ECO, H1552 x W804 x D430 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>5029ECO Quadro  locker, 10 doors, ECO, H1936 x W804 x D430 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>5031ECO Quadro  locker with letter slot, 2 doors, ECO, H592 x W804 x D430 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>5033ECO Quadro  locker with letter slot, 4 doors, ECO, H1168 x W804 x D430 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>5039ECO Quadro  locker, 5 doors, ECO, H1936 x W410 x D430 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>5397ECO Plate plinth, adjustable, ECO, W804 x D430mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>5399ECO Plate plinth, adjustable, ECO, W1198 x D430mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>3184ECO High plinth, ECO, H216 x W1194 x D510 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>5403ECO High plinth, ECO, H216 x W406 x D390 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>5413ECO High plinth, ECO, H216 x W800 x D390 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>3152ECO Low plinth for 2x D 430 mm, back to back, ECO, H95 x W800 x D820 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>3156ECO Low plinth for 2x D 430 mm, side by side, ECO, H95 x W1604 x D390 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Colour Rack-C-Shape-Standard grey</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DK/049/052</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Office Furniture, other (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HAY</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HAY</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Havnen 1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Horsens</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Colour Rack-C-Shape-Steel blue</x:v>
+        <x:v>Boarder (2505x1205 mm)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lintex AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Madesjövägen 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nybro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boarder (5005x1205 mm)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lintex AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Madesjövägen 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nybro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boarder sharp (905x1205 mm)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lintex AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Madesjövägen 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nybro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>AIR FLOW</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lintex AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Madesjövägen 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nybro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>5316ECO Quadro bookcase, ECO, H603 x W804 x D350 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>5329ECO Quadro bookcase, ECO, H603 x W410 x D430 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>5331ECO Quadro bookcase, ECO, H784 x W1198 x D350 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>5371ECO Quadro bookcase, ECO, H784 x W1198 x D430 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>5307ECO Quadro cabinet with 2 shelves behind the door, ECO, H1168 x W410 x D350 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>5347ECO Quadro cabinet with 2 shelves behind the door, ECO, H1168 x W410 x D430 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>5352ECO Quadro cabinet with 1 shelf behind the door, ECO, H784 x W804 x D430 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>5184ECO Quadro pull-out cabinet, high with 1 large and 4 small rooms, ECO, H1263 x W392 x D900/1717 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>5199ECO Quadro pull-out cabinet, medium with 6 rooms, ECO, H1139 x W392 x D900/1717 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>5209ECO Quadro two-sided pull-out cabinet with shelving on both sides, high with 6 rooms, ECO, H1323 x W392 x D900/1717 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>5012ECO Quadro  locker, 2 doors, ECO, H400 x W804 x D550 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>5020ECO Quadro  locker, 4 doors, ECO, H1168 x W804 x D550 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>5021ECO Quadro  locker, 4 doors, ECO, H1168 x W804 x D430 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>5027ECO Quadro  locker, 6 doors, ECO, H1744 x W804 x D430 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>5411ECO Low plinth, ECO, H95 x W800 x D310 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>3164ECO High plinth for 2x D 430 mm, back to back, ECO, H216 x W1604 x D820 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>3174ECO High plinth for 2x D 430 mm, back to back, ECO, H216 x W2408 x D820 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>3178ECO High plinth for D 430 mm, square, ECO, H216 x W1194 x D1194 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Colour Rack-C-Shape-Maroon red</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DK/049/052</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Office Furniture, other (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HAY</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HAY</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Havnen 1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Horsens</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Colour Rack-S-Shape-Black</x:v>
+        <x:v>Boarder (1005x1205 mm)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lintex AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Madesjövägen 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nybro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boarder sharp (1005x1205 mm)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lintex AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Madesjövägen 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nybro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boarder sharp (3505x1205 mm)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lintex AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Madesjövägen 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nybro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boarder sharp (4505x1205 mm)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lintex AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Madesjövägen 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nybro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>5327ECO  Quadro bookcase, ECO, H1168 x W804 x D350 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>5421ECO Quadro bookcase, ECO, H216 x W410 x D350 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>5423ECO Quadro bookcase, ECO, H216 x W1198 x D350 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>5432ECO Quadro bookcase, ECO, H216 x W1198 x D430 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>AIR TV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lintex AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Madesjövägen 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nybro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Skohylla ENTRY, golvstående med 6 skoyllor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AJ Produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AJ Produkter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Transportvägen 23</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Halmstad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>3185ECO Low plinth, ECO, H95 x W406 x D510 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>5401ECO Low plinth, ECO, H95 x W406 x D310 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>3182ECO High plinth, ECO, H216 x W800 x D510 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>3188ECOHigh plinth, ECO, H216 x W406 x D460 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>5414ECO High plinth, ECO, H216 x W800 x D310 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>5433ECO High plinth, ECO, H216 x W1194 x D310 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Colour Rack-S-Shape-Eggshell</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DK/049/052</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Office Furniture, other (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HAY</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HAY</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Havnen 1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Horsens</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>5364ECO Quadro bookcase, ECO, H1552 x W410 x D430 mm</x:v>
-[...63 lines deleted...]
-        <x:v>Boarder (1505x1205 mm)</x:v>
+        <x:v>Colour Rack-C-Shape-Black</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/052</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havnen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Horsens</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>5321ECO  Quadro bookcase, ECO, H1168 x W804 x D430 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>5424ECO Quadro bookcase, ECO, H216 x W410 x D430 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>5427ECO Quadro bookcase, ECO, H216 x W804 x D430 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>AIR</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SE/049/002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Office Furniture, other (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Lintex AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Madesjövägen 17</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nybro</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Boarder (3505x1205 mm)</x:v>
+        <x:v>Skohylla ENTRY, vägghängd med 3 skohyllor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AJ Produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AJ Produkter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Transportvägen 23</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Halmstad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Skohylla ENTRY, golvstående med 10 skohyllor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AJ Produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AJ Produkter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Transportvägen 23</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Halmstad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Montana System</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Montana</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Montana Furniture A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akkerupvej 16</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haarby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>5309ECO Quadro bookcase, ECO, H1936 x W410 x D350 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>5313ECO Quadro bookcase, ECO, H400 x W804 x D350 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>5336ECO Quadro bookcase, ECO, H984 x W1198 x D350 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>5337ECO Quadro bookcase, ECO, H1168 x W1198 x D350 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>5355ECO Quadro bookcase, ECO, H984 x W804 x D430 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>5303ECO Quadro cabinet with 1 shelf behind the door, ECO, H784 x W410 x D350 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>5318ECO Quadro cabinet with 2 shelves behind each door, ECO, H1168 x W804 x D350 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>5183ECO Quadro pull-out cabinet, high with 1 large and 4 small rooms, ECO, H1263 x W392 x D800/1470 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>5013ECO Quadro  locker, 2 doors, ECO, H592 x W804 x D430 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>5019ECO Quadro  locker, 4 doors, ECO, H1168 x W804 x D430 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>5028ECO Quadro  locker, 6 doors, ECO, H1744 x W804 x D550 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>5045ECO Quadro  locker, 6 doors, ECO, H1168 x W1198 x D430 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>5302ECO Quadro bookcase, ECO, H784 x W410 x D350 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>5317ECO Quadro bookcase, ECO, H1168 x W804 x D350 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>5323ECO Quadro bookcase, ECO, H1552 x W804 x D350 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>5327ECO Quadro bookcase, ECO, H1168 x W804 x D350 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>5342ECO Quadro bookcase, ECO, H784 x W410 x D430 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>5351ECO Quadro bookcase, ECO, H784 x W804 x D430 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>5354ECO Quadro bookcase, ECO, H603 x W804 x D430 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>5363ECO Quadro bookcase, ECO, H1552 x W804 x D430 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>5366ECO Quadro bookcase, ECO, H1936 x W410 x D430 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>5377ECO Quadro bookcase, ECO, H1168 x W1198 x D430 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>5312ECO Quadro cabinet with 1 shelf behind the door, ECO, H784 x W804 x D350 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>5319ECO Quadro cabinet with 1 shelf behind the door, ECO, H1168 x W804 x D350 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>5326ECO Quadro cabinet with 1 shelf behind the door, ECO, H1168 x W804 x D430 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>5379ECO Quadro cabinet with 3 shelves behind each door, ECO, H1552 x W804 x D350 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>5207ECO Quadro two-sided pull-out cabinet with shelving on both sides, medium with 6 rooms, ECO, H1139 x W392 x D900/1717 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>5208ECO Quadro two-sided pull-out cabinet with shelving on both sides, low with 4 rooms, ECO, H939 x W392 x D900/1717 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>5030ECO Quadro  locker, 10 doors, ECO, H1936 x W804 x D550 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>5034ECO Quadro  locker with letter slot, 4 doors, ECO, H1168 x W804 x D550 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>5038ECO Quadro  locker, 4 doors, ECO, H1552 x W410 x D550 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>3183ECO Low plinth, ECO, H95 x W1194 x D510 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>5438ECO Low plinth, ECO, H95 x W1604 x D390 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>3161ECO Low plinth for 2x D 350 mm, back to back, ECO, H95 x W1604 x D660 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>3162ECO Low plinth for 2x D 430 mm, back to back, ECO, H95 x W1604 x D820 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>3163ECO High plinth for 2x D 350 mm, back to back, ECO, H216 x W1604 x D660 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>3167ECO High plinth for 2x D 350 mm, side by side, ECO, H216 x W2408 x D310 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>3177ECO High plinth for D 350 mm, square, ECO, H216 x W1114 x D1114 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boarder (2005x1205 mm)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SE/049/002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Office Furniture, other (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Lintex AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Madesjövägen 17</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nybro</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Boarder (905x1205 mm)</x:v>
+        <x:v>Boarder sharp (1505x1205 mm)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SE/049/002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Office Furniture, other (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Lintex AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Madesjövägen 17</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nybro</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>5306ECO Quadro bookcase, ECO, H1168 x W410 x D350 mm</x:v>
-[...767 lines deleted...]
-        <x:v>Boarder (2505x1205 mm)</x:v>
+        <x:v>Skohylla ENTRY, vägghängd med 5 skohyllor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AJ Produkter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AJ Produkter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Transportvägen 23</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Halmstad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>5304ECO Quadro bookcase, ECO, H400 x W410 x D350 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>5310ECO Quadro bookcase, ECO, H784 x W804 x D350 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>5333ECO Quadro cabinet, ECO, H400 x W804 x D430 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>5378ECO Quadro cabinet with 4 shelves behind the door, ECO, H1936 x W410 x D430 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>5383ECO Quadro cabinet with 3 shelves behind each door, ECO, H1552 x W804 x D430 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>5203ECO Quadro pull-out cabinet, high with 6 rooms, ECO, H1263 x W392 x D800/1470 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>5011ECO Quadro  locker, 2 doors, ECO, H400 x W804 x D430 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>5015ECO Quadro  locker, 4 doors, ECO, H976 x W804 x D430 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>5023ECO Quadro  locker, 8 doors, ECO, H1744 x W804 x D430 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>5047ECO Quadro  locker, 8 doors, ECO, H1744 x W804 x D500 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>5395ECO Plate plinth, adjustable, ECO, W410 x D430mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>5398ECO Plate plinth, adjustable, ECO, W1198 x D350mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>3181ECO Low plinth, ECO, H95 x W800 x D510 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>5431ECO Low plinth, ECO, H95 x W1194 x D310 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>5435ECO Low plinth, ECO, H95 x W1194 x D390 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>5404ECO High plinth, ECO, H216 x W406 x D310 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>5437ECO High plinth, ECO, H216 x W1194 x D390 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>3165ECO Low plinth for 2x D 350 mm, side by side, ECO, H95 x W2408 x D310 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>3153ECO High plinth for 2x D 350 mm, back to back, ECO, H216 x W800 x D660 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cube Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstedvej 212</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>VICTOR 2 Bench</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/060</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, other (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Makiba</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Makiba</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>300 Allée dea Barrots</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Montlaur</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boarder sharp (3005x1205 mm)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SE/049/002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Office Furniture, other (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Lintex AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Madesjövägen 17</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nybro</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Boarder (5005x1205 mm)</x:v>
+        <x:v>Boarder sharp (5005x1205 mm)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SE/049/002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Office Furniture, other (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Lintex AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Madesjövägen 17</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nybro</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Boarder sharp (905x1205 mm)</x:v>
+        <x:v>AIR SPACES</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SE/049/002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Office Furniture, other (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Lintex AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Madesjövägen 17</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nybro</x:v>
-      </x:c>
-[...4158 lines deleted...]
-        <x:v>Montlaur</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>