--- v0 (2025-12-19)
+++ v1 (2026-02-11)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2f7b834f98040f5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c468be386f24532" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R8dc5ecb447d54091"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="Rdd3c203effb94ee1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8dc5ecb447d54091" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rdd3c203effb94ee1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
@@ -580,2035 +580,2035 @@
       </x:c>
       <x:c t="str">
         <x:v>Office Furniture, chairs (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HÅG</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flokk AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Postboks 45 - Skøyen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>OSLO</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>N02™ Recycle, N02-11 (base in powder coated steel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, chairs (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritz Hansen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritz Hansen A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Allerødvej 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Allerød</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>VIPER SM 5-6 på krydsfod</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DK/049/010</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Office Furniture, chairs (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Holmris B8 A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Odinsvej 5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bjerringbro</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>N02™ Recycle, N02-11 (base in powder coated steel)</x:v>
+        <x:v>Chairik 4 ben, CH101</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/013</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, chairs (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Montana</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Montana Furniture A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akkerupvej 16</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haarby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>3080 LYNDERUP stol, sort, Valnød, lakeret</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, chairs (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredericia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredericia Furniture A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Treldevej 183</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredercia</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>3080 LYNDERUP stol, sort, Eg, deep red</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, chairs (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredericia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredericia Furniture A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Treldevej 183</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredercia</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>YOUNG STUDENT 9501</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, chairs (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Savir</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Savir Design Studio</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ellehammersvej 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>FALK Chair Black w/armrest - Solid Oak Legs. w/o Padded Seat. Item no. 12903-2005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, chairs (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FALK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOUE ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rodelundvej 4a</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ry</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>FALK Chair Black w/armrest - Solid Oak Legs. w/padded seat: Cura in several colours. Item no. 12901-2005-XX</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, chairs (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FALK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOUE ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rodelundvej 4a</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ry</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>FALK Chair Black w/armrest - Tube legs 16mm. w/padded seat: Connect in several colours. Item no. 12901-2052-XX</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, chairs (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FALK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOUE ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rodelundvej 4a</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ry</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>FALK Chair Black low armrest - 5 Star Base with Gas Spring and Castors. w/o padded seat. Item no. 12904-2042</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, chairs (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FALK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOUE ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rodelundvej 4a</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ry</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>FALK Chair Black low armrest - Tube legs 16mm. w/padded seat: Connect in several colours. Item no. 12902-2052-XX</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, chairs (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FALK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOUE ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rodelundvej 4a</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ry</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rely HW30 - Upholstered chair, 5-Star base w. wheels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, chairs (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rely HW31 - Upholstered chair w. seat cushion, 5-Star base w. wheels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, chairs (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kevi E2543</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, chairs (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Montana</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Montana Furniture A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akkerupvej 16</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haarby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HÅG SoFi Communication 7302</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOR/049/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, chairs (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HÅG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flokk AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 45 - Skøyen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSLO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HÅG Capisco Puls 8020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOR/049/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, chairs (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HÅG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flokk AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 45 - Skøyen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSLO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kevi E2533</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, chairs (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Montana</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Montana Furniture A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akkerupvej 16</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haarby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>REFLECT 5000</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, chairs (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Savir</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Savir Design Studio</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ellehammersvej 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>REFLECT 5500</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, chairs (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Savir</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Savir Design Studio</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ellehammersvej 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>STUDENT 9500</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, chairs (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Savir</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Savir Design Studio</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ellehammersvej 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>FALK Chair Black w/armrest - Tube Legs 16mm. w/o Padded Seat. Item no. 12903-2052</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, chairs (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FALK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOUE ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rodelundvej 4a</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ry</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>FALK Chair Black w/armrest - 4 Star Base with Memory Return Swivel. w/o Padded Seat. Item no. 12903-2062</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, chairs (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FALK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOUE ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rodelundvej 4a</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ry</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>FALK Chair Black low armrest - 5 Star Base with Gas Spring and Castors. w/padded seat: Cura in several colours. Item no. 12902-2042-XX</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, chairs (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FALK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOUE ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rodelundvej 4a</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ry</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rely HW10 - Upholstered chair w. seat cushion, Tube base</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, chairs (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rely HW7 - Chair w. plastic shell &amp; seat cushion, Tube base</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, chairs (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>STUDENT 9500, sædebrik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, chairs (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Savir</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Savir Design Studio</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ellehammersvej 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Chairik starbase, CH134XL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, chairs (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Montana</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Montana Furniture A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akkerupvej 16</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haarby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Marée Chair 406</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, chairs (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Montana</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Montana Furniture A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akkerupvej 16</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haarby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HÅG Creed 6004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOR/049/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, chairs (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HÅG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flokk AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 45 - Skøyen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSLO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>REFLECT 5000, fuldpolstret</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, chairs (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Savir</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Savir Design Studio</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ellehammersvej 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>N02™ Recycle, N02-31 (base in powder coated steel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DK/049/009</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Office Furniture, chairs (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Fritz Hansen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Fritz Hansen A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Allerødvej 8</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Allerød</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Chairik 4 ben, CH101</x:v>
-[...2 lines deleted...]
-        <x:v>DK/049/013</x:v>
+        <x:v>3080 LYNDERUP stol, sort, Ask, sort</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, chairs (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredericia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredericia Furniture A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Treldevej 183</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fredercia</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>FALK Chair Black w/armrest - 4 Star Base with Memory Return Swivel. w/padded seat: Connect in several colours. Item no. 12901-2062-XX</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, chairs (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FALK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOUE ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rodelundvej 4a</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ry</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>FALK Chair Black low armrest - Tube legs 16mm. w/o padded seat. Item no. 12904-2052</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, chairs (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FALK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOUE ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rodelundvej 4a</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ry</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rely HW26 - Chair w. plastic shell, A-base</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, chairs (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rely HW8 - Upholstered chair, Tube base</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, chairs (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>FALK Chair Black low armrest - Oak veneer legs. w/padded seat: Cura in several colours. Item no. 12902-2072-XX</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, chairs (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FALK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOUE ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rodelundvej 4a</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ry</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kevi EAIR</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/024</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Office Furniture, chairs (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Montana</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Montana Furniture A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Akkerupvej 16</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Haarby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>3080 LYNDERUP stol, sort, Valnød, lakeret</x:v>
+        <x:v>HÅG Creed 6005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOR/049/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, chairs (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HÅG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flokk AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 45 - Skøyen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSLO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>REFLECT 5200, sædepolstring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, chairs (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Savir</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Savir Design Studio</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ellehammersvej 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>N02™ Recycle, N02-30 (base in powder coated steel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, chairs (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritz Hansen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritz Hansen A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Allerødvej 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Allerød</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>3080 LYNDERUP stol, sort, Eg, hvidpigmenteret</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DK/049/015</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Office Furniture, chairs (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Fredericia</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Fredericia Furniture A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Treldevej 183</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Fredercia</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>3080 LYNDERUP stol, sort, Eg, deep red</x:v>
-[...31 lines deleted...]
-        <x:v>YOUNG STUDENT 9501</x:v>
+        <x:v>FALK Chair Black w/armrest - 5 Star Base with Gas Spring and Castors. w/o Padded Seat. Item no. 12903-2042</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, chairs (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FALK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOUE ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rodelundvej 4a</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ry</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>FALK Chair Black w/armrest - 4 Star Base with Swivel. w/padded seat: Cura in several colours. Item no. 12901-2032-XX</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, chairs (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FALK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOUE ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rodelundvej 4a</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ry</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>FALK Chair Black low armrest - Solid Oak Legs. w/padded seat: Cura in several colours. Item no. 12902-2005-XX</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, chairs (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FALK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOUE ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rodelundvej 4a</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ry</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Chairik starbase, CH136XL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, chairs (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Montana</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Montana Furniture A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akkerupvej 16</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haarby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HÅG Capisco Puls 8002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOR/049/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, chairs (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HÅG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flokk AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 45 - Skøyen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSLO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HÅG Capisco Puls 8010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOR/049/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, chairs (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HÅG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flokk AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 45 - Skøyen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSLO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>STUDENT 9400</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DK/049/017</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Office Furniture, chairs (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Savir</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Savir Design Studio</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ellehammersvej 12</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vejle</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>FALK Chair Black w/armrest - Solid Oak Legs. w/o Padded Seat. Item no. 12903-2005</x:v>
-[...159 lines deleted...]
-        <x:v>Rely HW30 - Upholstered chair, 5-Star base w. wheels</x:v>
+        <x:v>FALK Chair Black w/armrest - 5 Star Base with Gas Spring and Castors. w/padded seat: Cura in several colours. Item no. 12901-2042-XX</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, chairs (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FALK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOUE ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rodelundvej 4a</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ry</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>FALK Chair Black w/armrest - 4 Star Base with Memory Return Swivel. w/padded seat: Cura in several colours. Item no. 12901-2062-XX</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, chairs (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FALK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOUE ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rodelundvej 4a</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ry</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>FALK Chair Black low armrest - 4 Star Base with Memory Return Swivel. w/o padded seat. Item no. 12904-2062</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, chairs (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FALK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOUE ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rodelundvej 4a</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ry</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>FALK Chair Black low armrest - 5 Star Base with Gas Spring and Castors. w/padded seat: Connect in several colours. Item no. 12902-2042-XX</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, chairs (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FALK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOUE ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rodelundvej 4a</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ry</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>FALK Chair Black low armrest - Tube legs 16mm. w/padded seat: Cura in several colours. Item no. 12902-2052-XX</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, chairs (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FALK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOUE ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rodelundvej 4a</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ry</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>FALK Chair Black low armrest - 4 Star Base with Memory Return Swivel. w/padded seat: Cura in several colours. Item no. 12902-2062-XX</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, chairs (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FALK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOUE ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rodelundvej 4a</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ry</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rely HW28 - Chair w. plastic shell, 5-Star base w. wheels</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DK/049/019</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Office Furniture, chairs (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>&amp;Tradition</x:v>
       </x:c>
       <x:c t="str">
         <x:v>&amp;Tradition A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kronprinsessegade 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>København</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Rely HW31 - Upholstered chair w. seat cushion, 5-Star base w. wheels</x:v>
+        <x:v>Rely HW29 - Chair w. plastic shell &amp; seat cushion, 5-Star base w. wheels</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DK/049/019</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Office Furniture, chairs (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>&amp;Tradition</x:v>
       </x:c>
       <x:c t="str">
         <x:v>&amp;Tradition A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kronprinsessegade 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>København</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Kevi E2543</x:v>
-[...31 lines deleted...]
-        <x:v>HÅG SoFi Communication 7302</x:v>
+        <x:v>Rely HW32 - Upholstered chair w. seat cushion, 5-Star base w. wheels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, chairs (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rely HW6 - Chair w. plastic shell, Tube base</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, chairs (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rely HW9 - Upholstered chair w. seat cushion, Tube base</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, chairs (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>FALK Chair Black w/armrest - Oak veneer legs. w/o padded seat. Item no. 12903-2072</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office Furniture, chairs (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FALK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOUE ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rodelundvej 4a</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ry</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HÅG SoFi Communication 7202</x:v>
       </x:c>
       <x:c t="str">
         <x:v>NOR/049/001</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Office Furniture, chairs (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HÅG</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flokk AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Postboks 45 - Skøyen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>OSLO</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>HÅG Capisco Puls 8020</x:v>
-[...1438 lines deleted...]
-      <x:c t="str">
         <x:v>HÅG SoFi 7200</x:v>
-      </x:c>
-[...62 lines deleted...]
-        <x:v>HÅG Capisco Puls 8010</x:v>
       </x:c>
       <x:c t="str">
         <x:v>NOR/049/001</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Office Furniture, chairs (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HÅG</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flokk AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Postboks 45 - Skøyen</x:v>
       </x:c>