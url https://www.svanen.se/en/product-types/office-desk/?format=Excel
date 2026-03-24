--- v0 (2026-01-22)
+++ v1 (2026-03-24)
@@ -1,246 +1,5462 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6bab5be8c4a9416f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R23471aac96184374" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="Rd3fd317343794cba"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="products" sheetId="1" r:id="Rb31fcdd4e0614a57"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd3fd317343794cba" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb31fcdd4e0614a57" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Brand</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Licensee</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c t="str">
         <x:v>City</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Q20.N Worktable (4034) with tabletop no. 5011S, NanoSoft-Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Q20.N Worktable (N4034) with tabletop no. 5002L, Resistant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Q40 Worktable (N4009S) with tabletop no. 5003S, Resistant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q40.1 Worktable (4030) with tabletop no. 5002, Resistant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Worktable (4001) with tabletop no. 5005S, Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q22 Worktable (4007) with tabletop no. 5002, Resistant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Q20 Worktable (N4001S) with tabletop no. 5005L, Resistant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Worktable (4001) with tabletop no. 5010S, Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q60.1 Worktable (4043) with tabletop no. 5004S, Linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>IDT 500 Teleskop 2-søyle sølv/sort/hvit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0132</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IDT</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IDT Solutions AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lenagata 131</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lena</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>AXO10 Worktable with linoleum tabletop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Worktable (4001) with tabletop no. 5004S, Linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Worktable (4001) with tabletop no. 5018S, NanoSoft-Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20.N Worktable (4034) with tabletop no. 5013S, Veneer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q22 Worktable (4007) with tabletop no. 5010S, Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Q40 Worktable (N4009S) with tabletop no. 5004S, Resistant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q22 Worktable (4007) with tabletop no. 5005S, Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q22 Worktable (4007) with tabletop no. 5006S, Linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20.N Worktable (4034) with tabletop no. 5016S, NanoSoft-Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Q20.N Worktable (N4034) with tabletop no. 5003L, Resistant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Q20.N Worktable (N4034) with tabletop no. 5004L, Resistant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20.N Worktable (4034) with tabletop no. 5013S, Linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20.N Worktable (4034) with tabletop no. 5004S, Linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q40.1 Worktable (4030) with tabletop no. 5005S, Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q22 Worktable (4007) with tabletop no. 5019S, Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q60.1 Worktable (4043) with tabletop no. 5004S, Veneer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q22 Worktable (4007) with tabletop no. 5014S, Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q22 Worktable (4007) with tabletop no. 5015S, Linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20.N Worktable (4034) with tabletop no. 5003S, NanoSoft-Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q40.1 Worktable (4030) with tabletop no. 5004S, Veneer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q22 Worktable (4007) with tabletop no. 5012S, Veneer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Worktable (4001) with tabletop no. 5012S, Linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20.N Worktable (4034) with tabletop no. 5006S, NanoSoft-Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20.N Worktable (4034) with tabletop no. 5003, Resistant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q22 Worktable (4007) with tabletop no. 5008S, Veneer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20.N Worktable (4034) with tabletop no. 5002S, Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20.N Worktable (4034) with tabletop no. 5007S, Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20.N Worktable (4034) with tabletop no. 5019S, Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Worktable (4001) with tabletop no. 5016S, Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q22 Worktable (4007) with tabletop no. 5004S, Linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q22 Worktable (4007) with tabletop no. 5013S, NanoSoft-Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q22 Worktable (4007) with tabletop no. 5009S, NanoSoft-Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q60.1 Worktable (4043) with tabletop no. 5003, Resistant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q22 Worktable (4007) with tabletop no. 5002S, NanoSoft-Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q22 Worktable (4007) with tabletop no. 5007S, NanoSoft-Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20.N Worktable (4034) with tabletop no. 5017S, Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20.N Worktable (4034) with tabletop no. 5011S, Linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20.N Worktable (4034) with tabletop no. 5006S, Linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q22 Worktable (4007) with tabletop no. 5008S, Linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Sidetable for worktable (4002) and tabletop no. 5103S, Veneer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20.N Worktable (4034) with tabletop no. 5018S, Linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Worktable (4001) with tabletop no. 5015S, Linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q40.1 Worktable (4030) with tabletop no. 5003S, Veneer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q22 Worktable (4007) with tabletop no. 5015S, Veneer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q25 Worktable with resistant tabletop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q22 Worktable (4007) with tabletop no. 5012S, Linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q22 Worktable (4007) with tabletop no. 5017S, Veneer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>2144, TEACHER DESK, Teacher desk "T" shaped with two drawers, cm 140x80x72h</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2031 0119</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Office desk</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vastarredo</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vastarredo Srl</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Via Osca, 67</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vasto (CH)</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>IDT 500 Teleskop 2-søyle sølv/sort/hvit</x:v>
+        <x:v>Q22 Worktable (4007) with tabletop no. 5011S, Veneer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20.N Worktable (4034) with tabletop no. 5018S, Veneer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q40.1 Worktable (4030) with tabletop no. 5003S, Linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Worktable (4001) with tabletop no. 5006S, Veneer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q22 Worktable (4007) with tabletop no. 5006S, Veneer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Sidetable for worktable (4002) and tabletop no. 5104S, NanoSoft-Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>2115, TEACHER DESK, Semicircular teacher desk with metal legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0119</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo Srl</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Osca, 67</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vasto (CH)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Worktable (4001) with tabletop no. 5011S, Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Worktable (4001) with tabletop no. 5011S, Linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20.N Worktable (4034) with tabletop no. 5004S, Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20.N Worktable (4034) with tabletop no. 5019S, Linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TELLUS work desk (melamine)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0101</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>UAB "SVENHEIM"</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Naujoji st. 132</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alytus</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20.N Worktable (4034) with tabletop no. 5018S, Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20.N Worktable (4034) with tabletop no. 5004, Resistant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20.N Worktable (4034) with tabletop no. 5007S, Linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q22 Worktable (4007) with tabletop no. 5015S, Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q22 Worktable (4007) with tabletop no. 5010S, Linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>AXO10 Worktable with laminate tabletop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Q20 Worktable (N4001S) with tabletop no. 5002L, Linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Worktable (4001) with tabletop no. 5007S, NanoSoft-Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20.N Worktable (4034) with tabletop no. 5002S, Linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Q20 Worktable (N4001S) with tabletop no. 5005L, Linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q22 Worktable (4007) with tabletop no. 5009S, Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Worktable (4001) with tabletop no. 5018S, Veneer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q22 Worktable (4007) with tabletop no. 5007S, Veneer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q22 Worktable (4007) with tabletop no. 5014S, Linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Worktable (4001) with tabletop no. 5010S, NanoSoft-Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Q20.N Worktable (N4034) with tabletop no. 5005L, Linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20.N Worktable (4034) with tabletop no. 5019S, Veneer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Worktable (4001) with tabletop no. 5018S, Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Worktable (4001) with tabletop no. 5007S, Veneer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20.N Worktable (4034) with tabletop no. 5017S, NanoSoft-Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Q20.N Worktable (N4034) with tabletop no. 5003L, Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Q20.N Worktable (N4034) with tabletop no. 5002L, Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20.N Worktable (4034) with tabletop no. 5012S, Linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20.N Worktable (4034) with tabletop no. 5002S, Veneer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q22 Worktable (4007) with tabletop no. 5014S, NanoSoft-Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Worktable (4001) with tabletop no. 5012S, NanoSoft-Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q22 Worktable (4007) with tabletop no. 5004, Resistant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Worktable (4001) with tabletop no. 5002S, Veneer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q40.1 Worktable (4030) with tabletop no. 5003S, NanoSoft-Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Q20 Worktable (N4001S) with tabletop no. 5005L, Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20.N Worktable (4034) with tabletop no. 5017S, Linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q40.1 Worktable (4030) with tabletop no. 5003, Resistant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Q20.N Worktable (N4034) with tabletop no. 5005L, Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20.N Worktable (4034) with tabletop no. 5016S, Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q40.1 Worktable (4030) with tabletop no. 5002S, Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Worktable (4001) with tabletop no. 5010S, Veneer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Q40 Worktable (N4009S) with tabletop no. 5003L, Linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>2107, TEACHER DESK, Teacher desk with two drawers, cm 140x70x76h</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0119</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo Srl</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Osca, 67</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vasto (CH)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Worktable (4001) with tabletop no. 5013S, Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q22 Worktable (4007) with tabletop no. 5003S, Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Worktable (4001) with tabletop no. 5016S, Veneer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q40.1 Worktable (4030) with tabletop no. 5004, Resistant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q40.1 Worktable (4030) with tabletop no. 5002S, Veneer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20.N Worktable (4034) with tabletop no. 5012S, Veneer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Worktable (4001) with tabletop no. 5006S, Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Worktable (4001) with tabletop no. 5003S, Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Worktable (4001) with tabletop no. 5004S, Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Worktable (4001) with tabletop no. 5009S, Veneer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Worktable (4001) with tabletop no. 5005, Resistant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Worktable (4001) with tabletop no. 5004, Resistant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Worktable (4001) with tabletop no. 5002S, Linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Sidetable for worktable (4002) and tabletop no. 5104S, Linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Q20 Worktable (N4001S) with tabletop no. 5004L, Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>IDT 650 Angel 2-søyle sølv/sort/hvit</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2031 0132</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Office desk</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>IDT</x:v>
       </x:c>
       <x:c t="str">
         <x:v>IDT Solutions AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lenagata 131</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lena</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Q20.N Worktable (4034) with tabletop no. 5002S, Veneer</x:v>
-[...95 lines deleted...]
-        <x:v>Q20.N Worktable (4034) with tabletop no. 5012S, Linoleum</x:v>
+        <x:v>Q20.N Worktable (4034) with tabletop no. 5006S, Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20.N Worktable (4034) with tabletop no. 5011S, Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20.N Worktable (4034) with tabletop no. 5003S, Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Worktable (4001) with tabletop no. 5011S, NanoSoft-Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>AXO10 Worktable with NanoSoft-Laminate tabletop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>IDT 650 Fleksi 3-søyle sølv/sort/hvit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0132</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IDT</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IDT Solutions AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lenagata 131</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lena</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q22 Worktable (4007) with tabletop no. 5013S, Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q22 Worktable (4007) with tabletop no. 5016S, Linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q22 Worktable (4007) with tabletop no. 5005S, Linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q22 Worktable (4007) with tabletop no. 5007S, Linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20.N Worktable (4034) with tabletop no. 5013S, NanoSoft-Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Worktable (4001) with tabletop no. 5004S, NanoSoft-Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q22 Worktable (4007) with tabletop no. 5006S, Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q40.1 Worktable (4030) with tabletop no. 5005S, Veneer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>2118, TEACHER DESK, Teacher desk with circular top and bookshelf undertop, cm diam. 130x71/95h</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0119</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo Srl</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Osca, 67</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vasto (CH)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q60.1 Worktable (4043) with tabletop no. 5005S, NanoSoft-Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Q40 Worktable (N4009S) with tabletop no. 5005L, Linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q40.1 Worktable (4030) with tabletop no. 5003S, Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q22 Worktable (4007) with tabletop no. 5019S, Veneer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q22 Worktable (4007) with tabletop no. 5019S, Linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20.N Worktable (4034) with tabletop no. 5013S, Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q22 Worktable (4007) with tabletop no. 5008S, Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Q20 Worktable (N4001S) with tabletop no. 5003L, Linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20.N Worktable (4034) with tabletop no. 5011S, Veneer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20.N Worktable (4034) with tabletop no. 5006S, Veneer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Worktable (4001) with tabletop no. 5008S, Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q22 Worktable (4007) with tabletop no. 5009S, Linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q22 Worktable (4007) with tabletop no. 5006S, NanoSoft-Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20.N Worktable (4034) with tabletop no. 5010S, Linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q60.1 Worktable (4043) with tabletop no. 5005S, Veneer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Worktable (4001) with tabletop no. 5005S, Veneer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q25 Worktable with NanoSoft-Laminate tabletop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20.N Worktable (4034) with tabletop no. 5007S, NanoSoft-Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20.N Worktable (4034) with tabletop no. 5008S, Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q22 Worktable (4007) with tabletop no. 5004S, Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Worktable (4001) with tabletop no. 5003S, Linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q40.1 Worktable (4030) with tabletop no. 5005, Resistant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q60.1 Worktable (4043) with tabletop no. 5003S, Linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q22 Worktable (4007) with tabletop no. 5013S, Linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q22 Worktable (4007) with tabletop no. 5009S, Veneer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q22 Worktable (4007) with tabletop no. 5005S, Veneer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Worktable (4001) with tabletop no. 5010S, Linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Sidetable for worktable (4002) and tabletop no. 5103S, NanoSoft-Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20.N Worktable (4034) with tabletop no. 5009S, Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q22 Worktable (4007) with tabletop no. 5003, Resistant</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5031 0088</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Office desk</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HOLMRIS B8</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Holmris B8 A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Odinsvej 5</x:v>
       </x:c>
@@ -260,851 +5476,851 @@
       </x:c>
       <x:c t="str">
         <x:v>Office desk</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HOLMRIS B8</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Holmris B8 A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Odinsvej 5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bjerringbro</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Q20.N Worktable (4034) with tabletop no. 5013S, Veneer</x:v>
-[...126 lines deleted...]
-      <x:c t="str">
         <x:v>Q20.N Worktable (4034) with tabletop no. 5019S, NanoSoft-Laminate</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5031 0088</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Office desk</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HOLMRIS B8</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Holmris B8 A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Odinsvej 5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bjerringbro</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Nordic Q20.N Worktable (N4034) with tabletop no. 5002L, Laminate</x:v>
-[...158 lines deleted...]
-      <x:c t="str">
         <x:v>Q20 Worktable (4001) with tabletop no. 5009S, Linoleum</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5031 0088</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Office desk</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HOLMRIS B8</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Holmris B8 A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Odinsvej 5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bjerringbro</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Q20 Worktable (4001) with tabletop no. 5010S, Veneer</x:v>
-[...447 lines deleted...]
-        <x:v>Q60.1 Worktable (4043) with tabletop no. 5004S, Linoleum</x:v>
+        <x:v>2111, TEACHER DESK, Teacher desk with oval top and bookshelf undertop, cm 130x80x71/95h</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0119</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo Srl</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Osca, 67</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vasto (CH)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Q40 Worktable (N4009S) with tabletop no. 5005L, Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q22 Worktable (4007) with tabletop no. 5015S, NanoSoft-Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Worktable (4001) with tabletop no. 5009S, NanoSoft-Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20.N Worktable (4034) with tabletop no. 5008S, Veneer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Worktable (4001) with tabletop no. 5004S, Veneer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Worktable (4001) with tabletop no. 5013S, NanoSoft-Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Worktable (4001) with tabletop no. 5014S, Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Worktable (4001) with tabletop no. 5012S, Veneer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20.N Worktable (4034) with tabletop no. 5009S, NanoSoft-Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q40.1 Worktable (4030) with tabletop no. 5002S, NanoSoft-Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Worktable (4001) with tabletop no. 5008S, Veneer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q22 Worktable (4007) with tabletop no. 5011S, NanoSoft-Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>2105, TEACHER DESK, Teacher desk with one drawer, cm 140x70x76h</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0119</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo Srl</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Osca, 67</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vasto (CH)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20.N Worktable (4034) with tabletop no. 5017S, Veneer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q22 Worktable (4007) with tabletop no. 5002S, Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q25 Worktable with veneer tabletop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>2101, TEACHER DESK, Teacher desk with notebook holder and two drawers, cm 140x70x76h</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0119</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo Srl</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Osca, 67</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vasto (CH)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q22 Worktable (4007) with tabletop no. 5004S, Veneer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Harbor 2L2M</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZGO Solutions</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZGO Solutions</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Intersection of Shunyuan &amp; Zhiyuan Rd, East Second District, Economic &amp; Technological Development Zone, Hangzhou Bay, Shangyu District</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shaoxing City</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TELLUS work desk (veneer)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0101</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>UAB "SVENHEIM"</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Naujoji st. 132</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alytus</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Q20.N Worktable (N4034) with tabletop no. 5004L, Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Worktable (4001) with tabletop no. 5019S, Veneer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Q40 Worktable (N4009S) with tabletop no. 5004L, Laminate</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5031 0088</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Office desk</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HOLMRIS B8</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Holmris B8 A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Odinsvej 5</x:v>
       </x:c>
@@ -1124,307 +6340,4051 @@
       </x:c>
       <x:c t="str">
         <x:v>Office desk</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HOLMRIS B8</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Holmris B8 A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Odinsvej 5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bjerringbro</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Q20.N Worktable (4034) with tabletop no. 5004S, NanoSoft-Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20.N Worktable (4034) with tabletop no. 5010S, Veneer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Worktable (4001) with tabletop no. 5006S, NanoSoft-Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20.N Worktable (4034) with tabletop no. 5005S, Linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Worktable (4001) with tabletop no. 5014S, Veneer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Worktable (4001) with tabletop no. 5005S, Linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Worktable (4001) with tabletop no. 5015S, NanoSoft-Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q22 Worktable (4007) with tabletop no. 5007S, Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q22 Worktable (4007) with tabletop no. 5016S, Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q60.1 Worktable (4043) with tabletop no. 5005S, Linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>2126, TEACHER DESK, Teacher desk "C" shaped with two drawers, cm 140x70x76h</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0119</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo Srl</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Osca, 67</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vasto (CH)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Q40 Worktable (N4009S) with tabletop no. 5003L, Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Sidetable for worktable (4002) and tabletop no. 5103S, Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20.N Worktable (4034) with tabletop no. 5018S, NanoSoft-Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q60.1 Worktable (4043) with tabletop no. 5003S, NanoSoft-Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q60.1 Worktable (4043) with tabletop no. 5002S, Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Q20 Worktable (N4001S) with tabletop no. 5002L, Resistant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Worktable (4001) with tabletop no. 5003S, NanoSoft-Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q22 Worktable (4007) with tabletop no. 5003S, NanoSoft-Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Worktable (4001) with tabletop no. 5017S, Linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20.N Worktable (4034) with tabletop no. 5003S, Linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q22 Worktable (4007) with tabletop no. 5005, Resistant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q22 Worktable (4007) with tabletop no. 5013S, Veneer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Worktable (4001) with tabletop no. 5018S, Linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q40.1 Worktable (4030) with tabletop no. 5005S, NanoSoft-Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q22 Worktable (4007) with tabletop no. 5018S, Linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q22 Worktable (4007) with tabletop no. 5018S, Veneer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>IDT 500 Angel 2-søyle sølv/sort/hvit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0132</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IDT</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IDT Solutions AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lenagata 131</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lena</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20.N Worktable (4034) with tabletop no. 5012S, Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20.N Worktable (4034) with tabletop no. 5005S, Veneer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Worktable (4001) with tabletop no. 5008S, Linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Worktable (4001) with tabletop no. 5007S, Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Worktable (4001) with tabletop no. 5003, Resistant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Sidetable for worktable (4002) and tabletop no. 5104S, Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q40.1 Worktable (4030) with tabletop no. 5004S, Linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Worktable (4001) with tabletop no. 5017S, Veneer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Q20 Worktable (N4001S) with tabletop no. 5003L, Resistant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q22 Worktable (4007) with tabletop no. 5018S, NanoSoft-Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Worktable (4001) with tabletop no. 5002S, Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q22 Worktable (4007) with tabletop no. 5017S, Linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20.N Worktable (4034) with tabletop no. 5008S, Linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Q20 Worktable (N4001S) with tabletop no. 5004L, Resistant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Worktable (4001) with tabletop no. 5019S, Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20.N Worktable (4034) with tabletop no. 5007S, Veneer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q40.1 Worktable (4030) with tabletop no. 5004S, NanoSoft-Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Worktable (4001) with tabletop no. 5005S, NanoSoft-Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Worktable (4001) with tabletop no. 5008S, NanoSoft-Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q22 Worktable (4007) with tabletop no. 5005S, NanoSoft-Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q40.1 Worktable (4030) with tabletop no. 5005S, Linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q22 Worktable (4007) with tabletop no. 5010S, Veneer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Worktable (4001) with tabletop no. 5019S, Linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20.N Worktable (4034) with tabletop no. 5005S, NanoSoft-Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Worktable (4001) with tabletop no. 5014S, NanoSoft-Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20.N Worktable (4034) with tabletop no. 5003S, Veneer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20.N Worktable (4034) with tabletop no. 5005, Resistant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q60.1 Worktable (4043) with tabletop no. 5004S, Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q60.1 Worktable (4043) with tabletop no. 5005, Resistant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Worktable (4001) with tabletop no. 5013S, Veneer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>AXO10 Worktable with resistant tabletop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>2116, TEACHER DESK, Semicircular teacher desk with wooden structure</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2031 0119</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Office desk</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vastarredo</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vastarredo Srl</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Via Osca, 67</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vasto (CH)</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Q20.N Worktable (4034) with tabletop no. 5003S, Veneer</x:v>
-[...223 lines deleted...]
-        <x:v>Q20 Worktable (4001) with tabletop no. 5005S, Linoleum</x:v>
+        <x:v>Q22 Worktable (4007) with tabletop no. 5012S, NanoSoft-Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q22 Worktable (4007) with tabletop no. 5008S, NanoSoft-Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Q40 Worktable (N4009S) with tabletop no. 5004L, Linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q22 Worktable (4007) with tabletop no. 5002S, Veneer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20.N Worktable (4034) with tabletop no. 5010S, NanoSoft-Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Q20.N Worktable (N4034) with tabletop no. 5003L, Linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20.N Worktable (4034) with tabletop no. 5016S, Veneer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>2102, TEACHER DESK, Teacher desk with four drawers, cm 160x80x76h</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0119</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vastarredo Srl</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Osca, 67</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vasto (CH)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q60.1 Worktable (4043) with tabletop no. 5004, Resistant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q60.1 Worktable (4043) with tabletop no. 5002S, Linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20.N Worktable (4034) with tabletop no. 5002S, NanoSoft-Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q22 Worktable (4007) with tabletop no. 5019S, NanoSoft-Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Q20.N Worktable (N4034) with tabletop no. 5002L, Linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Q20 Worktable (N4001S) with tabletop no. 5004L, Linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q40.1 Worktable (4030) with tabletop no. 5004S, Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>IDT 650 Teleskop 2-søyle sølv/sort/hvit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0132</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IDT</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IDT Solutions AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lenagata 131</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lena</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TELLUS work desk (laminate)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0101</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>UAB "SVENHEIM"</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Naujoji st. 132</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alytus</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q25 Worktable with linoleum tabletop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q60.1 Worktable (4043) with tabletop no. 5004S, NanoSoft-Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Q20 Worktable (N4001S) with tabletop no. 5003L, Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q22 Worktable (4007) with tabletop no. 5010S, NanoSoft-Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Worktable (4001) with tabletop no. 5007S, Linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q22 Worktable (4007) with tabletop no. 5014S, Veneer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q22 Worktable (4007) with tabletop no. 5002S, Linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20.N Worktable (4034) with tabletop no. 5009S, Veneer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20.N Worktable (4034) with tabletop no. 5009S, Linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20.N Worktable (4034) with tabletop no. 5016S, Linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20.N Worktable (4034) with tabletop no. 5008S, NanoSoft-Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>AXO10 Worktable with veneer tabletop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Worktable (4001) with tabletop no. 5003S, Veneer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Worktable (4001) with tabletop no. 5013S, Linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Worktable (4001) with tabletop no. 5017S, Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q60.1 Worktable (4043) with tabletop no. 5003S, Veneer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Q20.N Worktable (N4034) with tabletop no. 5004L, Linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q60.1 Worktable (4043) with tabletop no. 5003S, Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q60.1 Worktable (4043) with tabletop no. 5002S, Veneer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Worktable (4001) with tabletop no. 5019S, NanoSoft-Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Q20 Worktable (N4001S) with tabletop no. 5002L, Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q22 Worktable (4007) with tabletop no. 5017S, NanoSoft-Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q22 Worktable (4007) with tabletop no. 5004S, NanoSoft-Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Worktable (4001) with tabletop no. 5009S, Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q22 Worktable (4007) with tabletop no. 5018S, Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Worktable (4001) with tabletop no. 5015S, Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q40.1 Worktable (4030) with tabletop no. 5002S, Linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Worktable (4001) with tabletop no. 5014S, Linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q22 Worktable (4007) with tabletop no. 5016S, Veneer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Sidetable for worktable (4002) and tabletop no. 5104S, Veneer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Worktable (4001) with tabletop no. 5017S, NanoSoft-Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Worktable (4001) with tabletop no. 5016S, Linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q22 Worktable (4007) with tabletop no. 5011S, Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Worktable (4001) with tabletop no. 5012S, Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q22 Worktable (4007) with tabletop no. 5003S, Veneer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q25 Worktable with laminate tabletop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Q40 Worktable (N4009S) with tabletop no. 5005S, Resistant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q22 Worktable (4007) with tabletop no. 5016S, NanoSoft-Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20.N Worktable (4034) with tabletop no. 5002, Resistant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q60.1 Worktable (4043) with tabletop no. 5002, Resistant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20.N Worktable (4034) with tabletop no. 5010S, Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20.N Worktable (4034) with tabletop no. 5004S, Veneer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q60.1 Worktable (4043) with tabletop no. 5005S, Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Worktable (4001) with tabletop no. 5002, Resistant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Worktable (4001) with tabletop no. 5002S, NanoSoft-Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q22 Worktable (4007) with tabletop no. 5017S, Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q22 Worktable (4007) with tabletop no. 5012S, Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q22 Worktable (4007) with tabletop no. 5011S, Linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Sidetable for worktable (4002) and tabletop no. 5103S, Linoleum</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5031 0088</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Office desk</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HOLMRIS B8</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Holmris B8 A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Odinsvej 5</x:v>
       </x:c>
@@ -1444,8883 +10404,243 @@
       </x:c>
       <x:c t="str">
         <x:v>Office desk</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HOLMRIS B8</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Holmris B8 A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Odinsvej 5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bjerringbro</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Q20 Worktable (4001) with tabletop no. 5006S, NanoSoft-Laminate</x:v>
-[...1567 lines deleted...]
-        <x:v>2107, TEACHER DESK, Teacher desk with two drawers, cm 140x70x76h</x:v>
+        <x:v>Nordic Q20.N Worktable (N4034) with tabletop no. 5005L, Resistant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20.N Worktable (4034) with tabletop no. 5005S, Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q60.1 Worktable (4043) with tabletop no. 5002S, NanoSoft-Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Worktable (4001) with tabletop no. 5016S, NanoSoft-Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office desk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>2106, TEACHER DESK, Teacher desk with two drawers, cm 140x70x76h</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2031 0119</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Office desk</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vastarredo</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vastarredo Srl</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Via Osca, 67</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vasto (CH)</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>2111, TEACHER DESK, Teacher desk with oval top and bookshelf undertop, cm 130x80x71/95h</x:v>
-[...3551 lines deleted...]
-        <x:v>Q20 Worktable (4001) with tabletop no. 5008S, NanoSoft-Laminate</x:v>
+        <x:v>Q22 Worktable (4007) with tabletop no. 5003S, Linoleum</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5031 0088</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Office desk</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HOLMRIS B8</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Holmris B8 A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Odinsvej 5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bjerringbro</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Q20 Worktable (4001) with tabletop no. 5015S, Veneer</x:v>
-      </x:c>
-[...3646 lines deleted...]
-        <x:v>Q22 Worktable (4007) with tabletop no. 5011S, Linoleum</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5031 0088</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Office desk</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HOLMRIS B8</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Holmris B8 A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Odinsvej 5</x:v>
       </x:c>