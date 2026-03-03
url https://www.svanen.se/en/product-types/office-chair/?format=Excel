--- v0 (2026-01-16)
+++ v1 (2026-03-03)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f01b507bfec4e49" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R19c4db27b8dd4673" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R0588db89a2854d01"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="products" sheetId="1" r:id="R120b4b68ec16492e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0588db89a2854d01" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R120b4b68ec16492e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
@@ -708,110 +708,110 @@
       </x:c>
       <x:c t="str">
         <x:v>Office chair</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vastarredo</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vastarredo Srl</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Via Osca, 67</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vasto (CH)</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>HÅG Tion 2100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0057, NOR/049/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel, EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Office chair</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HÅG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flokk AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 45 - Skøyen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSLO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Fjell 5'er kryss, høy rygg</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2031 0117</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Office chair</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Fora Form</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Fora Form AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Mosflatevegen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ØRSTA</x:v>
-      </x:c>
-[...30 lines deleted...]
-        <x:v>OSLO</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Fjell 4er kryss, høy rygg, hjul</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2031 0117</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Office chair</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Fora Form</x:v>
       </x:c>
       <x:c t="str">