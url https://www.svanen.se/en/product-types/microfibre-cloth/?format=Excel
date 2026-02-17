--- v0 (2025-12-15)
+++ v1 (2026-02-17)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec04959366e849cc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8de1bd7386bf4e80" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R0f8a494b66ed4db2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R79ed84c128d5494e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0f8a494b66ed4db2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R79ed84c128d5494e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
@@ -68,6106 +68,6682 @@
       </x:c>
       <x:c t="str">
         <x:v>Microfibre cloth</x:v>
       </x:c>
       <x:c t="str">
         <x:v>083 Supplies for microfibre based cleaning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Hygienteknik Sverige AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Långängsvägen 2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Västerås</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Alpheios Alpheios Microfort, bulk, 40x40 cm, red (03120212)</x:v>
+        <x:v>Puri-Line Basis Micro klud 40*40 cm, rød (1000008237) 80% recycled fiber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5083 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Egelund 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Puri-Line Basis Micro klud 40*40 cm, grøn (1000008238) 80% recycled fiber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5083 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Egelund 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kleano Microfiber Cloth 32x32 cm Red, 350 gsm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0050</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kleano</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SMB STÄDGROSS AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ursviksvägen 129</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundbyberg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kleano Microfiber Cloth 32x32 cm Green, 350 gsm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0050</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kleano</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SMB STÄDGROSS AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ursviksvägen 129</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundbyberg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Wecoline Microfiber washing glove, 15x21 cm, blue (03140110)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3083 0021</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Microfibre cloth</x:v>
       </x:c>
       <x:c t="str">
         <x:v>083 Supplies for microfibre based cleaning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Alpheios</x:v>
+        <x:v>Wecoline</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Wecovi BV</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rudolf Dieselstraat 14</x:v>
       </x:c>
       <x:c t="str">
         <x:v>NJ Zwolle</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Alpheios Alpheios Microfort, set, 40x40 cm, red (03120222)</x:v>
+        <x:v>Wecoline Microfiber washing glove, 15x21 cm, red (03140112)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3083 0021</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Microfibre cloth</x:v>
       </x:c>
       <x:c t="str">
         <x:v>083 Supplies for microfibre based cleaning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Alpheios</x:v>
+        <x:v>Wecoline</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Wecovi BV</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rudolf Dieselstraat 14</x:v>
       </x:c>
       <x:c t="str">
         <x:v>NJ Zwolle</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Puri-Line Basis Micro klud 40*40 cm, rød (1000008237) 80% recycled fiber</x:v>
+        <x:v>Wecoline Microfiber interior cover, 55 cm, blue (03140120)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wecoline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wecovi BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rudolf Dieselstraat 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NJ Zwolle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Wecoline Microfiber floorcloth with hole, 60x70 cm, green (03140744)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wecoline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wecovi BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rudolf Dieselstraat 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NJ Zwolle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Wecoline Microfiber cloth, 40x40cm, blue (03110100)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wecoline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wecovi BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rudolf Dieselstraat 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NJ Zwolle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Wecoline Microfiber cloth, 40x40cm, yellow (03110101)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wecoline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wecovi BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rudolf Dieselstraat 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NJ Zwolle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>1108 Microfiberduk Kleano Svart</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0032</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kleano</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SMB STÄDGROSS AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ursviksvägen 129</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundbyberg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Glenta M-line Mikrofiberduk, 33x33 cm, gul</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glenta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procurator AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Glenta M-line Mikrofiberduk, 17x26 cm, blå</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glenta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procurator AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Frida Mikrofiberduk för badrum Röd, 33x33 cm (12037)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frida Städ</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Klimabolaget AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västanvägen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>STAFFANSTORP</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nline Microcloth Super, Blå 35 x 35 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordexia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 20001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bromma</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Proffer Microcloth, Red 32 x 32 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Proffer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordexia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 20001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bromma</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Puri-Line Soft Micro klud, 32*32 cm, gul (1000008227) 70% recycled fiber</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5083 0043</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Microfibre cloth</x:v>
       </x:c>
       <x:c t="str">
         <x:v>083 Supplies for microfibre based cleaning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ABENA Puri-Line</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Abena A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Egelund 35</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aabenraa</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Puri-Line Basis Micro klud 40*40 cm, grøn (1000008238) 80% recycled fiber</x:v>
+        <x:v>Puri-Line Soft Micro klud, 40*40 cm, grøn (1000008230) 70% recycled fiber</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5083 0043</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Microfibre cloth</x:v>
       </x:c>
       <x:c t="str">
         <x:v>083 Supplies for microfibre based cleaning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ABENA Puri-Line</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Abena A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Egelund 35</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aabenraa</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Kleano Microfiber Cloth 32x32 cm Red, 350 gsm</x:v>
+        <x:v>Puri-Line Basis Micro klud 32*32 cm, grøn (1000008234) 80% recycled fiber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5083 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Egelund 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TASKI JM ULTRA CLOTH XL ECO GREEN 25PC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4083 0074</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TASKI</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daego co. LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daego Building 12F, 55, Pyeongchon-Daero 212Beon-Gil</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dongan-gu, Anyang, Gyeonggi-do</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TASKI JM ULTRA CLOTH XL ECO YELLOW 25PC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4083 0074</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TASKI</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daego co. LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daego Building 12F, 55, Pyeongchon-Daero 212Beon-Gil</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dongan-gu, Anyang, Gyeonggi-do</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TASKI JM ULTRA CLOTH XL ECO BROWN 25PC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4083 0074</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TASKI</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daego co. LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daego Building 12F, 55, Pyeongchon-Daero 212Beon-Gil</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dongan-gu, Anyang, Gyeonggi-do</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Microfibre Cloth Blue for Interior Mop , recycling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Micro System Duotex AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 405</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Premium Cloth Blue, recycyling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Micro System Duotex AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 405</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Microfibre Cloth Red for Interior Mop , recycling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Micro System Duotex AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 405</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Super TenTax Microfiberklud 32*32 cm Grøn, Art. nr. MIS-3232-G2 (70% recycled fiber)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5083 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordisk Microfiber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordisk Microfiber Danmark ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Agerhatten 27A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odense SØ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Premium Cloth Knitted Samhall Red</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Micro System Duotex AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 405</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Samhall Microfibre Cloth Green for Interior Mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Micro System Duotex AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 405</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Premium Cloth Knitted Samhall Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Micro System Duotex AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 405</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Element Microfibre Cloth, Red 40 x 40 cm (3300810)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0052</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenspeed</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenspeed NV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elisalei 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brasschaat</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>22-9286 Rekola Reflex E cloth colour code yellow</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rekola Reflex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rekola Oy Trolley Systems</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rutintie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mäntsälä</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>22-9280 Rekola Reflex E Cloth colour code blue</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rekola Reflex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rekola Oy Trolley Systems</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rutintie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mäntsälä</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MAX Microduk ECO Röd, 32x32 cm (20907)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hygienteknik Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Långängsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västerås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MAX Microduk ECO Grön, 38x38cm (20928)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hygienteknik Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Långängsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västerås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nice and Tidy Microfiber cleaning cloths 2 pack 24x24 cm grey, terracotta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0030</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Smart Microfiber System AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Albybergsringen 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ÖSTERHANINGE</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Wetrok Mikrofiberduk, grön, 32 cm (62182086)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wetrok</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordexia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 20001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bromma</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>03578A Crohill Premium microvezeldoek 03120450 (Blue)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trasan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wecovi BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rudolf Dieselstraat 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NJ Zwolle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Activa ECO Microduk Blå, 32x32 cm (20096)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Activa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hygienteknik Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Långängsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västerås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Frida Mikrofiberduk Rostfritt Grå, 33x33 cm (12057)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frida Städ</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Klimabolaget AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västanvägen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>STAFFANSTORP</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ultra Tentax Gentle LCD 40*40 cm Grøn, Art. nr. MIU-4038-G</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5083 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordisk Microfiber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordisk Microfiber Danmark ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Agerhatten 27A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odense SØ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nline Microcloth Super, Röd 35 x 35 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordexia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 20001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bromma</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Puri-Line Soft Micro klud, 32*32 cm, rød (1000008225) 70% recycled fiber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5083 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Egelund 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Puri-Line Soft Micro klud, 40*40 cm, rød (1000008229) 70% recycled fiber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5083 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Egelund 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Puri-Line Soft micro klud, 32x32cm blå (1000008224) 70% recycled fiber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5083 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Egelund 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Puri-Line Basis Micro klud 32*32 cm, gul (1000008235) 80% recycled fiber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5083 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Egelund 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Smart Microfiber Dish Cloth 2pack 24x24 cm pink/turquoise</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0030</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Smart Microfiber System</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Smart Microfiber System AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Albybergsringen 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ÖSTERHANINGE</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Activa ECO Microduk Gul, 32x32 cm (20098)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Activa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hygienteknik Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Långängsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västerås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Wecoline Microfiber floorcloth, 60x70 cm, blue (03140730)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wecoline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wecovi BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rudolf Dieselstraat 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NJ Zwolle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Wecoline Microfiber floorcloth with hole, 60x70 cm, red (03140742)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wecoline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wecovi BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rudolf Dieselstraat 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NJ Zwolle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>r-MicronQuick röd 5-p</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4083 0070, 4083 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vileda Professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Freudenberg Home and Cleaning Solutions GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Im Technologiepark 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Weinheim</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Glenta M-line Mikrofiberduk, 33x33 cm, blå</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glenta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procurator AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TASKI MyMicro Cloth Eco Yellow 25pc</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4083 0037</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TASKI</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diversey Suomi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 311</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turku</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TASKI MyMicro Cloth Eco Blue 25pc</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4083 0037</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TASKI</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diversey Suomi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 311</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turku</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Allure microfibre cloth with scrub corner, 40x40 cm, grey/ blue, (03110140)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wecoline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wecovi BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rudolf Dieselstraat 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NJ Zwolle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Allure microfibre cloth with scrub corner, 40x40 cm, grey/ green, (03110144)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wecoline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wecovi BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rudolf Dieselstraat 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NJ Zwolle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MICROFIBERDUK 32X32CM BLÅ 80% POLYESTER 20% POLYAMID</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0042</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ahlsell Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Malmö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MICROFIBERDUK 40X40CM 2-P BLÅ 80% POLYESTER 20% POLYAMID</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0042</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ahlsell Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Malmö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Super TenTax Microfiberklud 32*32 cm Blå, Art. nr. MIS-3232-B2 (70% recycled fiber)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5083 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordisk Microfiber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordisk Microfiber Danmark ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Agerhatten 27A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odense SØ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Super TenTax Microfiberklud 32*32 cm Gul, Art. nr. MIS-3232-GU2 (70% recycled fiber)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5083 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordisk Microfiber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordisk Microfiber Danmark ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Agerhatten 27A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odense SØ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Super TenTax Microfiberklud 40*40 cm Hvid, Art. nr. MIS-4040-H (70% recycled fiber)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5083 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordisk Microfiber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordisk Microfiber Danmark ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Agerhatten 27A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odense SØ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Super TenTax Microfiberklud 40*40 cm Gul, Art. nr. MIS-4040-GU (70% recycled fiber)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5083 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordisk Microfiber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordisk Microfiber Danmark ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Agerhatten 27A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odense SØ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TASKI JM ULTRA CLOTH XL ECO BLUE 25PC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4083 0074</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TASKI</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daego co. LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daego Building 12F, 55, Pyeongchon-Daero 212Beon-Gil</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dongan-gu, Anyang, Gyeonggi-do</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MINI 320 INFINITE</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0044, 3083 0044</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Decitex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SAS DECITEX</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8 rue de la source</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hallennes Lez Haubourdin</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Samhall Microfibre Cloth Red for Interior Mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Micro System Duotex AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 405</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Re-Belle Microfibre Cloth, Yellow, 40x40 cm (3303018)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0052</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenspeed</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenspeed NV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elisalei 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brasschaat</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>24-9255 Rekola Reflex C Cloth UMF 32x32 cm, code green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rekola Reflex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rekola Oy Trolley Systems</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rutintie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mäntsälä</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>24-9256 Rekola Reflex C Cloth UMF 32x32 cm, code yellow</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rekola Reflex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rekola Oy Trolley Systems</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rutintie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mäntsälä</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Polifix microclin Planet, 40x40 cm, Gul</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0013</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecolab AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 164</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älvsjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Frida Mikrofiberduk Golv Grå, 50x60 cm (12017)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frida Städ</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Klimabolaget AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västanvägen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>STAFFANSTORP</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Frida Mikrofiberduk 4-p (12038)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frida Städ</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Klimabolaget AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västanvägen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>STAFFANSTORP</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Activa Eco Microduk Röd, 32x32 cm (20097)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Activa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hygienteknik Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Långängsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västerås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Proffer window cloth 35 x 35 cm, Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Proffer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordexia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 20001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bromma</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Puri-Line Soft Micro klud, 32*32 cm, grøn (1000008226) 70% recycled fiber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5083 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Egelund 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Puri-Line Soft Micro klud, 40*40 cm, gul (1000008231) 70% recycled fiber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5083 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Egelund 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Puri-Line Basis Micro klud 32*32 cm, rød (1000008233) 80% recycled fiber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5083 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Egelund 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Puri-Line Basis Micro klud 40*40 cm, blå (1000008236) 80% recycled fiber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5083 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Egelund 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kleano Microfiber Cloth 32x32 cm Blue, 300 gsm</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3083 0050</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Microfibre cloth</x:v>
       </x:c>
       <x:c t="str">
         <x:v>083 Supplies for microfibre based cleaning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kleano</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SMB STÄDGROSS AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ursviksvägen 129</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sundbyberg</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Kleano Microfiber Cloth 32x32 cm Green, 350 gsm</x:v>
+        <x:v>Frida Nature Line Mikrofiberduk 4-p (14208)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frida Städ</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Klimabolaget AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västanvägen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>STAFFANSTORP</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Original Microfiber cloth, yellow</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5083 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikan A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rævevej 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skive</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>r-MicroTuff Swift</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4083 0063, 4083 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vileda Professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Freudenberg Home and Cleaning Solutions GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Im Technologiepark 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Weinheim</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Puri-Line Basis Micro klud 32*32 cm, blå (1000008232) 80% recycled fiber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5083 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Egelund 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>r-MicronQuick blå 5-p</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4083 0070, 4083 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vileda Professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Freudenberg Home and Cleaning Solutions GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Im Technologiepark 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Weinheim</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Frida Mikrofiberduk Fönster Blå, 33x33 cm (13244)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frida Städ</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Klimabolaget AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västanvägen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>STAFFANSTORP</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>1102 Microfiberduk Kleano Blå</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0032</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kleano</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SMB STÄDGROSS AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ursviksvägen 129</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundbyberg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Glenta M-line Mikrofiberduk, 33x33 cm, röd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glenta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procurator AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Glenta M-line Mikrofiberduk, 17x26 cm, gul</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glenta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procurator AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Glenta M-line Mikrofiberduk, 40x40 cm, röd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glenta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procurator AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TASKI MyMicro Cloth Eco Red 25pc</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4083 0037</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TASKI</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diversey Suomi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 311</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turku</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Allure microfibre cloth with scrub corner, 40x40 cm, grey/ yellow, (03110141)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wecoline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wecovi BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rudolf Dieselstraat 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NJ Zwolle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Premium Cloth Red, recycyling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Micro System Duotex AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 405</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Premium Cloth Green, recycyling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Micro System Duotex AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 405</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Microfibre Cloth Green for Interior Mop , recycling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Micro System Duotex AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 405</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NT100 INFINITE</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0075, 3083 0044</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Decitex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SAS DECITEX</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8 rue de la source</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hallennes Lez Haubourdin</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Puri-Line Soft Micro klud, 32*32 cm, grå (1000031587) 70% recycled fiber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5083 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Egelund 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Element Microfibre Cloth, Green 40 x 40 cm (3300806)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0052</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenspeed</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenspeed NV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elisalei 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brasschaat</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Wetrok Mikrofiberduk, blå, 32 cm (62182087)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wetrok</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordexia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 20001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bromma</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Wetrok Mikrofiberduk, röd, 32 cm (62182088)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wetrok</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordexia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 20001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bromma</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Polifix microclin Planet, 40x40 cm, Grön</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0013</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecolab AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 164</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älvsjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tentax Ultra Shine 40*40 cm Blå, Art. nr. MIG-4040-B (80% recycled fiber)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5083 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordisk Microfiber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordisk Microfiber Danmark ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Agerhatten 27A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odense SØ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Proffer Microcloth, Green 32 x 32 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Proffer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordexia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 20001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bromma</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kleano Microfiber Cloth 32x32 cm Red, 300 gsm</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3083 0050</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Microfibre cloth</x:v>
       </x:c>
       <x:c t="str">
         <x:v>083 Supplies for microfibre based cleaning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kleano</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SMB STÄDGROSS AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ursviksvägen 129</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sundbyberg</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Wecoline Microfiber washing glove, 15x21 cm, blue (03140110)</x:v>
+        <x:v>Activa ECO Microduk Grön, 32x32 cm (20095)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Activa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hygienteknik Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Långängsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västerås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Activa ScreenCloth, 20x20 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Activa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hygienteknik Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Långängsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västerås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Wecoline Microfiber floorcloth, 60x70 cm, yellow (03140731)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3083 0021</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Microfibre cloth</x:v>
       </x:c>
       <x:c t="str">
         <x:v>083 Supplies for microfibre based cleaning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Wecoline</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Wecovi BV</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rudolf Dieselstraat 14</x:v>
       </x:c>
       <x:c t="str">
         <x:v>NJ Zwolle</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Wecoline Microfiber washing glove, 15x21 cm, red (03140112)</x:v>
+        <x:v>Wecoline Microfiber cloth, 40x40cm, white (03110103)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3083 0021</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Microfibre cloth</x:v>
       </x:c>
       <x:c t="str">
         <x:v>083 Supplies for microfibre based cleaning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Wecoline</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Wecovi BV</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rudolf Dieselstraat 14</x:v>
       </x:c>
       <x:c t="str">
         <x:v>NJ Zwolle</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Wecoline Microfiber interior cover, 55 cm, blue (03140120)</x:v>
+        <x:v>Frida Mikrofiberduk Golv Grå, 50x50 cm (13243)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frida Städ</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Klimabolaget AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västanvägen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>STAFFANSTORP</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Glenta M-line Mikrofiberduk, 40x40 cm, grön</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glenta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procurator AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TASKI MyMicro Cloth Eco Green 25pc</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4083 0037</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TASKI</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diversey Suomi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 311</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turku</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Premium Cloth Gray , recycyling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Micro System Duotex AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 405</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TASKI JM ULTRA CLOTH ECO RED 25PC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4083 0074</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TASKI</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daego co. LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daego Building 12F, 55, Pyeongchon-Daero 212Beon-Gil</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dongan-gu, Anyang, Gyeonggi-do</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TASKI JM ULTRA CLOTH XL ECO RED 25PC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4083 0074</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TASKI</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daego co. LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daego Building 12F, 55, Pyeongchon-Daero 212Beon-Gil</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dongan-gu, Anyang, Gyeonggi-do</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Super TenTax Microfiberklud 40*40 cm Blå, Art. nr. MIS-4040-B (70% recycled fiber)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5083 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordisk Microfiber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordisk Microfiber Danmark ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Agerhatten 27A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odense SØ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Super TenTax Microfiberklud 40*40 cm Grøn, Art. nr. MIS-4040-G (70% recycled fiber)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5083 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordisk Microfiber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordisk Microfiber Danmark ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Agerhatten 27A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odense SØ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Super TenTax Microfiberklud 32*32 cm Hvid, Art. nr. MIS-3232-H2 (70% recycled fiber)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5083 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordisk Microfiber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordisk Microfiber Danmark ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Agerhatten 27A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odense SØ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa Mikrofiberduk 4-p (101337006)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fixa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Klimabolaget AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västanvägen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>STAFFANSTORP</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MAX Microduk ECO Blå, 38x38cm (20923)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hygienteknik Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Långängsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västerås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Änglamark Mikrofiberduk Bad&amp;Kök Grön, 33x33 cm (40524)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Klimabolaget AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västanvägen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>STAFFANSTORP</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Frida Mikrofiberduk för kök Blå, 33x33 cm (12054)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frida Städ</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Klimabolaget AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västanvägen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>STAFFANSTORP</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Proffer Microcloth, Yellow 32 x 32 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Proffer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordexia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 20001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bromma</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nline window cloth Super 45 x 45 cm Blue</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordexia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 20001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bromma</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Puri-Line Soft Micro klud, 40*40 cm, blå (1000008228) 70% recycled fiber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5083 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Egelund 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Clas Ohlson Microfiber ribbed knitted Dish Cloths 2pack 24x24 cm grey, grey</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0030</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlson</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Smart Microfiber System AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Albybergsringen 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ÖSTERHANINGE</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Wecoline Microfiber cloth, 40x40cm, green (03110104)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3083 0021</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Microfibre cloth</x:v>
       </x:c>
       <x:c t="str">
         <x:v>083 Supplies for microfibre based cleaning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Wecoline</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Wecovi BV</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rudolf Dieselstraat 14</x:v>
       </x:c>
       <x:c t="str">
         <x:v>NJ Zwolle</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Wecoline Microfiber floorcloth with hole, 60x70 cm, green (03140744)</x:v>
+        <x:v>Glenta M-line Mikrofiberduk, 33x33 cm, grön</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glenta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procurator AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Glenta M-line Mikrofiberduk, 17x26 cm, röd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glenta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procurator AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Glenta M-line Mikrofiberduk, 40x40 cm, blå</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glenta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procurator AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Glenta M-line Mikrofiberduk, 40x40 cm, gul</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glenta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procurator AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Allure microfibre cloth with scrub corner, 40x40 cm, grey/ black, (03110146)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3083 0021</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Microfibre cloth</x:v>
       </x:c>
       <x:c t="str">
         <x:v>083 Supplies for microfibre based cleaning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Wecoline</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Wecovi BV</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rudolf Dieselstraat 14</x:v>
       </x:c>
       <x:c t="str">
         <x:v>NJ Zwolle</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Wecoline Microfiber cloth, 40x40cm, blue (03110100)</x:v>
+        <x:v>Allure microfibre cloth with scrub corner, 40x40 cm, grey/ red, (03110142)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3083 0021</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Microfibre cloth</x:v>
       </x:c>
       <x:c t="str">
         <x:v>083 Supplies for microfibre based cleaning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Wecoline</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Wecovi BV</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rudolf Dieselstraat 14</x:v>
       </x:c>
       <x:c t="str">
         <x:v>NJ Zwolle</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Wecoline Microfiber cloth, 40x40cm, yellow (03110101)</x:v>
+        <x:v>MICROFIBERDUK 40X40CM 2-P GRÅ 80% POLYESTER 20% POLYAMID</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0042</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ahlsell Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Malmö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TASKI JM ULTRA CLOTH ECO GREEN 25PC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4083 0074</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TASKI</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daego co. LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daego Building 12F, 55, Pyeongchon-Daero 212Beon-Gil</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dongan-gu, Anyang, Gyeonggi-do</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Re-Belle Microfibre Cloth, Green, 40x40 cm (3303016)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0052</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenspeed</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenspeed NV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elisalei 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brasschaat</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MAX Microduk ECO Röd, 38x38cm (20927)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hygienteknik Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Långängsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västerås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>03582A Crohill Premium microvezeldoek 03120451 (Yellow)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3083 0021</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Microfibre cloth</x:v>
       </x:c>
       <x:c t="str">
         <x:v>083 Supplies for microfibre based cleaning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
+        <x:v>Trasan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wecovi BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rudolf Dieselstraat 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NJ Zwolle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa Mikrofiberduk Universal Gul, 33x33 cm (101337007)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Klimabolaget AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västanvägen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>STAFFANSTORP</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Frida Mikrofiberduk Kök</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frida Städ</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Klimabolaget AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västanvägen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>STAFFANSTORP</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Frida Mikrofiberduk för fönster och speglar Blå, 30x40 cm (12026)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frida Städ</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Klimabolaget AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västanvägen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>STAFFANSTORP</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Puri-Line Skærm Micro Klud 40*40 cm, Grøn (1000007844) 80% recycled fiber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5083 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Egelund 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kleano Window Optical Plus Cloth 45x45 cm Green, 300 gsm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0050</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kleano</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SMB STÄDGROSS AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ursviksvägen 129</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundbyberg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Activa Regain Microduk, 32x32 cm (20088)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Activa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hygienteknik Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Långängsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västerås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>r-MicroTuff Base</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4083 0063, 4083 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vileda Professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Freudenberg Home and Cleaning Solutions GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Im Technologiepark 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Weinheim</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Wecoline Microfiber cloth, 32x32 cm, red (03110122)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
         <x:v>Wecoline</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Wecovi BV</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rudolf Dieselstraat 14</x:v>
       </x:c>
       <x:c t="str">
         <x:v>NJ Zwolle</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>1108 Microfiberduk Kleano Svart</x:v>
+        <x:v>Wecoline Microfiber floorcloth, 60x70 cm, red (03140732)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wecoline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wecovi BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rudolf Dieselstraat 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NJ Zwolle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Wecoline Microfiber floorcloth with hole, 60x70 cm, blue (03140740)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wecoline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wecovi BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rudolf Dieselstraat 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NJ Zwolle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Wecoline Microfibre cloth, 32x32 cm, grey (03110126)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wecoline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wecovi BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rudolf Dieselstraat 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NJ Zwolle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>1101 Microfiberduk Kleano Röd</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3083 0032</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Microfibre cloth</x:v>
       </x:c>
       <x:c t="str">
         <x:v>083 Supplies for microfibre based cleaning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kleano</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SMB STÄDGROSS AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ursviksvägen 129</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sundbyberg</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Glenta M-line Mikrofiberduk, 33x33 cm, gul</x:v>
+        <x:v>MICROFIBERDUK 32X32CM 5-P GUL 80% POLYESTER 20% POLYAMID</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0042</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ahlsell Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Malmö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Premium Cloth Yellow, recycyling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Micro System Duotex AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 405</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>24-9250 Rekola Reflex C Cloth UMF 32x32 cm, code blue</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rekola Reflex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rekola Oy Trolley Systems</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rutintie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mäntsälä</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>22-9284 Rekola Reflex E Cloth colour code red</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rekola Reflex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rekola Oy Trolley Systems</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rutintie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mäntsälä</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Element Microfibre Cloth, Yellow 40 x 40 cm (3300808)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0052</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenspeed</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenspeed NV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elisalei 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brasschaat</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Samhall Microfibre Cloth Blue for Interior Mop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Micro System Duotex AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 405</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Västerbottenssåpa Mikrofiberdukar 4-p (14058)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västerbottensåpa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Klimabolaget AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västanvägen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>STAFFANSTORP</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>03581A Crohill Premium microvezeldoek 03120454 (green)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trasan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wecovi BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rudolf Dieselstraat 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NJ Zwolle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MAX Microduk ECO Blå, 32x32 cm (20903)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hygienteknik Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Långängsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västerås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MAX Microduk ECO Grön, 32x32 cm (20908)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hygienteknik Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Långängsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västerås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MAX Microduk ECO Gul, 32x32 cm (20909)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hygienteknik Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Långängsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västerås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Änglamark Mikrofiberduk Universal Gul, 33x33 cm (40523)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Klimabolaget AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västanvägen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>STAFFANSTORP</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Änglamark Mikrofiberduk Golv Blå, 50x60 cm (40525)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Klimabolaget AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västanvägen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>STAFFANSTORP</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Polifix microclin Planet, 40x40 cm, Röd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0013</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecolab AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 164</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älvsjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Frida Mikrofiberduk Universal Vit, 33x33 cm (12019)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frida Städ</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Klimabolaget AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västanvägen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>STAFFANSTORP</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Activa ECO Fönsterduk 50x40 cm (20085)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Activa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hygienteknik Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Långängsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västerås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Puri-Line Basis Micro klud 40*40 cm, gul (1000008239) 80% recycled fiber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5083 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Egelund 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Puri-line Glas micro klud 40x40 cm, blå (1000007843) 80% recycled fiber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5083 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Egelund 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kleano Microfiber Cloth 32x32 cm Yellow, 350 gsm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0050</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kleano</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SMB STÄDGROSS AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ursviksvägen 129</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundbyberg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kleano Window Optical Cloth 40x50 cm Blue, 200 gsm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0050</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kleano</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SMB STÄDGROSS AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ursviksvägen 129</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundbyberg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Frida Nature Line Disktrasa Grå och beige, 24x24 cm (14201)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frida Städ</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Klimabolaget AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västanvägen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>STAFFANSTORP</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Wecoline Microfiber cloth, 40x40 cm, red (03110109)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wecoline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wecovi BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rudolf Dieselstraat 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NJ Zwolle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Wecoline Microfiber cloth, 32x32 cm, blue (03110120)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wecoline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wecovi BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rudolf Dieselstraat 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NJ Zwolle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Wecoline Microfiber floorcloth with hole, 60x70 cm, yellow (03140741)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wecoline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wecovi BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rudolf Dieselstraat 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NJ Zwolle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>r-MicronQuick gul 5-p</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4083 0070, 4083 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vileda Professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Freudenberg Home and Cleaning Solutions GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Im Technologiepark 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Weinheim</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>r-MicronQuick grön 5-p</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4083 0070, 4083 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vileda Professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Freudenberg Home and Cleaning Solutions GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Im Technologiepark 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Weinheim</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Glenta M-line Mikrofiberduk, 17x26 cm, grön</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3083 0034</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Microfibre cloth</x:v>
       </x:c>
       <x:c t="str">
         <x:v>083 Supplies for microfibre based cleaning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Glenta</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Procurator AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 1004</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Mölndal</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Glenta M-line Mikrofiberduk, 17x26 cm, blå</x:v>
-[...31 lines deleted...]
-        <x:v>Frida Mikrofiberduk för badrum Röd, 33x33 cm (12037)</x:v>
+        <x:v>Hemfrid Städdukar Microfiber  4 pack, 32x31 cm x 3, 40x40 cm x 1 blå, grön, rosa och röd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0030</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Smart Microfiber System AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Albybergsringen 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ÖSTERHANINGE</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>V200 INFINITE</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0044, 3083 0044</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Decitex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SAS DECITEX</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8 rue de la source</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hallennes Lez Haubourdin</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>T320 INFINITE</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0044, 3083 0044</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Decitex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SAS DECITEX</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8 rue de la source</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hallennes Lez Haubourdin</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TASKI JM ULTRA CLOTH ECO BLUE 25PC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4083 0074</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TASKI</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daego co. LTD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daego Building 12F, 55, Pyeongchon-Daero 212Beon-Gil</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dongan-gu, Anyang, Gyeonggi-do</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Premium Cloth Knitted Samhall Yellow</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Micro System Duotex AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 405</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Re-Belle Microfibre Cloth, Pink, 40x40 cm (3303020)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0052</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenspeed</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenspeed NV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elisalei 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brasschaat</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Polifix microclin Planet, 40x40 cm, Blå</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0013</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecolab AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 164</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älvsjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>IISI Microfibre Cloth Kitchen Blå, 33x33 cm (13279)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3083 0002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Microfibre cloth</x:v>
       </x:c>
       <x:c t="str">
         <x:v>083 Supplies for microfibre based cleaning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
+        <x:v>Iisi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Klimabolaget AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västanvägen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>STAFFANSTORP</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Wetrok Mikrofiberduk, gul, 32 cm (62182089)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wetrok</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordexia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 20001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bromma</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>03577A Crohill Premium microvezeldoek 03120452 (Red)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trasan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wecovi BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rudolf Dieselstraat 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NJ Zwolle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Wecoline microfiber cleaning cloth, knitted, 40x40cm, red (03110102)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wecoline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wecovi BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rudolf Dieselstraat 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NJ Zwolle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Frida Mikrofiberduk med skrubbfunktion Röd, 33x33 cm (12043)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
         <x:v>Frida Städ</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Klimabolaget AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Västanvägen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>STAFFANSTORP</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Nline Microcloth Super, Blå 35 x 35 cm</x:v>
+        <x:v>Proffer Microcloth, Blue 32 x 32 cm</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3083 0011</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Microfibre cloth</x:v>
       </x:c>
       <x:c t="str">
         <x:v>083 Supplies for microfibre based cleaning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Nline</x:v>
+        <x:v>Proffer</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordexia AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 20001</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bromma</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Proffer Microcloth, Red 32 x 32 cm</x:v>
-[...31 lines deleted...]
-        <x:v>Super TenTax Microfiberklud 32*32 cm Grøn, Art. nr. MIS-3232-G2 (70% recycled fiber)</x:v>
+        <x:v>Puri-Line Soft Micro klud, 32*32 cm, blå (1000008224) 70% recycled fiber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5083 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Egelund 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Premium Cloth Knitted Samhall Blue</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Micro System Duotex AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 405</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Super TenTax Microfiberklud 40*40 cm Rød, Art. nr. MIS-4040-R (70% recycled fiber)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5083 0012</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Microfibre cloth</x:v>
       </x:c>
       <x:c t="str">
         <x:v>083 Supplies for microfibre based cleaning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Super TenTax</x:v>
+        <x:v>Nordisk Microfiber</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordisk Microfiber Danmark ApS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Agerhatten 27A</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Odense SØ</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Puri-Line Soft Micro klud, 32*32 cm, gul (1000008227) 70% recycled fiber</x:v>
-[...95 lines deleted...]
-        <x:v>TASKI JM ULTRA CLOTH XL ECO GREEN 25PC</x:v>
+        <x:v>Super TenTax Microfiberklud 32*32 cm Rød, Art. nr. MIS-3232-R2 (70% recycled fiber)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5083 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordisk Microfiber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordisk Microfiber Danmark ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Agerhatten 27A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odense SØ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Smart Microfiber Dish Cloth 2pack 24x24 cm grey/grey</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0030</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Smart Microfiber System</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Smart Microfiber System AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Albybergsringen 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ÖSTERHANINGE</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kleano Microfiber Cloth 32x32 cm Blue, 350 gsm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0050</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kleano</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SMB STÄDGROSS AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ursviksvägen 129</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundbyberg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Activa Regain Microduk, 40x40 cm (20089)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Activa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hygienteknik Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Långängsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västerås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>r-MicroTuff Swift max</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4083 0063, 4083 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vileda Professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Freudenberg Home and Cleaning Solutions GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Im Technologiepark 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Weinheim</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Wecoline Microfiber floorcloth, 60x70 cm, green (03140734)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wecoline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wecovi BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rudolf Dieselstraat 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NJ Zwolle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>1103 Microfiberduk Kleano Grön</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0032</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kleano</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SMB STÄDGROSS AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ursviksvägen 129</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundbyberg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TASKI JM ULTRA CLOTH ECO YELLOW 25PC</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4083 0074</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Microfibre cloth</x:v>
       </x:c>
       <x:c t="str">
         <x:v>083 Supplies for microfibre based cleaning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>TASKI</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Daego co. LTD</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Daego Building 12F, 55, Pyeongchon-Daero 212Beon-Gil</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dongan-gu, Anyang, Gyeonggi-do</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>TASKI JM ULTRA CLOTH XL ECO YELLOW 25PC</x:v>
-[...66 lines deleted...]
-        <x:v>3083 0023</x:v>
+        <x:v>Original Microfiber cloth, green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5083 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikan A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rævevej 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skive</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Original Microfiber cloth, blue</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5083 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikan A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rævevej 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skive</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Original Microfiber cloth, red</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5083 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikan A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rævevej 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skive</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Elsaform Mikrofiberduk 4-pack, 30x30 cm (95701495)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elsaform</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Klimabolaget AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västanvägen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>STAFFANSTORP</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MICROFIBERDUK 32X32CM 5-P RÖD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0042</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Microfibre cloth</x:v>
       </x:c>
       <x:c t="str">
         <x:v>083 Supplies for microfibre based cleaning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
-        <x:v>Hygienteknik Sverige AB</x:v>
-[...25 lines deleted...]
-        <x:v>3</x:v>
+        <x:v>Ahlsell Sverige AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
-        <x:v>Hygienteknik Sverige AB</x:v>
-[...13 lines deleted...]
-        <x:v>3083 0030</x:v>
+        <x:v>Malmö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MICROFIBERDUK 32X32CM 5-P GRÖN 80% POLYESTER 20% POLYAMID</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0042</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Microfibre cloth</x:v>
       </x:c>
       <x:c t="str">
         <x:v>083 Supplies for microfibre based cleaning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
-        <x:v>Smart Microfiber System AB</x:v>
-[...589 lines deleted...]
-        <x:v>4083 0070, 4083 0006</x:v>
+        <x:v>Ahlsell Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Malmö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>r-MicroTuff Plus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4083 0063, 4083 0006</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Microfibre cloth</x:v>
       </x:c>
       <x:c t="str">
         <x:v>083 Supplies for microfibre based cleaning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vileda Professional</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Freudenberg Home and Cleaning Solutions GmbH</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Im Technologiepark 19</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Weinheim</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Glenta M-line Mikrofiberduk, 33x33 cm, blå</x:v>
-[...4570 lines deleted...]
-        <x:v>Malmö</x:v>
+        <x:v>Element Microfibre Cloth, Blue 40 x 40 cm (3300804)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0052</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenspeed</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenspeed NV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elisalei 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brasschaat</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Re-Belle Microfibre Cloth, Blue, 40x40 cm (3303014)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0052</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenspeed</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenspeed NV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elisalei 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brasschaat</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>24-9254 Rekola Reflex C Cloth UMF 32x32 cm, code red</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rekola Reflex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rekola Oy Trolley Systems</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rutintie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mäntsälä</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>22-9285 Rekola Reflex  E Cloth colour code green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3083 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Microfibre cloth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>083 Supplies for microfibre based cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rekola Reflex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rekola Oy Trolley Systems</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rutintie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mäntsälä</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>