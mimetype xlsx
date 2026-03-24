--- v0 (2026-01-22)
+++ v1 (2026-03-24)
@@ -1,534 +1,3990 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2af710c506874de1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8516b2ac73a647b4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R8f222b89c1d04521"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="products" sheetId="1" r:id="R1d0c10c4d8f94fdb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8f222b89c1d04521" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1d0c10c4d8f94fdb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Brand</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Licensee</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c t="str">
         <x:v>City</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Q20 Meeting table (4019) with tabletop no. 5109S, Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Meeting table (4019) with tabletop no. 5030S, Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Meeting table (4019) with tabletop no. 5079S, Veneer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY CPH 10, 200 x 90 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0121</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kvist Industries A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Siggårdsvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Årre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NeoSquare meeting table, with or without wheels, RAL3007, PerfectSense-Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Meeting table (4019) with tabletop no. 5032S, Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Meeting table (4019) with tabletop no. 5043S, Linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Meeting table (4019) with tabletop no. 5043S, Veneer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY CPH 30 extendable, 250 x 90 cm, Valnød</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0121</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kvist Industries A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Siggårdsvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Årre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Meeting table (4019) with tabletop no. 5028S, Linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY CPH 30, 200 x 80 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0121</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kvist Industries A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Siggårdsvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Årre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Meeting table (4019) with tabletop no. 5121S, Veneer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Meeting table (4019) with tabletop no. 5038S, Linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Meeting table (4019) with tabletop no. 5033S, Linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Q20 Meeting table (N4019S) with tabletop no. 5029L, Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Meeting table (4019) with tabletop no. 5110S, Veneer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Meeting table (4019) with tabletop no. 5033S, Veneer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Meeting table (4019) with tabletop no. 5121S, Linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Meeting table (4019) with tabletop no. 5031S, NanoSoft-Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Meeting table (4019) with tabletop no. 5035S, Veneer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>FACTOR Lite meeting table (veneer)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0101</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>UAB "SVENHEIM"</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Naujoji st. 132</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alytus</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>DO1100, black/polished aluminium, with or without wheels, NanoSoft Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NeoSquare meeting table, with or without wheels, RAL9005, Resistant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>DO1100, black/polished aluminium, with or without wheels, Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Meeting table (4019) with tabletop no. 5114S, NanoSoft-Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Meeting table (4019) with tabletop no. 5115S, Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Meeting table (4019) with tabletop no. 5040S, Veneer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NeoSquare meeting table, with or without wheels, RAL9005, PerfectSense-Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Meeting table (4019) with tabletop no. 5039S, NanoSoft-Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Meeting table (4019) with tabletop no. 5029S, Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Meeting table (4019) with tabletop no. 5118S, Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Meeting table (4019) with tabletop no. 5035S, Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Meeting table (4019) with tabletop no. 5119S, Linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Q20 Meeting table (N4019S) with tabletop no. 5031L, Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Meeting table (4019) with tabletop no. 5113S, Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Meeting table (4019) with tabletop no. 5079S, Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Meeting table (4019) with tabletop no. 5085S, Linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>HAY CPH 30, 200 x 90 cm</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5031 0121</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Meeting and conference table</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HAY</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kvist Industries A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Siggårdsvej 2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Årre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Q20 Meeting table (4019) with tabletop no. 5044S, NanoSoft-Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Meeting table (4019) with tabletop no. 5049S, NanoSoft-Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Meeting table (4019) with tabletop no. 5045S, Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Meeting table (4019) with tabletop no. 5114S, Linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Meeting table (4019) with tabletop no. 5046S, Linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Meeting table (4019) with tabletop no. 5034S, NanoSoft-Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Meeting table (4019) with tabletop no. 5030, Resistant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Meeting table (4019) with tabletop no. 5043S, NanoSoft-Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Meeting table (4019) with tabletop no. 5116S, NanoSoft-Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Meeting table (4019) with tabletop no. 5118S, NanoSoft-Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Meeting table (4019) with tabletop no. 5037S, Veneer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Meeting table (4019) with tabletop no. 5030S, Linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Meeting table (4019) with tabletop no. 5039S, Linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Meeting table (4019) with tabletop no. 5120S, Linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Abell konferansebord (360x115x73,6) ellipse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0094</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grande</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grande Fabrikker AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skjelbostad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Innfjorden</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Meeting table (4019) with tabletop no. 5038S, NanoSoft-Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NeoSquare meeting table, with or without wheels, RAL9010, Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NeoSquare meeting table, with or without wheels, RAL3007, Resistant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>FACTOR meeting table (Laminate/Linoleum)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0101</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>UAB "SVENHEIM"</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Naujoji st. 132</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alytus</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Meeting table (4019) with tabletop no. 5035S, NanoSoft-Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NeoSquare meeting table, with or without wheels, RAL7030, Linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Meeting table (4019) with tabletop no. 5031S, Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Meeting table (4019) with tabletop no. 5041S, Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Meeting table (4019) with tabletop no. 5085S, Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Meeting table (4019) with tabletop no. 5047S, Linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Meeting table (4019) with tabletop no. 5037S, Linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Meeting table (4019) with tabletop no. 5117S, Linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NeoSquare meeting table, with or without wheels, RAL3007, Linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>HAY CPH 30 extendable, 250 x 90 cm</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5031 0121</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Meeting and conference table</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HAY</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kvist Industries A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Siggårdsvej 2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Årre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Q20 Meeting table (4019) with tabletop no. 5031S, Laminate</x:v>
-[...58 lines deleted...]
-        <x:v>Bjerringbro</x:v>
+        <x:v>Nordic Q20 Meeting table (N4019S) with tabletop no. 5029S, Resistant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Meeting table (4019) with tabletop no. 5117S, Veneer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY CPH 25, 140 x 74 cm, Valnød</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0121</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kvist Industries A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Siggårdsvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Årre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY CPH 90, 130 x 65 cm, Valnød</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0121</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kvist Industries A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Siggårdsvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Årre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Meeting table (4019) with tabletop no. 5011S, Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Meeting table (4019) with tabletop no. 5048S, Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Meeting table (4019) with tabletop no. 5043S, Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Meeting table (4019) with tabletop no. 5112S, Linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Meeting table (4019) with tabletop no. 5039S, Veneer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>DO1100, black/polished aluminium, with or without wheels, Black stained oak veneer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NeoSquare meeting table, with or without wheels, RAL9005, Nanosoft-Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NeoSquare meeting table, with or without wheels, RAL9005, Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Meeting table (4019) with tabletop no. 5118S, Veneer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Meeting table (4019) with tabletop no. 5039S, Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Meeting table (4019) with tabletop no. 5113S, Veneer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY CPH 30 extendable, 160 x 80 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0121</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kvist Industries A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Siggårdsvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Årre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Q20 Meeting table (4019) with tabletop no. 5034S, Laminate</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5031 0088</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Meeting and conference table</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HOLMRIS B8</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Holmris B8 A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Odinsvej 5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bjerringbro</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Q20 Meeting table (4019) with tabletop no. 5035S, NanoSoft-Laminate</x:v>
-[...287 lines deleted...]
-        <x:v>Q20 Meeting table (4019) with tabletop no. 5113S, Laminate</x:v>
+        <x:v>NeoSquare meeting table, with or without wheels, RAL7021, NanoSoft-Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NeoSquare meeting table, with or without wheels, RAL7030, Resistant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NeoSquare meeting table, with or without wheels, RAL7021, PerfectSense-Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Meeting table (4019) with tabletop no. 5118S, Linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Meeting table (4019) with tabletop no. 5029S, Linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Meeting table (4019) with tabletop no. 5033S, NanoSoft-Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Q20 Meeting table (N4019S) with tabletop no. 5031L, Linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Meeting table (4019) with tabletop no. 5112S, Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NeoSquare meeting table, with or without wheels, RAL5008, Resistant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NeoSquare meeting table, with or without wheels, RAL9005, Linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OPTIMA meeting table (Laminate/Linoleum)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0101</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>UAB "SVENHEIM"</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Naujoji st. 132</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alytus</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Meeting table (4019) with tabletop no. 5044S, Veneer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Q20 Meeting table (N4019S) with tabletop no. 5029L, Linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Meeting table (4019) with tabletop no. 5046S, Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Meeting table (4019) with tabletop no. 5109S, Linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Meeting table (4019) with tabletop no. 5029, Resistant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Meeting table (4019) with tabletop no. 5047S, Veneer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Meeting table (4019) with tabletop no. 5029S, NanoSoft-Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Meeting table (4019) with tabletop no. 5047S, NanoSoft-Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Meeting table (4019) with tabletop no. 5031S, Veneer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Meeting table (4019) with tabletop no. 5041S, Linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Optima Lite meeting table (melamine)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0101</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>UAB "SVENHEIM"</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Naujoji st. 132</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alytus</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Meeting table (4019) with tabletop no. 5031S, Linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Abell bord, fra 90x60 cm til 300x120 cm, alle farger på bordplate og bordunderstell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0094</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grande</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grande Fabrikker AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skjelbostad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Innfjorden</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NeoSquare meeting table, with or without wheels, RAL9010, NanoSoft-Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Meeting table (4019) with tabletop no. 5120S, NanoSoft-Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Meeting table (4019) with tabletop no. 5036S, Linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY CPH 30 extendable, 200 x 90 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0121</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kvist Industries A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Siggårdsvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Årre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY CPH 30, 300 x 120 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0121</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kvist Industries A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Siggårdsvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Årre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY CPH 30, 250 x 90 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0121</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kvist Industries A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Siggårdsvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Årre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CHAT meeting table (veneer)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0101</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>UAB "SVENHEIM"</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Naujoji st. 132</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alytus</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NeoSquare meeting table, with or without wheels, RAL7030, Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Meeting table (4019) with tabletop no. 5121S, Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Meeting table (4019) with tabletop no. 5110S, Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Meeting table (4019) with tabletop no. 5046S, Veneer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Meeting table (4019) with tabletop no. 5044S, Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Meeting table (4019) with tabletop no. 5117S, Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Meeting table (4019) with tabletop no. 5040S, Linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Meeting table (4019) with tabletop no. 5035S, Linoleum</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5031 0088</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Meeting and conference table</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HOLMRIS B8</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Holmris B8 A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Odinsvej 5</x:v>
       </x:c>
@@ -548,307 +4004,307 @@
       </x:c>
       <x:c t="str">
         <x:v>Meeting and conference table</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HOLMRIS B8</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Holmris B8 A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Odinsvej 5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bjerringbro</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Q20 Meeting table (4019) with tabletop no. 5117S, Linoleum</x:v>
-[...255 lines deleted...]
-        <x:v>DO1100, black/polished aluminium, with or without wheels, Black stained oak veneer</x:v>
+        <x:v>Q20 Meeting table (4019) with tabletop no. 5048S, Veneer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Meeting table (4019) with tabletop no. 5028S, Veneer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Meeting table (4019) with tabletop no. 5116S, Linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Meeting table (4019) with tabletop no. 5112S, NanoSoft-Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Meeting table (4019) with tabletop no. 5048S, Linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NeoSquare meeting table, with or without wheels, RAL7030, NanoSoft-Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Meeting table (4019) with tabletop no. 5117S, NanoSoft-Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Meeting table (4019) with tabletop no. 5037S, Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Meeting table (4019) with tabletop no. 5116S, Veneer</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5031 0088</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Meeting and conference table</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HOLMRIS B8</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Holmris B8 A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Odinsvej 5</x:v>
       </x:c>
@@ -868,243 +4324,2643 @@
       </x:c>
       <x:c t="str">
         <x:v>Meeting and conference table</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HAY</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kvist Industries A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Siggårdsvej 2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Årre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>NeoSquare meeting table, with or without wheels, RAL5008, PerfectSense-Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NeoSquare meeting table, with or without wheels, RAL5008, Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Meeting table (4019) with tabletop no. 5049S, Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NeoSquare meeting table, with or without wheels, RAL3007, NanoSoft-Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>DO1100, black/polished aluminium, with or without wheels, Oak veneer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY CPH 30, 250 x 120 cm, Valnød</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0121</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kvist Industries A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Siggårdsvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Årre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Meeting table (4019) with tabletop no. 5079S, Linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Q20 Meeting table (N4019S) with tabletop no. 5034S, Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Meeting table (4019) with tabletop no. 5045S, Linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NeoSquare meeting table, with or without wheels, RAL5008, NanoSoft-Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY CPH 30 extendable, 200 x 90 cm, Valnød</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0121</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kvist Industries A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Siggårdsvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Årre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NeoSquare meeting table, with or without wheels, RAL7021, Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Meeting table (4019) with tabletop no. 5029S, Veneer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Meeting table (4019) with tabletop no. 5113S, Linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Meeting table (4019) with tabletop no. 5011S, NanoSoft-Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NeoSquare meeting table, with or without wheels, RAL9010, Resistant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Meeting table (4019) with tabletop no. 5047S, Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>FACTOR Lite meeting table (Laminate/Linoleum)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0101</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>UAB "SVENHEIM"</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Naujoji st. 132</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alytus</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Meeting table (4019) with tabletop no. 5109S, NanoSoft-Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Meeting table (4019) with tabletop no. 5011S, Linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>FACTOR meeting table (veneer)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0101</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>UAB "SVENHEIM"</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Naujoji st. 132</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alytus</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Abell konferansebord (480x115x73,6) ellipse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0094</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grande</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grande Fabrikker AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skjelbostad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Innfjorden</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Abell konferansebord (240x115x73,6) ellipse</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2031 0094</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Meeting and conference table</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grande</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grande Fabrikker AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Skjelbostad</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Innfjorden</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Abell konferansebord (480x115x73,6) ellipse</x:v>
-[...26 lines deleted...]
-        <x:v>Innfjorden</x:v>
+        <x:v>Q20 Meeting table (4019) with tabletop no. 5041S, NanoSoft-Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Meeting table (4019) with tabletop no. 5036S, NanoSoft-Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Meeting table (4019) with tabletop no. 5085S, NanoSoft-Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Meeting table (4019) with tabletop no. 5045S, Veneer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Meeting table (4019) with tabletop no. 5120S, Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY CPH 30, 250 x 120 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0121</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kvist Industries A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Siggårdsvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Årre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Meeting table (4019) with tabletop no. 5119S, NanoSoft-Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Meeting table (4019) with tabletop no. 5046S, NanoSoft-Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NeoSquare meeting table, with or without wheels, RAL9010, Linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Meeting table (4019) with tabletop no. 5031, Resistant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NeoSquare meeting table, with or without wheels, RAL3007, Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Meeting table (4019) with tabletop no. 5042S, Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Meeting table (4019) with tabletop no. 5038S, Veneer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Meeting table (4019) with tabletop no. 5110S, Linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Meeting table (4019) with tabletop no. 5045S, NanoSoft-Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Meeting table (4019) with tabletop no. 5030S, Veneer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Meeting table (4019) with tabletop no. 5044S, Linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Meeting table (4019) with tabletop no. 5049S, Linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Meeting table (4019) with tabletop no. 5028S, NanoSoft-Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Meeting table (4019) with tabletop no. 5032S, NanoSoft-Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Meeting table (4019) with tabletop no. 5114S, Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Meeting table (4019) with tabletop no. 5119S, Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Meeting table (4019) with tabletop no. 5112S, Veneer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY CPH 30, 250 x 90 cm, Valnød</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0121</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kvist Industries A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Siggårdsvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Årre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CHAT meeting table (melamine)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0101</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>UAB "SVENHEIM"</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Naujoji st. 132</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alytus</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Meeting table (4019) with tabletop no. 5028, Resistant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Meeting table (4019) with tabletop no. 5028S, Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Meeting table (4019) with tabletop no. 5119S, Veneer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Meeting table (4019) with tabletop no. 5042S, NanoSoft-Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OPTIMA meeting table (veneer)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0101</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>UAB "SVENHEIM"</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Naujoji st. 132</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alytus</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Meeting table (4019) with tabletop no. 5113S, NanoSoft-Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Q20 Meeting table (N4019S) with tabletop no. 5034S, Linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY CPH 190, 150 x 70 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0121</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kvist Industries A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Siggårdsvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Årre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY CPH 90, 130 x 165 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0121</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kvist Industries A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Siggårdsvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Årre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Meeting table (4019) with tabletop no. 5036S, Veneer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Meeting table (4019) with tabletop no. 5085S, Veneer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Meeting table (4019) with tabletop no. 5038S, Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Meeting table (4019) with tabletop no. 5034S, Linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Meeting table (4019) with tabletop no. 5032S, Veneer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Meeting table (4019) with tabletop no. 5011S, Veneer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Meeting table (4019) with tabletop no. 5037S, NanoSoft-Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Meeting table (4019) with tabletop no. 5116S, Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Q20 Meeting table (N4019S) with tabletop no. 5031S, Resistant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Meeting table (4019) with tabletop no. 5079S, NanoSoft-Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NeoSquare meeting table, with or without wheels, RAL5008, Linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>DO1100, black/polished aluminium, with or without wheels, Linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Meeting table (4019) with tabletop no. 5109S, Veneer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Meeting table (4019) with tabletop no. 5042S, Veneer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Meeting table (4019) with tabletop no. 5042S, Linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY CPH 30, 300 x 90 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0121</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kvist Industries A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Siggårdsvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Årre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Meeting table (4019) with tabletop no. 5036S, Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Meeting table (4019) with tabletop no. 5033S, Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Meeting table (4019) with tabletop no. 5034S, Veneer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Q20 Meeting table (4019) with tabletop no. 5032S, Linoleum</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5031 0088</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Meeting and conference table</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HOLMRIS B8</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Holmris B8 A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Odinsvej 5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bjerringbro</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Q20 Meeting table (4019) with tabletop no. 5033S, Laminate</x:v>
-[...95 lines deleted...]
-        <x:v>Q20 Meeting table (4019) with tabletop no. 5037S, Laminate</x:v>
+        <x:v>NeoSquare meeting table, with or without wheels, RAL9010, PerfectSense-Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Q20 Meeting table (N4019S) with tabletop no. 5035S, Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Meeting table (4019) with tabletop no. 5121S, NanoSoft-Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Meeting table (4019) with tabletop no. 5110S, NanoSoft-Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Meeting table (4019) with tabletop no. 5048S, NanoSoft-Laminate</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5031 0088</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Meeting and conference table</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HOLMRIS B8</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Holmris B8 A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Odinsvej 5</x:v>
       </x:c>
@@ -1124,531 +6980,371 @@
       </x:c>
       <x:c t="str">
         <x:v>Meeting and conference table</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HOLMRIS B8</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Holmris B8 A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Odinsvej 5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bjerringbro</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Q20 Meeting table (4019) with tabletop no. 5115S, Linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Meeting table (4019) with tabletop no. 5049S, Veneer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Meeting table (4019) with tabletop no. 5120S, Veneer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Meeting table (4019) with tabletop no. 5115S, Veneer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NeoSquare meeting table, with or without wheels, RAL7030, PerfectSense-Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Meeting table (4019) with tabletop no. 5115S, NanoSoft-Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Q20 Meeting table (4019) with tabletop no. 5041S, Veneer</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5031 0088</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Meeting and conference table</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HOLMRIS B8</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Holmris B8 A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Odinsvej 5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bjerringbro</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Q20 Meeting table (4019) with tabletop no. 5048S, NanoSoft-Laminate</x:v>
-[...447 lines deleted...]
-        <x:v>NeoSquare meeting table, with or without wheels, RAL7021, Laminate</x:v>
+        <x:v>HAY CPH 10, 160 x 80 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0121</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kvist Industries A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Siggårdsvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Årre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Meeting table (4019) with tabletop no. 5040S, Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q20 Meeting table (4019) with tabletop no. 5030S, NanoSoft-Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meeting and conference table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOLMRIS B8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holmris B8 A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odinsvej 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjerringbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Q20 Meeting table (N4019S) with tabletop no. 5035S, Linoleum</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5031 0088</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Meeting and conference table</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HOLMRIS B8</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Holmris B8 A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Odinsvej 5</x:v>
       </x:c>
@@ -1668,5747 +7364,51 @@
       </x:c>
       <x:c t="str">
         <x:v>Meeting and conference table</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HOLMRIS B8</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Holmris B8 A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Odinsvej 5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bjerringbro</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>NeoSquare meeting table, with or without wheels, RAL9010, PerfectSense-Laminate</x:v>
-[...3710 lines deleted...]
-      <x:c t="str">
         <x:v>NeoSquare meeting table, with or without wheels, RAL7021, Resistant</x:v>
-      </x:c>
-[...1982 lines deleted...]
-        <x:v>NeoSquare meeting table, with or without wheels, RAL9010, Resistant</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5031 0088</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Meeting and conference table</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HOLMRIS B8</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Holmris B8 A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Odinsvej 5</x:v>
       </x:c>