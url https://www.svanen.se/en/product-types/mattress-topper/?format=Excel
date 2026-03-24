--- v0 (2026-01-22)
+++ v1 (2026-03-24)
@@ -1,4413 +1,4445 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb3867d541e764864" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R499605b3349f4509" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R9815e4e5da804c73"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="products" sheetId="1" r:id="Re70f09743c1e40dc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R9815e4e5da804c73" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re70f09743c1e40dc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Brand</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Licensee</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c t="str">
         <x:v>City</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>SUPERIOR HYPERFLEX OVERMADRASS/TOP 120X200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mattress topper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strandgata 88</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åndalsnes</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PREMIUM LATEX OVERMADRASS/TOP 140x200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mattress topper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strandgata 88</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åndalsnes</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Jensen Serenity Bäddmadrass</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mattress topper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jensen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hilding Anders Norway AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SVELVIK</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PREMIUM LATEX OVERMADRASS/TOP 160x200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mattress topper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strandgata 88</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åndalsnes</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PREMIUM HYPERFLEX OVERMADRASS/TOP 120x200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mattress topper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strandgata 88</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åndalsnes</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PREMIUM HYPERFLEX OVERMADRASS/TOP 150x200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mattress topper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strandgata 88</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åndalsnes</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SUPERIOR LATEX OVERMADRASS/TOP 140x200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mattress topper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strandgata 88</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åndalsnes</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Top mattress Comfort Safe 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4031 0165</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mattress topper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Familon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wendre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lina 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pärnu</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SUPERIOR LATEX OVERMADRASS/TOP 150x200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mattress topper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strandgata 88</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åndalsnes</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CLASSIC LATEX OVERMADRASS/TOP 150x200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mattress topper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strandgata 88</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åndalsnes</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PREMIUM LATEX OVERMADRASS/TOP SPLIT 160x200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mattress topper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strandgata 88</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åndalsnes</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PREMIUM HYPERFLEX OVERMADRASS/TOP 210x210</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mattress topper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strandgata 88</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åndalsnes</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PREMIUM HYPERFLEX OVERMADRASS/TOP 90x210</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mattress topper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strandgata 88</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åndalsnes</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EXCELLENCE OVERMADRASS 160x200 WHITE 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mattress topper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strandgata 88</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åndalsnes</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trygg latex split bäddmadrass</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0092</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mattress topper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scapa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beds by Scapa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fabriksgatan 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alvesta</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SUPERIOR LATEX OVERMADRASS/TOP 75x190</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mattress topper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strandgata 88</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åndalsnes</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PREMIUM LATEX OVERMADRASS/TOP 75x200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mattress topper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strandgata 88</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åndalsnes</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SUPERIOR LATEX OVERMADRASS/TOP 180x210</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mattress topper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strandgata 88</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åndalsnes</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PREMIUM HYPERFLEX OVERMADRASS/TOP SPLIT 160x200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mattress topper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strandgata 88</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åndalsnes</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PREMIUM HYPERFLEX OVERMADRASS/TOP SPLIT 210x200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mattress topper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strandgata 88</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åndalsnes</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CLASSIC LATEX OVERMADRASS/TOP 160x200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mattress topper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strandgata 88</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åndalsnes</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SUPERIOR HYPERFLEX OVERMADRASS/TOP 150x200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mattress topper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strandgata 88</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åndalsnes</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Jensen Contract I Bäddmadrass</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mattress topper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jensen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hilding Anders Norway AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SVELVIK</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SUPERIOR LATEX OVERMADRASS/TOP 90x200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mattress topper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strandgata 88</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åndalsnes</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PREMIUM LATEX OVERMADRASS/TOP SPLIT 210x200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mattress topper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strandgata 88</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åndalsnes</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EXCELLENCE OVERMADRASS 210x210 WHITE 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mattress topper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strandgata 88</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åndalsnes</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PREMIUM HYPERFLEX OVERMADRASS/TOP 75x200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mattress topper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strandgata 88</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åndalsnes</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SUPERIOR HYPERFLEX OVERMADRASS/TOP 210X200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mattress topper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strandgata 88</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åndalsnes</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Asperö Comfort Bäddmadrass</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0050</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mattress topper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hilding</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hilding Anders Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 57</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HÄSTVEDA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MIO Roma Family, Bäddmadrass</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0050, 3031 0166</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mattress topper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mio</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hilding Anders Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 57</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HÄSTVEDA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Saltskär Bäddmadrass</x:v>
       </x:c>
       <x:c t="str">
+        <x:v>3031 0050</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mattress topper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saltskär</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hilding Anders Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 57</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HÄSTVEDA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PREMIUM LATEX OVERMADRASS/TOP 120x200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mattress topper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strandgata 88</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åndalsnes</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CLASSIC LATEX OVERMADRASS/TOP 90x200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mattress topper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strandgata 88</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åndalsnes</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CLASSIC LATEX OVERMADRASS/TOP 180x200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mattress topper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strandgata 88</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åndalsnes</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PREMIUM LATEX OVERMADRASS/TOP 75x190</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mattress topper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strandgata 88</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åndalsnes</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EXCELLENCE OVERMADRASS 180x200 WHITE 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mattress topper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strandgata 88</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åndalsnes</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SUPERIOR LATEX OVERMADRASS/TOP SPLIT 210x210</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mattress topper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strandgata 88</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åndalsnes</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Jensen Contract Basic Bäddmadrass </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mattress topper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jensen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hilding Anders Norway AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SVELVIK</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mio Delux Exclusive Bäddmadrass</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0092</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mattress topper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mio</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beds by Scapa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fabriksgatan 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alvesta</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PREMIUM LATEX OVERMADRASS/TOP 150x190</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mattress topper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strandgata 88</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åndalsnes</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SUPERIOR LATEX OVERMADRASS/TOP SPLIT 180x200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mattress topper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strandgata 88</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åndalsnes</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SUPERIOR LATEX OVERMADRASS/TOP 80x200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mattress topper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strandgata 88</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åndalsnes</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SUPERIOR LATEX OVERMADRASS/TOP 180x200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mattress topper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strandgata 88</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åndalsnes</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SUPERIOR LATEX OVERMADRASS/TOP 210x210</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mattress topper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strandgata 88</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åndalsnes</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PREMIUM LATEX OVERMADRASS/TOP 180x210</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mattress topper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strandgata 88</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åndalsnes</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SUPERIOR HYPERFLEX OVERMADRASS/TOP 180x210</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mattress topper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strandgata 88</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åndalsnes</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SUPERIOR HYPERFLEX OVERMADRASS/TOP 105X200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mattress topper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strandgata 88</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åndalsnes</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PREMIUM HYPERFLEX OVERMADRASS/TOP SPLIT 180x200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mattress topper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strandgata 88</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åndalsnes</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PREMIUM HYPERFLEX OVERMADRASS/TOP 140x200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mattress topper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strandgata 88</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åndalsnes</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Jensen Majestic Bäddmadrass</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mattress topper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jensen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hilding Anders Norway AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SVELVIK</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trygg HS bäddmadrass</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0092</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mattress topper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scapa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beds by Scapa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fabriksgatan 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alvesta</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SUPERIOR LATEX OVERMADRASS/TOP 90x210</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mattress topper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strandgata 88</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åndalsnes</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CLASSIC LATEX OVERMADRASS/TOP 75x190</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mattress topper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strandgata 88</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åndalsnes</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SUPERIOR LATEX OVERMADRASS/TOP 120x200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mattress topper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strandgata 88</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åndalsnes</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PREMIUM LATEX OVERMADRASS/TOP 80x200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mattress topper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strandgata 88</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åndalsnes</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SUPERIOR LATEX OVERMADRASS/TOP SPLIT 210x200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mattress topper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strandgata 88</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åndalsnes</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SUPERIOR HYPERFLEX OVERMADRASS/TOP 80X200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mattress topper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strandgata 88</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åndalsnes</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trygg HS split bäddmadrass</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0092</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mattress topper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scapa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beds by Scapa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fabriksgatan 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alvesta</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SUPERIOR LATEX OVERMADRASS/TOP 75x200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mattress topper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strandgata 88</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åndalsnes</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trygg soft bäddmadrass</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0092</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mattress topper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scapa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beds by Scapa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fabriksgatan 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alvesta</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bäddmadrass Contract HA 5 Grey</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0050</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mattress topper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hilding</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hilding Anders Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 57</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HÄSTVEDA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bäddmadrass Contract HA 3 Grey</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0050</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mattress topper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hilding</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hilding Anders Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 57</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HÄSTVEDA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Särö Bäddmadrass</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0050</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mattress topper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hilding Anders Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 57</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HÄSTVEDA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bäddmadrass Contract HA 7 Zip-Link</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0050</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mattress topper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hilding</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hilding Anders Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 57</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HÄSTVEDA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bäddmadrass Contract HA 7 Grey</x:v>
+      </x:c>
+      <x:c t="str">
         <x:v>3031 0050, 3031 0050</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Mattress topper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
+        <x:v>Hilding</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hilding Anders Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 57</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HÄSTVEDA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SUPERIOR LATEX OVERMADRASS/TOP 160x200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mattress topper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strandgata 88</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åndalsnes</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Jensen Sleep II Bäddmadrass</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mattress topper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jensen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hilding Anders Norway AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SVELVIK</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SUPERIOR HYPERFLEX OVERMADRASS/TOP 210x210</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mattress topper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strandgata 88</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åndalsnes</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CLASSIC LATEX OVERMADRASS/TOP 80x200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mattress topper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strandgata 88</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åndalsnes</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CLASSIC LATEX OVERMADRASS/TOP 120x200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mattress topper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strandgata 88</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åndalsnes</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Top mattress Comfort Safe 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4031 0165</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mattress topper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Familon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wendre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lina 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pärnu</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SUPERIOR HYPERFLEX OVERMADRASS/TOP 160X200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mattress topper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strandgata 88</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åndalsnes</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PREMIUM HYPERFLEX OVERMADRASS/TOP 180x200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mattress topper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strandgata 88</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åndalsnes</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Jensen Contract Bäddmadrass</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mattress topper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jensen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hilding Anders Norway AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SVELVIK</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nobel by Jensen Bäddmadrass</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mattress topper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobel by Jensen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hilding Anders Norway AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SVELVIK</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PREMIUM HYPERFLEX OVERMADRASS/TOP SPLIT 180x210</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mattress topper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strandgata 88</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åndalsnes</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CLASSIC LATEX OVERMADRASS/TOP 90x210</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mattress topper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strandgata 88</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åndalsnes</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Särö Comfort Bäddmadrass</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0050</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mattress topper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hilding Anders Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 57</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HÄSTVEDA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trygg latex bäddmadrass</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0092</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mattress topper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scapa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beds by Scapa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fabriksgatan 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alvesta</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PREMIUM HYPERFLEX OVERMADRASS/TOP 80x200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mattress topper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strandgata 88</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åndalsnes</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SUPERIOR HYPERFLEX OVERMADRASS/TOP 180x200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mattress topper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strandgata 88</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åndalsnes</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CLASSIC LATEX OVERMADRASS/TOP 180x210</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mattress topper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strandgata 88</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åndalsnes</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PREMIUM LATEX OVERMADRASS/TOP 90x200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mattress topper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strandgata 88</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åndalsnes</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Jensen TempSmart Bäddmadrass</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mattress topper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jensen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hilding Anders Norway AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SVELVIK</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SUPERIOR LATEX OVERMADRASS/TOP SPLIT 180x210</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mattress topper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strandgata 88</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åndalsnes</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SUPERIOR HYPERFLEX OVERMADRASS/TOP 90X210</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mattress topper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strandgata 88</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åndalsnes</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SUPERIOR LATEX OVERMADRASS/TOP 105x210</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mattress topper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strandgata 88</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åndalsnes</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MIO Energy Comfort, Bäddmadrass</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0050, 3031 0050</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mattress topper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mio</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hilding Anders Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 57</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HÄSTVEDA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CLASSIC LATEX OVERMADRASS/TOP 105x200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mattress topper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strandgata 88</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åndalsnes</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SUPERIOR HYPERFLEX OVERMADRASS/TOP 105X210</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mattress topper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strandgata 88</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åndalsnes</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Jensen Contract III Bäddmadrass</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mattress topper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jensen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hilding Anders Norway AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SVELVIK</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Jensen Sleep III Bäddmadrass</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mattress topper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jensen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hilding Anders Norway AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SVELVIK</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MIO Energy Exclusive, Bäddmadrass</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0050, 3031 0050</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mattress topper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mio</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hilding Anders Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 57</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HÄSTVEDA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SUPERIOR HYPERFLEX OVERMADRASS/TOP 90X200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mattress topper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strandgata 88</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åndalsnes</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CLASSIC LATEX OVERMADRASS/TOP 210x210</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mattress topper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strandgata 88</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åndalsnes</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Jensen Sleep I Bäddmadrass</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mattress topper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jensen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hilding Anders Norway AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SVELVIK</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PREMIUM HYPERFLEX OVERMADRASS/TOP SPLIT 210x210</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mattress topper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strandgata 88</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åndalsnes</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PREMIUM HYPERFLEX OVERMADRASS/TOP 160x200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mattress topper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strandgata 88</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åndalsnes</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PREMIUM HYPERFLEX OVERMADRASS/TOP 210x200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mattress topper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strandgata 88</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åndalsnes</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SUPERIOR LATEX OVERMADRASS/TOP 150x190</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mattress topper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strandgata 88</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åndalsnes</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CLASSIC LATEX OVERMADRASS/TOP 105x210</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mattress topper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strandgata 88</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åndalsnes</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PREMIUM HYPERFLEX OVERMADRASS/TOP 105x200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mattress topper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strandgata 88</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åndalsnes</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MIO Energy, Bäddmadrass</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0050, 3031 0050</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mattress topper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mio</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hilding Anders Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 57</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HÄSTVEDA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PREMIUM LATEX OVERMADRASS/TOP 105x210</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mattress topper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strandgata 88</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åndalsnes</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Jensen Contract II Bäddmadrass</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mattress topper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jensen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hilding Anders Norway AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SVELVIK</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Jensen Prisme Bäddmadrass</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mattress topper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jensen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hilding Anders Norway AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SVELVIK</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PREMIUM LATEX OVERMADRASS/TOP SPLIT 180x210</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mattress topper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strandgata 88</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åndalsnes</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PREMIUM HYPERFLEX OVERMADRASS/TOP 75x190</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mattress topper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strandgata 88</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åndalsnes</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PREMIUM LATEX OVERMADRASS/TOP 180x200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mattress topper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strandgata 88</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åndalsnes</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PREMIUM LATEX OVERMADRASS/TOP 105x200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mattress topper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strandgata 88</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åndalsnes</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PREMIUM HYPERFLEX OVERMADRASS/TOP 90x200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mattress topper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strandgata 88</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åndalsnes</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SUPERIOR LATEX OVERMADRASS/TOP 105x200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mattress topper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strandgata 88</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åndalsnes</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PREMIUM LATEX OVERMADRASS/TOP 150x200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mattress topper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strandgata 88</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åndalsnes</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PREMIUM LATEX OVERMADRASS/TOP 210x210</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mattress topper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strandgata 88</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åndalsnes</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PREMIUM HYPERFLEX OVERMADRASS/TOP 105x210</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mattress topper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strandgata 88</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åndalsnes</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EXCELLENCE OVERMADRASS 180x210 WHITE 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mattress topper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strandgata 88</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åndalsnes</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PREMIUM HYPERFLEX OVERMADRASS/TOP 150x190</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mattress topper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strandgata 88</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åndalsnes</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SUPERIOR LATEX OVERMADRASS/TOP 120x210</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mattress topper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strandgata 88</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åndalsnes</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PREMIUM LATEX OVERMADRASS/TOP 90x210</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mattress topper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strandgata 88</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åndalsnes</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SUPERIOR HYPERFLEX OVERMADRASS/TOP 140X200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mattress topper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strandgata 88</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åndalsnes</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SUPERIOR LATEX OVERMADRASS/TOP 210x200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mattress topper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strandgata 88</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åndalsnes</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SUPERIOR LATEX OVERMADRASS/TOP 160x210</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mattress topper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strandgata 88</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åndalsnes</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CLASSIC LATEX OVERMADRASS/TOP 75x200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mattress topper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strandgata 88</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åndalsnes</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CLASSIC LATEX OVERMADRASS/TOP 150x190</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mattress topper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strandgata 88</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åndalsnes</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PREMIUM LATEX OVERMADRASS/TOP 210x200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mattress topper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strandgata 88</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åndalsnes</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PREMIUM LATEX OVERMADRASS/TOP SPLIT 210x210</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mattress topper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strandgata 88</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åndalsnes</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CLASSIC LATEX OVERMADRASS/TOP 140x200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mattress topper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strandgata 88</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åndalsnes</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SUPERIOR LATEX OVERMADRASS/TOP SPLIT 160x200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mattress topper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strandgata 88</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åndalsnes</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PREMIUM LATEX OVERMADRASS/TOP SPLIT 180x200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mattress topper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strandgata 88</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åndalsnes</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PREMIUM HYPERFLEX OVERMADRASS/TOP 180x210</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mattress topper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strandgata 88</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åndalsnes</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Jensen SoftProtect Madrasskydd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mattress topper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jensen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hilding Anders Norway AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SVELVIK</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CLASSIC LATEX OVERMADRASS/TOP 210x200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mattress topper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wonderland AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strandgata 88</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åndalsnes</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Särö Exclusive Bäddmadrass</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0050</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mattress topper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hilding Anders Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 57</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HÄSTVEDA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Saltskär Exclusive Bäddmadrass</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0050</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mattress topper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
         <x:v>Saltskär</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hilding Anders Sweden AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 57</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HÄSTVEDA</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>PREMIUM LATEX OVERMADRASS/TOP 150x190</x:v>
-[...430 lines deleted...]
-        <x:v>5</x:v>
+        <x:v>Asperö Bäddmadrass</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0050</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mattress topper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hilding</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hilding Anders Sweden AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 57</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HÄSTVEDA</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Trygg latex split bäddmadrass</x:v>
-[...81 lines deleted...]
-        <x:v>Mio</x:v>
+        <x:v>Asperö Exclusive Bäddmadrass</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0050</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mattress topper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hilding</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hilding Anders Sweden AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 57</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HÄSTVEDA</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Saltskär Exclusive Bäddmadrass</x:v>
-[...14 lines deleted...]
-        <x:v>5</x:v>
+        <x:v>Saltskär Comfort Bäddmadrass</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0050</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mattress topper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Saltskär</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hilding Anders Sweden AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 57</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HÄSTVEDA</x:v>
-      </x:c>
-[...3742 lines deleted...]
-        <x:v>SVELVIK</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>