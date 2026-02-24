--- v0 (2025-12-18)
+++ v1 (2026-02-24)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6513554b58424c0c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R88e1ded4e7c04455" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R1e5762e81cff4596"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R601006c643f14945"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1e5762e81cff4596" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R601006c643f14945" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
@@ -51,107 +51,107 @@
       </x:c>
       <x:c t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c t="str">
         <x:v>City</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Marksöm lekmatta 150x200x25 cm</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3031 0084</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Mattress for children</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>5</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Marksöm</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Marksöm AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Djupdal 6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gånghester</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Skötbordsmadrasser Multi-Soft i varierande storlekar</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3031 0084</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Mattress for children</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>5</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c t="str">
-        <x:v/>
+        <x:v>Marksöm</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Marksöm AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Djupdal 6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gånghester</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>PRO-VEST SVANEMÆRKET DAHLIA LETVÆGTSKRYBBEMADRAS (106 X 40 CM.)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3031 0084</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Mattress for children</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>5</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c t="str">
-        <x:v/>
+        <x:v>Marksöm</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Marksöm AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Djupdal 6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gånghester</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>