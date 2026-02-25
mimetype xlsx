--- v1 (2026-02-24)
+++ v2 (2026-02-25)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R88e1ded4e7c04455" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba2b26aafc5a412c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R601006c643f14945"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="Rfaf7420a6a7c4645"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R601006c643f14945" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rfaf7420a6a7c4645" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">