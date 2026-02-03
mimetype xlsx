--- v0 (2025-12-15)
+++ v1 (2026-02-03)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde9429d5b5174e47" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7459124adcca4750" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="Rc6c1ce438e554b08"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R661f2b53ca034b02"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc6c1ce438e554b08" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R661f2b53ca034b02" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
@@ -484,50 +484,114 @@
       </x:c>
       <x:c t="str">
         <x:v>Lubricating grease</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU27 Lubricants</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>AXEL</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Axel Christiernsson International AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 2100</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nol</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>EERSTA GREASE PLANTE CEP ESP 5600</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/027/025</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lubricating grease</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU27 Lubricants</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Start First Pte Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>International Business Park, Unit 04-05 Nordic European Centre 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Singapore</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EERSTA GREASE PLANTE CEP ESP 5602</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/027/025</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lubricating grease</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU27 Lubricants</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Start First Pte Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>International Business Park, Unit 04-05 Nordic European Centre 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Singapore</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Entreprenadfett EP2 Bio, 18 kg</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SE/027/013</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lubricating grease</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU27 Lubricants</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Lantmännen Aspen AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Iberovägen 2</x:v>
@@ -612,50 +676,82 @@
       </x:c>
       <x:c t="str">
         <x:v>Lubricating grease</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU27 Lubricants</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>LanoPro Production AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Smedveien 7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Haslum</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>EERSTA GREASE PLANTE CEP ESP 5601</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/027/025</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lubricating grease</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU27 Lubricants</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Start First Pte Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>International Business Park, Unit 04-05 Nordic European Centre 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Singapore</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>LGGB 2/5 kg</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SE/027/015, SE/027/008</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lubricating grease</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU27 Lubricants</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>SKF B.V.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Meidoornkade 14</x:v>
@@ -1664,50 +1760,82 @@
         <x:v>SE/027/003</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lubricating grease</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU27 Lubricants</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>LanoPro </x:v>
       </x:c>
       <x:c t="str">
         <x:v>LanoPro Production AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Smedveien 7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Haslum</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EERSTA GREASE PLANTE LICAS ESP HV 05</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/027/025</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lubricating grease</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU27 Lubricants</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Start First Pte Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>International Business Park, Unit 04-05 Nordic European Centre 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Singapore</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>SKF LGGB 2, 420 ml</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SE/027/015, SE/027/008</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lubricating grease</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU27 Lubricants</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">