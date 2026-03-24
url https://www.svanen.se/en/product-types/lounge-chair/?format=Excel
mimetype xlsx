--- v0 (2026-01-22)
+++ v1 (2026-03-24)
@@ -1,150 +1,502 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9aa3c64fd7ef4352" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8547cebe8b324007" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R067743d97925487c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="products" sheetId="1" r:id="R803a6121924e49b9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R067743d97925487c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R803a6121924e49b9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Brand</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Licensee</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c t="str">
         <x:v>City</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Tiara karmstol</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0098</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lounge chair</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland Møbler AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stordal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Robin fåtölj med tilt och fotkryss F9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0098</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lounge chair</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland Møbler AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stordal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>J82 Lounge Chair Oak Lacquered Nature</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5031 0121</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lounge chair</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>FDB Møbler</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kvist Industries A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Siggårdsvej 2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Årre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Enya vilfåtölj med vipp och steglös justering</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0098</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lounge chair</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland Møbler AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stordal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>J82 Lounge Chair Beech Black</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0121</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lounge chair</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FDB Møbler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kvist Industries A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Siggårdsvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Årre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Crew vilfåtölj m/steglös reglering, öppna armstöd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0098</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lounge chair</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland Møbler AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stordal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Enya vilfåtölj med elektrisk justering och fotstöd</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2031 0098</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lounge chair</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Helland</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Helland Møbler AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Postboks 10</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stordal</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Robin fåtölj med tilt och fotkryss F9</x:v>
+        <x:v>Bobo vilfåtölj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0098</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lounge chair</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland Møbler AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stordal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>J82 Lounge Chair Beech Black Nature</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0121</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lounge chair</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FDB Møbler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kvist Industries A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Siggårdsvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Årre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordia vilfåtölj m/hög rygg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0098</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lounge chair</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland Møbler AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stordal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tiara 2-sits m/armstöd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0098</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lounge chair</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland Møbler AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stordal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Enya vilfåtölj med inbyggt fotstöd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0098</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lounge chair</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland Møbler AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stordal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>J82 Lounge chair Smoked oak Nature</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0121</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lounge chair</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FDB Møbler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kvist Industries A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Siggårdsvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Årre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Robin fåtölj med stålben U</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2031 0098</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lounge chair</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Helland</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Helland Møbler AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Postboks 10</x:v>
       </x:c>
@@ -164,179 +516,51 @@
       </x:c>
       <x:c t="str">
         <x:v>Lounge chair</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Helland</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Helland Møbler AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Postboks 10</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stordal</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Nordia vilfåtölj m/hög rygg</x:v>
-[...127 lines deleted...]
-        <x:v>Bobo vilfåtölj</x:v>
+        <x:v>Robin stol med treben</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2031 0098</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lounge chair</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Helland</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Helland Møbler AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Postboks 10</x:v>
       </x:c>
@@ -352,254 +576,30 @@
         <x:v>2031 0098</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lounge chair</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Helland</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Helland Møbler AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Postboks 10</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stordal</x:v>
-      </x:c>
-[...222 lines deleted...]
-        <x:v>Årre</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>