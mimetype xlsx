--- v0 (2026-02-04)
+++ v1 (2026-03-26)
@@ -1,278 +1,9462 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R30b194b769c644b9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R779d3bd976ac4b4b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="Rc6c3259799884fff"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="products" sheetId="1" r:id="R379407f4463245ed"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc6c3259799884fff" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R379407f4463245ed" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Brand</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Licensee</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c t="str">
         <x:v>City</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Forbo Marmoleum Striato - 2,5 mm x 200 cm (5255)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Striato Trace of nature, 3573 - 2,5 mm x 200 cm (125650)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Modular Trace of nature, T3573 - 100x25 cm (168280)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Piano Periwinkle, 3642 - 2,5 mm x 200 cm (139862)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Real Van Gogh, 3173 - 2,5 mm x 200 cm (9321)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Real Barley, 2707 - 2,5 mm x 200 cm (80257)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Modular Black hole, T3707 - 2,5 mm, 25x25 cm (156397)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Modular Cloudy sand, T3711 - 2,5 mm, 50x50 cm (153241)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Modular Textura White wash, TE5230 - 100x25 cm (179323)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Modular Calico, T2713 - 2,5 mm, 50x50 cm (31525)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Decibel Shrike, 324635 - 200 cm (144694)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Real Rosato, 3120 - 2,5 mm x 200 cm (9872)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Click Black hole, 633707 - 60x30 cm (176499)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Decibel Donkey, 340735 - 200 cm (129845)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Decibel Kyoto, 312635 - 200 cm (85365)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tarkett Allegro Essenza+, 2.5 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett SpA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via S.Anna, 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NARNI SCALO (TR)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tarkett Etrusco xf2, 2.5 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett SpA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via S.Anna, 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NARNI SCALO (TR)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Click Liguid clay, 633702 - 60x30 cm (176501)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tarkett Linoleum Bfl xf2, 3.2 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett SpA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via S.Anna, 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NARNI SCALO (TR)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tarkett Etrusco xf2, 3.2 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett SpA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via S.Anna, 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NARNI SCALO (TR)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Concrete Meteorite, 3705 - 2,5 mm x 200 cm (138414)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Striato Black sheep, 5237 - 2,5 mm x 200 cm (175027)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Vivace Autumn leaf, 3425 - 2,5 mm x 200 cm (134690)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Modular Linseed, T3768 - 2.5 mm, 50x50 cm (255322)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Concrete Stella, 3730 - 2,5 mm x 200 cm (184726)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Fresco Leaf, 3260 - 2,5 mm x 200 cm (195573)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Concrete Orange shimmer, 3712 - 2,5 mm x 200 cm (139835)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Modular Black hole, T3707 - 2,5 mm, 25x25 cm (200611)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Modular North sea cost, T5235 - 100x25 cm (168302)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Decibel Graphite, 304830 - 3 mm (84874)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Walton Cirrus 2,5 mm x 200 cm (3323)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Linoflex 501 - 2,0 mm x 200 cm (68789)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Walton Grey iron, 3368 - 2,5 mm x 200 cm (184636)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Real Chartreuse, 3224 - 2 mm x 200 cm (143066)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Real Dark bistre, 3236 - 2 mm x 200 cm (143067)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Real Shell, 3075 - 2 mm x 200 cm (9797)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Real Blue, 3030 - 2 mm x 200 cm (9737)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Concrete Green glow, 3742 - 2,5 mm x 200 cm (184738)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tarkett Veneto xf2, 2.5 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett SpA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via S.Anna, 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NARNI SCALO (TR)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Splash Limoncello, 3431 - 2,5 mm x 200 cm (195662)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Fresco Mustard, 3259 - 2,5 mm x 200 cm (195629)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Modular Petrol, T3358 - 2,5 mm, 25x25 cm (200211)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Striato Textura Pacific beaches, E5216 - 2,5 mm x 200 cm (168229)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Slate Lakeland shale, E3747 - 2,5 mm x 200 cm (184756)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Modular Textura Welsh slate, TE3725 - 50x50 cm (195626)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Fresco Turquoise, 3269 - 2,5 mm x 200 cm (195637)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Modular Pluto, T3718 - 2,5 mm, 25x25 cm (156414)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Fresco Walnut, 3874 - 2,5 mm x 200 cm (47915)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Decibel Chartreuse, 322435 - 200 cm (85354)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Modular Yellow moss, T3362 - 2,5 mm, 25x25 cm (200598)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Fresco Arabian pearl, 3861 - 2,5 mm x 200 cm (10777)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Concrete Fossil, 3708 - 2,5 mm x 200 cm (138422)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Click Delta lace, 333568 - 30x30 cm (176481)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Fresco Golden sunset, 3125 - 2 mm x 200 cm (10637)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Modular Neptune, T3717 - 2,5 mm, 50x25 cm (156444)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Concrete Liquid Clay, 3702 - 2 mm x 200 cm (149026)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Acoustic Lava, 33139 - 4 mm x 200 cm (55877)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Decibel Walnut, 387435 - 200 cm (124629)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Sport, 83215 - 3,2 mm x 200 cm (66001)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tarkett Linosport xf2, 3.2 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett SpA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via S.Anna, 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NARNI SCALO (TR)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Fresco African desert, 3825 - 3,2 mm x 200 cm (15936)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Decibel Orbit, 372435 - 200 cm (193878)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Real Hyacinth, 3221 - 2 mm x 200 cm (83734)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Real Eiger, 2629 - 2,5 mm x 200 cm (81064)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Fresco Kyoto, 3126 - 2 mm x 200 cm (10641)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Fresco Black, 2939 - 2 mm x 200 cm (9255)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Striato Oxidized copper, 5239 - 2,5 mm x 200 cm (175029)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Modular Silver Shadow, T3860 - 2.5 mm, 50x50 cm (255290)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Striato Straw field, 5238 - 2,5 mm x 200 cm (175028)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Modular Sandstone, T3289 - 2.5 mm, 50x50 cm (255283)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Fresco Lemon zest, 3251 - 2,5 mm x 200 cm (134671)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Walton Petrol, 3358 - 2,5 mm x 200 cm (139871)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Sport, 83146 - 3,2 mm x 200 cm (66008)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Linoflex 617 - 2,0 mm x 200 cm (211617)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Concrete Purple shimmer, 3735 - 2,5 mm x 200 cm (184731)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Click Silver shadow, 633860 - 60x30 cm (176494)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tarkett Style Elle xf2, 2.5 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett SpA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via S.Anna, 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NARNI SCALO (TR)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Real Orange sorbet, 3241 - 2,5 mm x 200 cm (134645)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Real Fresco blue, 3055 - 3,2 mm x 200 cm (9793)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Vivace Cirrus sky, 3411 - 2,5 mm x 200 cm (47832)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Modular Volcanic Ash, T3872 - 2.5 mm, 50x50 cm (255342)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Real Fresco blue, 3055 - 4 mm x 200 cm (9795)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Click Trace of nature, 933573 - 90x30 cm (176505)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Decibel Bleeckerstreet, 312735 - 200 cm (85369)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Click Raven, 633209 - 60x30 cm (176493)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Acoustic Shell, 33075 - 4 mm x 200 cm (9803)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Concrete Comet, 3703 - 2,5 mm x 200 cm (138216)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Click Barbados, 333858 - 30x30 cm (176479)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Decibel Meadow, 363435 - 200 cm (196955)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Decibel Shell, 307530 - 3 mm (84875)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Concrete Delta lace, 3568 - 2,5 mm x 200 cm (125668)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tarkett Lino Materiale xf2, 2.5 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett SpA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via S.Anna, 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NARNI SCALO (TR)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tarkett Originale xf2, 2.5 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett SpA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via S.Anna, 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NARNI SCALO (TR)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tarkett Allegro xf2, 2.5 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett SpA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via S.Anna, 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NARNI SCALO (TR)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Piano Atlantic blue, 3652 - 2,5 mm x 200 cm (184748)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Modular Textura Cornish grey, TE3745 - 50x50 cm (195625)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Modular Liquid clay, T3702 - 2,5 mm, 50x25 cm (194360)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Modular Compressed time, T5225 - 100x25 cm (168294)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Piano Mellow yellow, 3622 - 2,5 mm x 200 cm (65542)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Cocoa Milk chocolate, 3580 - 2,5 mm x 200 cm (184757)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Acoustic Graphite, 33048 - 4 mm x 200 cm (10951)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Concrete Drift, 3727 - 2,5 mm x 200 cm (184723)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Click Liquid clay, 333702 - 30x30 cm (176480)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tarkett Essenza+, 2.0 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett SpA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via S.Anna, 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NARNI SCALO (TR)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Striato Textura Cliffs of Moher, E5231 - 2,5 mm x 200 cm (168244)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Striato Hint of yellow, 5244 - 2,5 mm x 200 cm (175045)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Modular Cornish grey, T3745 - 2,5 mm, 25x25 cm (200616)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Modular Desert Sand, T5255 - 2.5 mm, 100x25 cm (253744)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Striato Dark aura, 5247 - 2,5 mm x 200 cm (175048)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Splash Salsa verde, 3430 - 2,5 mm x 200 cm (195661)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Walton Terracotta, 3370 - 2,5 mm x 200 cm (184639)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Walton Lilac, 3363 - 2,5 mm x 200 cm (139876)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Real Plum, 3272 - 2,5 mm x 200 cm (195640)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Modular Berlin red, T3352 - 2,5 mm, 25x25 cm (200835)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Real Slate grey, 3137 - 2,5 mm x 200 cm (10671)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Modular Cliffs of moher, T5231 - 100x25 cm (168298)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Modular Black hole, T3707 - 2,5 mm, 50x50 cm (153203)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Real Tan pink, 3077 - 2,5 mm x 200 cm (9809)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Decibel Dove Grey, 262135 - 200 cm (50359)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Fresco Sparrow, 3252 - 2 mm x 200 cm (143074)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Decibel Dove Blue, 305335 - 200 cm (85357)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Fresco Henna, 3203 - 2,5 mm x 200 cm (47920)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tarkett Veneto xf2, 3.2mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett SpA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via S.Anna, 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NARNI SCALO (TR)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Modular Textura Cornish grey, TE3745 - 50x25 cm (195796)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Decibel Green melody Special, 341335 - 200 cm (161778)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Modular Black hole, T3707 - 2,5 mm, 50x25 cm (156437)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Modular Berlin red, T3352 - 2,5 mm, 50x50 cm (194365)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Real Honeysuckle, 3268 - 2,5 mm x 200 cm (195636)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Real Fresco blue, 3055 - 2,5 mm x 200 cm (9791)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Modular Quantum, T3718 - 2.5 mm, 50x50 cm (156300)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Real Dandelion, 3225 - 2,5 mm x 200 cm (80267)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Fresco Sparrow, 3252 - 2,5 mm x 200 cm (134672)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Modular Cornish grey, T3745 - 2,5 mm, 50x25 cm (194363)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Modular Satellite, T3704 - 2,5 mm, 50x50 cm (153235)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Click Scarlet, 333131 - 30x30 cm (176489)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Concrete Green shimmer, 3736 - 2,5 mm x 200 cm (184732)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Terra Alpine mist, 5802 - 2,5 mm x 200 cm (195677)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Modular Concrete, T3146 - 2.5 mm, 50x50 cm (156491)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Striato - 2,5 mm x 200 cm (5250)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Striato Compressed time, 5225 - 2,5 mm x 200 cm (134696)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Vivace Fiery fantasy, 3416 - 2,5 mm x 200 cm (80273)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Terra Pink granite, 5804 - 2,5 mm x 200 cm (195679)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Fresco Shrike, 3246 - 2,5 mm x 200 cm (134666)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Real Himalaya, 3141 - 2 mm x 200 cm (10677)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Real Caribbean, 3038 - 2,5 mm x 200 cm (9755)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Piano Otter, 3631 - 2,5 mm x 200 cm (138078)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Modular Rocky Ice, T5232 - 2.5 mm, 100x25 cm (168299)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Modular Graphite, T3048 - 2.5 mm, 100x25 cm (168280)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Modular Sparrow, T3252 - 2.5 mm, 50x50 cm (255284)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Real Horse roan, 3232 - 2,5 mm x 200 cm (80118)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Modular Liquid clay, T3702 - 2,5 mm, 50x50 cm (194362)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Modular Rocky ice, T5232 - 100x25 cm (168299)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Modular Petrol, T3358 - 2,5 mm, 50x50 cm (194367)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Modular Blue Ice, T3753 - 2.5 mm, 50x50 cm (255337)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Fresco Eternity, 3866 - 3,2 mm x 200 cm (10791)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Click Orbit, 633724 - 60x30 cm (176497)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Modular Donkey island, T3407 - 50x50 cm (153237)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Real Himalaya, 3141 - 2,5 mm x 200 cm (10679)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Fresco Silver birch, 3871 - 2,5 mm x 200 cm (47841)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Real Marly grounds, 3249 - 2 mm x 200 cm (143072)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Modular Eternity, T3866 - 2.5 mm, 50x50 cm (255341)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Fresco Clay, 3254 - 2 mm x 200 cm (143075)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Real Willow, 3240 - 2 mm x 200 cm (143069)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum 2.5 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0033, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Modular Tiger´s Eye, T3772 - 2.5 mm, 50x50 cm (255331)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Modular Pluto, T3757 - 2.5 mm, 50x50 cm (255288)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Linoflex  300 - 2,0 mm x 200 cm (74787)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Modular Liquid clay, T3702 - 2,5 mm, 25x25 cm (200599)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Striato Blue stroke, 5245 - 2,5 mm x 200 cm (175046)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Decibel Summer Pudding, 324535 - 200 cm (144691)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Real Fresco blue, 3055 - 2 mm x 200 cm (9789)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Fresco Avocado, 3265 - 2,5 mm x 200 cm (195574)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Decibel Hyacinth, 322135 - 200 cm (85353)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Sport, 83715 - 3,2 mm x 200 cm (154266)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Linoflex 604 - 2,0 mm x 200 cm (84095)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Cocoa White chocolate, 3584 - 2,5 mm x 200 cm (184763)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Slate Cornish grey, E3745 - 2,5 mm x 200 cm (184754)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Modular Neptune, T3717 - 2,5 mm, 25x25 cm (156409)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Concrete Flux, 3731 - 2,5 mm x 200 cm (184727)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Decibel Eiger Special, 262935 - 200 cm (151102)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Fresco Mother of pearl, 3886 - 2,5 mm x 200 cm (139827)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Modular Serene grey, T3146 - 2,5 mm, 50x50 cm (156519)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Modular Pine Forest, T3750 - 2.5 mm, 50x50 cm (255335)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Forbo Marmoleum Fresco Oat, 3890 - 2,5 mm x 200 cm (195655)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3029 0003, 3029 0003</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Linoleum flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Forbo</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Forbo Flooring AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 9046</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Göteborg</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Forbo Marmoleum Modular Textura Cliffs of Moher, TE5231 - 100x25 cm (179328)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Modular Textura Welsh slate, TE3725 - 50x25 cm (195795)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Fresco Arabian pearl, 3861 - 2 mm x 200 cm (10775)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Decibel Granada Special, 340535 - 190 cm (184381)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Real Graphite, 3048 - 2,5 mm x 200 cm (9771)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Modular Bleached Gold, T5253 - 2.5 mm, 100x25 cm (253741)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Walton Berlin red, 3352 - 2,5 mm x 200 cm (81259)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Modular Mercury, T3716 - 2,5 mm, 50x50 cm (156298)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Decibel Sparrow, 325230 - 3 mm (148291)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Click Moon, 333701 - 30x30 cm (176470)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Striato - 2,5 mm x 200 cm (5253)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Striato - 2,5 mm x 200 cm (5256)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Striato - 2,5 mm x 200 cm (5252)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Fresco Natural corn, 3846 - 2 mm x 200 cm (9431)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Decibel Volcanic ash, 387135 - 200 cm (127398)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Modular Dove blue, T3053 - 2,5 mm, 50x50 cm (85816)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Real Dove grey, 2621 - 2 mm x 200 cm (85211)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Concrete Cloudy Sand, 3711 - 2,5 mm x 200 cm (138435)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Concrete Delta lace, 3568 - 2 mm x 200 cm (148905)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tarkett Style Elle xf2, 2.0 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett SpA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via S.Anna, 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NARNI SCALO (TR)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tarkett Linoleum Bfl xf2, 2.5 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett SpA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via S.Anna, 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NARNI SCALO (TR)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tarkett Narnidur 4.0 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett SpA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via S.Anna, 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NARNI SCALO (TR)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Click Volcanic ash, 633872 - 60x30 cm (176496)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Decibel Caribbean, 303830 - 3 mm (84873)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Click Vintage blue, 333360 - 30x30 cm (176484)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Cocoa Chocolate blues, 3583 - 2,5 mm x 200 cm (184762)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Concrete Orbit, 3724 - 2,5 mm x 200 cm (175332)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Sport, 83055 - 3,2 mm x 200 cm (12102)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tarkett Acoustic Cork Essenza+ 15 dB, 4.4 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett SpA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via S.Anna, 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NARNI SCALO (TR)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Cocoa Earl grey chocolate, 3582 - 2,5 mm x 200 cm (184761)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Striato Textura trace of nature, E3573 - 2,5 mm x 200 cm (168243)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Striato White wash, 5230 - 2,5 mm x 200 cm (139869)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Striato Welsh moor, 5218 - 2,5 mm x 200 cm (83113)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Fresco Green, 3247 - 2,5 mm x 200 cm (134667)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Sport, 83210 - 3,2 mm x 200 cm (65995)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Vivace Painters palette, 3423 - 2,5 mm x 200 cm (134688)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Acoustic Fresco blue, 33055 - 4 mm x 200 cm (15206)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Fresco Hunter green, 3271 - 2,5 mm x 200 cm (195639)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Concrete Kaolin, 3728 - 2,5 mm x 200 cm (184724)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Modular Stardust, T3722 - 2,5 mm, 50x50 cm (153240)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Walton Titanium, 3369 - 2,5 mm x 200 cm (184637)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Modular Clay, T3254 - 2.5 mm, 50x50 cm (255285)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Modular Rosato, T3120 - 2,5 mm, 50x50 cm (85820)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Cocoa Dark chocolate, 3581 - 2,5 mm x 200 cm (184760)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Decibel Concrete Silt, 370935 - 200 cm (144757)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tarkett Originale Essenza+, 3.2 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett SpA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via S.Anna, 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NARNI SCALO (TR)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tarkett Originale xf2, 2.0 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett SpA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via S.Anna, 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NARNI SCALO (TR)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Acoustic Caribbean, 33038 - 4 mm x 200 cm (49590)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Click Barbados, 633858 - 60x30 cm (176500)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Click Orbit, 333724 - 30x30 cm (176476)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Click Petrol, 333358 - 30x30 cm (176482)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Click Moon, 633701 - 60x30 cm (176491)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tarkett Style Emme xf2, 2.5 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett SpA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via S.Anna, 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NARNI SCALO (TR)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tarkett Etrusco xf2, 2,0 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett SpA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via S.Anna, 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NARNI SCALO (TR)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tarkett Essenza+, 2.5 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett SpA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via S.Anna, 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NARNI SCALO (TR)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Modular Textura Trace of nature, TE3573 - 100x25 cm (178898)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Modular Textura Newfoundland slate, TE3746 - 50x25 cm (195627)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Real Green wellness, 3881 - 2 mm x 200 cm (83737)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Fresco Volcanic ash, 3872 - 2 mm x 200 cm (50246)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Modular Satellite, T3704 - 2,5 mm, 25x25 cm (200600)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Decibel Black Special, 293935 - 200 cm (150824)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Fresco Frost, 3884 - 2,5 mm x 200 cm (134683)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Modular Black sheep, T5237 - 100x25 cm (194634)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Piano Angora, 3630 - 2,5 mm x 200 cm (138077)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Real Laguna, 3238 - 2 mm x 200 cm (143068)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Modular Moon Rock, T3717 - 2.5 mm, 50x50 cm (156299)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Linoflex  601 - 2,0 mm x 200 cm (84093)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Modular Withered prairie, T5217 - 100x25 cm (168292)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Fresco Volcanic ash, 3872 - 2,5 mm x 200 cm (47842)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Real Mist grey, 3032 - 2,5 mm x 200 cm (9745)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Modular Moraine, T3216 - 2,5 mm, 50x50 cm (85824)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Modular Petrol, T3358 - 2,5 mm, 25x25 cm (194373)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Modular Pluto, T3718 - 2,5 mm, 50x25 cm (156445)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Decibel Volcanic Ash, 387235 - 200 cm (81243)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Real Caribbean, 3038 - 2 mm x 200 cm (9753)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Click Lemon zest, 333251 - 30x30 cm (176486)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Concrete Red shimmer, 3737 - 2,5 mm x 200 cm (184733)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Decibel Concrete Cloudy Sand, 371135 - 200 cm (144758)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Click Delta lace, 633568 - 60x30 cm (176502)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Decibel Oyster, 342135 - 200 cm (141105)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Decibel Piano, 3638 - 190 cm (178518)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tarkett LinoRail HL3 xf2 R10, 2.5 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett SpA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via S.Anna, 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NARNI SCALO (TR)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tarkett Sicuro xf2 R10, 3.2 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett SpA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via S.Anna, 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NARNI SCALO (TR)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tarkett Sicuro xf2 R10, 2.5 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett SpA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via S.Anna, 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NARNI SCALO (TR)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Click Silver shadow, 333860 - 30x30 cm (176473)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Forbo Marmoleum Terra Weathered sand, 5803 - 2,5 mm x 200 cm (195678)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3029 0003, 3029 0003</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Linoleum flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Forbo</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Forbo Flooring AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 9046</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Göteborg</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Forbo Marmoleum Striato - 2,5 mm x 200 cm (5255)</x:v>
-[...127 lines deleted...]
-        <x:v>Tarkett Sicuro xf2 R10, 3.2 mm</x:v>
+        <x:v>Forbo Marmoleum Vivace Oyster mountain, 3421 - 2,5 mm x 200 cm (80280)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Slate Highland black, E3707 - 2,5 mm x 200 cm (184752)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Walton Alloy, 3367 - 2,5 mm x 200 cm (184495)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Real Adriatica, 3242 - 2,5 mm x 200 cm (134662)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Sport, 83212 - 4 mm x 200 cm (154499)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Concrete Venus, 3726 - 2,5 mm x 200 cm (184722)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Concrete Silt, 3709 - 2,5 mm x 200 cm (138424)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Concrete Moon, 3701 - 2,5 mm x 200 cm (138190)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Decibel Dark Bistre, 323635 - 200 cm (85367)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Decibel Shitake, 323335 - 200 cm (85366)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Decibel Laguna, 323835 - 200 cm (144690)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Decibel Green, 324735 - 200 cm (144689)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Modular Cinder, T3889 - 2.5 mm, 50x50 cm (255343)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Modular Taiga, T3752 - 2.5 mm, 50x50 cm (255336)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Striato Sunshine yellow, 5241 - 2,5 mm x 200 cm (175042)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Walton Eggplant purple, 3353 - 2,5 mm x 200 cm (81260)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Modular Serena Grey, T3146 - 2.5 mm, 50x50 cm (156519)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Splash Seashell, 3428 - 2,5 mm x 200 cm (195659)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Real Dove grey, 3053 - 2,5 mm x 200 cm (9783)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Real Aqua, 3226 - 2,5 mm x 200 cm (80268)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Striato - 2,5 mm x 200 cm (5257)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Decibel 2,5 x 200 cm (372430)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Modular Meteorite, T3705 - 2.5 mm, 50x50 cm (255287)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tarkett Linoleum Acoustic xf2 19 dB, 3.8 mm</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3029 0008</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Linoleum flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tarkett</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tarkett SpA</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Via S.Anna, 6</x:v>
       </x:c>
@@ -292,2387 +9476,8403 @@
       </x:c>
       <x:c t="str">
         <x:v>Linoleum flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tarkett</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tarkett SpA</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Via S.Anna, 6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>NARNI SCALO (TR)</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Tarkett Etrusco xf2, 3.2 mm</x:v>
+        <x:v>Forbo Marmoleum Real Summer pudding, 3245 - 2,5 mm x 200 cm (134665)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Real Hyacinth, 3221 - 2,5 mm x 200 cm (80168)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Striato Textura Withered prairie, E5217 - 2,5 mm x 200 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Striato White cliffs, 3575 - 2,5 mm x 200 cm (125662)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Striato Peacock blue, 5243 - 2,5 mm x 200 cm (175044)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Sport, 83208 - 4 mm x 200 cm (66974)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Decibel 3.0 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0033, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Click Raven, 333209 - 30x30 cm (176472)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tarkett Originale Essenza+, 2.0 mm</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3029 0008</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Linoleum flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tarkett</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tarkett SpA</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Via S.Anna, 6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>NARNI SCALO (TR)</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Tarkett Linoleum Acoustic xf2 19 dB, 3.8 mm</x:v>
+        <x:v>Tarkett Lino Loose-Lay, 4.3 mm</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3029 0008</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Linoleum flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tarkett</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tarkett SpA</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Via S.Anna, 6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>NARNI SCALO (TR)</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Tarkett Sicuro xf2 R10, 2.5 mm</x:v>
+        <x:v>Forbo Marmoleum Concrete Yellow shimmer, 3733 - 2,5 mm x 200 cm (184729)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Modular Textura Lakeland shale, TE3747 - 50x50 cm (195624)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Fresco Edelweiss, 3257 - 2,5 mm x 200 cm (138112)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Decibel Deep Ocean, 321835 - 200 cm (85368)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Decibel Nebula, 372335 - 200 cm (193877)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Walton Vintage blue, 3360 - 2,5 mm x 200 cm (139873)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Fresco Silver shadow, 3860 - 2,5 mm x 200 cm (10773)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Fresco Red copper, 3870 - 2,5 mm x 200 cm (47840)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Terra River bank, 5801 - 2,5 mm x 200 cm (195676)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Modular Stardust, T3722 - 2,5 mm, 50x25 cm (156434)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Modular Granada, T3405 - 50x50 cm (153236)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Concrete Yellow glow, 3741 - 2,5 mm x 200 cm (184737)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Decibel Golden Sunset, 312535 - 200 cm (85355)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Vivace April shower, 3407 - 2,5 mm x 200 cm (10709)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Real Pine forest, 3255 - 2,5 mm x 200 cm (138110)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Real Graphite, 3048 - 3,2 mm x 200 cm (9773)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Fresco Marigold, 3262 - 2,5 mm x 200 cm (195631)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Piano Grey dusk, 3607 - 2,5 mm x 200 cm (48804)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Piano Salsa red, 3625 - 2,5 mm x 200 cm (65541)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Real Bleeckerstreet, 3127 - 2 mm x 200 cm (10645)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Fresco Scarlet, 3131 - 2,5 mm x 200 cm (10659)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Decibel Mammoth, 324835 - 200 cm (144693)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Real Dark bistre, 3236 - 2,5 mm x 200 cm (80162)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Real Arabesque, 3123 - 2 mm x 200 cm (9884)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Decibel Asteroid, 373235 - 200 cm (201577)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Sport, 83707 - 3,2 mm x 200 cm (152904)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Decibel Concrete Black Hole, 370735 - 200 cm (144756)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Real Serene grey, 3146 - 2 mm x 200 cm (9287)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Sport, 83120 - 3,2 mm x 200 cm (66003)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Real Moraine, 3216 - 2,5 mm x 200 cm (80163)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Fresco Henna, 3203 - 2 mm x 200 cm (50226)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tarkett Acoustic Cork xf2 15 dB, 4.4 mm</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3029 0008</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Linoleum flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tarkett</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tarkett SpA</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Via S.Anna, 6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>NARNI SCALO (TR)</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Tarkett Linoleum Bfl xf2, 3.2 mm</x:v>
+        <x:v>Forbo Marmoleum Walton Rosemary green, 3355 - 2,5 mm x 200 cm (81272)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Splash Bluemoon, 3429 - 2,5 mm x 200 cm (195660)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Decibel Red glow, 374335 - 200 cm (194107)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Decibel Marigold, 322635 - 200 cm (85360)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Real Dove grey, 2621 - 2,5 mm x 200 cm (80258)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Real Laguna, 3238 - 2,5 mm x 200 cm (133584)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Real Calico, 2713 - 2,5 mm x 200 cm (80256)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Modular Yellow moss, T3362 - 2,5 mm, 50x50 cm (194368)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Real Shitake, 3233 - 2,5 mm x 200 cm (80119)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Piano Sealion, 3632 - 2,5 mm x 200 cm (138079)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Real Concrete, 3136 - 2,5 mm x 200 cm (9279)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Fresco Golden sunset, 3125 - 2,5 mm x 200 cm (10639)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Modular Lemon zest, T3251 - 2,5 mm, 50x50 cm (156499)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Modular Mercury, T3716 - 2,5 mm, 50x25 cm (156443)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Modular Satellite, T3704 - 2,5 mm, 50x25 cm (156436)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Decibel Yellow Glow, 374135 - 200 cm (194841)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Modular Grey granite, T5226 - 100x25 cm (168295)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Real Van Gogh, 3173 - 2 mm x 200 cm (9319)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Piano Meadow, 3634 - 2,5 mm x 200 cm (138181)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Fresco Lava, 3139 - 2 mm x 200 cm (10673)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tarkett Veneto xf2, 2.0 mm</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3029 0008</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Linoleum flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tarkett</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tarkett SpA</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Via S.Anna, 6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>NARNI SCALO (TR)</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Forbo Marmoleum Click Delta lace, 633568 - 60x30 cm (176502)</x:v>
-[...1791 lines deleted...]
-        <x:v>Tarkett LinoRail HL3 xf2 R10, 2.5 mm</x:v>
+        <x:v>Forbo Marmoleum Concrete Blue shimmer, 3734 - 2,5 mm x 200 cm (184730)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Concrete Asteroid, 3732 - 2,5 mm x 200 cm (184728)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Fresco Natural corn, 3846 - 2,5 mm x 200 cm (9433)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Fresco Eternity, 3866 - 2,5 mm x 200 cm (10789)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Concrete Black hole, 3707 - 2,5 mm x 200 cm (138419)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Click Cloudy sand, 633711 - 60x30 cm (176492)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Click Eternity, 333866 - 30x30 cm (176474)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Decibel Henna, 320335 - 200 cm (127709)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tarkett Style Emme xf2, 3.2 mm</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3029 0008</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Linoleum flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tarkett</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tarkett SpA</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Via S.Anna, 6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>NARNI SCALO (TR)</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Forbo Marmoleum Walton Alloy, 3367 - 2,5 mm x 200 cm (184495)</x:v>
-[...186 lines deleted...]
-        <x:v>Göteborg</x:v>
+        <x:v>Forbo Marmoleum Decibel Silver shadowSpecial, 386035 - 190 cm (171298)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Fresco Barbados, 3858 - 2 mm x 200 cm (9636)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Decibel Granada, 340535 - 200 cm (129844)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Concrete Satellite, 3704 - 2,5 mm x 200 cm (138408)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Click Nebula, 333723 - 30x30 cm (176477)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tarkett Style Emme xf2, 2.0 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett SpA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via S.Anna, 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NARNI SCALO (TR)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tarkett Trentino xf2, 2.0 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett SpA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via S.Anna, 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NARNI SCALO (TR)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Vivace Chagall's circus, 3424 - 2,5 mm x 200 cm (134689)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Modular Sirius, T3754 - 2.5 mm, 50x50 cm (255282)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Striato Rocky ice, 5232 - 2,5 mm x 200 cm (175326)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Vivace Sunset sky, 3405 - 2,5 mm x 200 cm (10707)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Walton Bottle green, 3359 - 2,5 mm x 200 cm (139872)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Real Olive green, 3239 - 2,5 mm x 200 cm (134643)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Real Chartreuse, 3224 - 2,5 mm x 200 cm (80265)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Real Mammoth, 3248 - 2,5 mm x 200 cm (134668)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Fresco Clay, 3254 - 2,5 mm x 200 cm (138109)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Sport, 83712 - 3,2 mm x 200 cm (154265)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Sport, 83878 - 3,2 mm x 200 cm (80795)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Sport, 83146 - 4 mm x 200 cm (11487)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Real Green wellness, 3881 - 2,5 mm x 200 cm (80292)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Modular Neptune, T3717 - 2,5 mm, 50x50 cm (156299)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Modular Scarlet, T3131 - 2,5 mm, 50x50 cm (194369)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Modular Graphite, T3048 - 2,5 mm, 50x50 cm (85815)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tarkett Originale Essenza+, 2.5 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett SpA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via S.Anna, 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NARNI SCALO (TR)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tarkett Style Elle xf2, 3.2 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett SpA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via S.Anna, 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NARNI SCALO (TR)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tarkett Trentino xf2, 3.2 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett SpA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via S.Anna, 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NARNI SCALO (TR)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Click Volcanic ash, 333872 - 30x30 cm (176475)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tarkett Sicuro xf2 R10, 2.0 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett SpA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via S.Anna, 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NARNI SCALO (TR)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tarkett Linosport xf2, 2.5 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett SpA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via S.Anna, 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NARNI SCALO (TR)</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Forbo Marmoleum Modular Flint, T3770 - 2.5 mm, 50x50 cm (255327)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3029 0003, 3029 0003</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Linoleum flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Forbo</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Forbo Flooring AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 9046</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Göteborg</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Forbo Marmoleum Fresco Greek blue, 3264 - 2,5 mm x 200 cm (195633)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Vivace Agate, 3427 - 2,5 mm x 200 cm (195658)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Fresco Marine, 3261 - 2,5 mm x 200 cm (195630)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Striato - 2,5 mm x 200 cm (5254)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Concret 2,5 mm x 200 cm (S559)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Concrete Red glow, 3743 - 2,5 mm x 200 cm (184739)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Fresco Blue heaven, 3828 - 2,5 mm x 200 cm (10727)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Concrete Beton, 3706 - 2,5 mm x 200 cm (138416)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Decibel Coffee, 278435 - 200 cm (85370)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Modular Cornish grey, T3745 - 2,5 mm, 50x50 cm (194364)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Modular Cloudy sand, T3711 - 2,5 mm, 50x25 cm (156438)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Modular Delta lace, T3568 - 2,5 mm, 50x50 cm (194361)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Real Dove grey, 3053 - 2 mm x 200 cm (9781)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Modular Barley, T2707 - 2,5 mm, 50x50 cm (31527)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Real Shell, 3075 - 3,2 mm x 200 cm (9801)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Real Tan pink, 3077 - 2 mm x 200 cm (9807)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Real Shell, 3075 - 2,5 mm x 200 cm (9799)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Decibel Tan pink, 307730 - 3 mm (148279)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Modular Cliffs of Moher, T5231 - 2.5 mm, 100x25 cm (168298)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Striato Pacific beaches, 5216 - 2,5 mm x 200 cm (83110)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Splash Rockpool, 3433 - 2,5 mm x 200 cm (195664)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Walton Paving, 173 - 2,5 mm x 200 cm (9956)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Fresco Sage, 3891 - 2,5 mm x 200 cm (195656)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Fresco Aqua, 3267 - 2,5 mm x 200 cm (195635)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Sport, 83212 - 3,2 mm x 200 cm (65998)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Striato - 2,5 mm x 200 cm (5251)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Striato Textura North Sea coast, E5235 - 2,5 mm x 200 cm (168230)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Concrete Nebula, 3723 - 2,5 mm x 200 cm (174338)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Concrete Mica, 3729 - 2,5 mm x 200 cm (184725)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Click Black hole, 333707 - 30x30 cm (176478)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Decibel Surprising Storm Special, 342035 - 200 cm (185492)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Slate Newfoundland slate, E3746 - 2,5 mm x 200 cm (184755)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Modular Textura Lakeland shale, TE3747 - 50x25 cm (195797)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Modular Pumpkin yellow, T3354 - 2,5 mm, 25x25 cm (194372)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Modular Liquid clay, T3702 - 2,5 mm, 25x25 cm (194370)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Fresco Barbados, 3858 - 2,5 mm x 200 cm (10769)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Fresco Eternity, 3866 - 2 mm x 200 cm (10787)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Real Purple, 3244 - 2 mm x 200 cm (143071)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Real Rust, 2767 - 2,5 mm x 200 cm (80260)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Decibel Fossil, 370835 - 200 cm (194510)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Modular Cloudy sand, T3711 - 2,5 mm, 25x25 cm (156403)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Concrete Purple glow, 3740 - 2,5 mm x 200 cm (184736)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Fresco Blue heaven, 3828 - 2 mm x 200 cm (10725)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Click Pacific beaches, 935216 - 90x30 cm (176503)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Decibel Vintage blue, 386035 - 200 cm (138818)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Concrete Moon, 3701 - 2 mm x 200 cm (148904)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Click Lilac, 333363 - 30x30 cm (176483)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Click Laguna, 333238 - 30x30 cm (176488)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Modular Berlin red, T3352 - 2,5 mm, 25x25 cm (196811)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Real Sand, 2499 - 2,5 mm x 200 cm (121594)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Click Cloudy sand, 333711 - 30x30 cm (176471)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Modular Textura Newfoundland slate, TE3746 - 50x50 cm (195623)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Modular Textura North sea cost, TE5235 - 100x25 cm (179324)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Modular Pumpkin yellow, T3354 - 2,5 mm, 50x50 cm (194366)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Modular Textura Fresh walnut, TE5229 - 100x25 cm (179326)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Real Forest ground, 3234 - 2 mm x 200 cm (83731)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Modular Neptune, T3717 - 2,5 mm, 25x25 cm (200613)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Modular Stardust, T3722 - 2,5 mm, 25x25 cm (156386)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Real Arabesque, 3123 - 2,5 mm x 200 cm (9897)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Modular Laguna, T3238 - 2,5 mm, 50x50 cm (156500)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Decibel Lava, 313930 - 3 mm (84876)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Striato Colour stream, 5221 - 2,5 mm x 200 cm (134692)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Vivace Monsoon cloud, 3413 - 2,5 mm x 200 cm (47836)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Real Forest ground, 3234 - 2,5 mm x 200 cm (80120)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Real Serene grey, 3146 - 2,5 mm x 200 cm (9289)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Real Bleeckerstreet, 3127 - 2,5 mm x 200 cm (10647)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Real Deep ocean, 3218 - 2,5 mm x 200 cm (80165)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Real Caribbean, 3038 - 3,2 mm x 200 cm (9757)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Fresco Ruby, 3273 - 2,5 mm x 200 cm (195651)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Decibel 3.5 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0033, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum 2.0 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0033, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Click Nebula, 633723 - 60x30 cm (176498)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Sport, 83055 - 4 mm x 200 cm (11449)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Concrete Cosmos, 3725 - 2,5 mm x 200 cm (184721)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Fresco Moonstone, 3883 - 2,5 mm x 200 cm (134682)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Modular Pluto, T3718 - 2,5 mm, 25x25 cm (200614)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Piano Zinnia, 3651 - 2,5 mm x 200 cm (184747)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Concrete Orange glow, 3738 - 2,5 mm x 200 cm (184734)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Click Rosemary green, 333355 - 30x30 cm (176485)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Real Mist grey, 3032 - 2 mm x 200 cm (9743)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Real Calico, 2713 - 2 mm x 200 cm (85210)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Real Sahara, 3174 - 2,5 mm x 200 cm (9327)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Real Blue, 3030 - 2,5 mm x 200 cm (9739)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Modular Whitered Prairie, T5217 - 2.5 mm, 100x25 cm (168292)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Real Loam groove, 3250 - 2,5 mm x 200 cm (134670)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Fresco Silver birch, 3871 - 2 mm x 200 cm (50244)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Modular Blue, T3030 - 2,5 mm, 50x50 cm (85814)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Vivace Surprising storm, 3420 - 2,5 mm x 200 cm (80279)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Modular Cornish grey, T3745 - 2,5 mm, 25x25 cm (194371)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Modular White cliffs, T3575 - 100x25 cm (168290)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Real Violet, 3270 - 2,5 mm x 200 cm (195638)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Real Shitake, 3233 - 2 mm x 200 cm (83733)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Real Purple, 3244 - 2,5 mm x 200 cm (134664)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Fresco Camel, 3876 - 2 mm x 200 cm (65453)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Fresco Relaxing lagoon, 3882 - 2,5 mm x 200 cm (80293)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Decibel Concrete Meteorite, 370535 - 200 cm (144754)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Fresco Lava, 3139 - 2,5 mm x 200 cm (10675)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Modular Textura Withered prairie, TE5217 - 100x25 cm (179325)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Striato Textura Fox cub, E5236 - 2,5 mm x 200 cm (168241)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Slate Welsh slate, E3725 - 2,5 mm x 200 cm (184753)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Real Stucco rosso, 3243 - 2,5 mm x 200 cm (134663)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Modular Oat, T3890 - 2.5 mm, 50x50 cm (255344)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Striato Textura Rocky ice, E5232 - 2,5 mm x 200 cm (168242)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Real Lapis lazuli, 3205 - 2,5 mm x 200 cm (47922)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Fresco Cinder, 3889 - 2,5 mm x 200 cm (195654)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Real Iced stream, 3174 - 2 mm x 200 cm (9325)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Fresco Spring buds, 3885 - 2,5 mm x 200 cm (134684)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Modular Cloudy sand, T3711 - 2,5 mm, 25x25 cm (200612)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Decibel Serene grey, 314630 - 3 mm (84877)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Decibel Rosato, 312035 - 200 cm (85356)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Fresco Silver shadow, 3860 - 2 mm x 200 cm (9675)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Decibel Concrete Beton, 370635 - 200 cm (144755)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Modular Pluto, T3718 - 2,5 mm, 50x50 cm (156300)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Fresco Black, 2939 - 2,5 mm x 200 cm (9725)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Decibel Blue, 303035 - 200 cm (85363)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Fresco Red copper, 3870 - 2 mm x 200 cm (50241)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Striato Red roses, 5242 - 2,5 mm x 200 cm (175043)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Real Serene grey, 3146 - 3,2 mm x 200 cm (9291)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Modular Graphite, T3048 - 2.5 mm, 50x50 cm (85815)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Real Willow, 3240 - 2,5 mm x 200 cm (134644)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Walton Black, 123 - 2,5 mm x 200 cm (9879)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Walton Lead, 186 - 2,5 mm x 200 cm (81069)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Sport, 83176 - 4 mm x 200 cm (10809)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Piano Almost darkness, 3613 - 2,5 mm x 200 cm (80684)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Click Spring buds, 333885 - 30x30 cm (176487)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Decibel Mist grey, 303230 - 3 mm (84872)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Acoustic Mist Grey, 33032 - 4 mm x 200 cm (9749)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tarkett Linosport Classic, 4.0 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett SpA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via S.Anna, 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NARNI SCALO (TR)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Concrete Liquid clay, 3702 - 2,5 mm x 200 cm (138214)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Modular Delta lace, T3568 - 2,5 mm, 50x25 cm (194359)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Real Golden saffron, 3847 - 2,5 mm x 200 cm (10747)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Modular Stardust, T3722 - 2,5 mm, 25x25 cm (200615)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Real Mist grey, 3032 - 3,2 mm x 200 cm (9747)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Fresco Walnut, 3874 - 2 mm x 200 cm (50252)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Decibel Graphite, 304835 - 200 cm (85362)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Sport, 83711 - 3,2 mm x 200 cm (154264)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Modular Pumpkin yellow, T3354 - 2,5 mm, 25x25 cm (200190)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Real Marly grounds, 3249 - 2,5 mm x 200 cm (134669)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Real Adriatica, 3242 - 2 mm x 200 cm (143070)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Real Graphite, 3048 - 2 mm x 200 cm (9769)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Modular Welsh moor, T5218 - 100x25 cm (168293)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Real Spa, 3219 - 2,5 mm x 200 cm (80166)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tarkett LinoMarine xf2, 2,5 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett SpA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via S.Anna, 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NARNI SCALO (TR)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Decibel Relaxing lagoon Special, 388235 - 190 cm (171297)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Fresco Relaxing lagoon, 3882 - 2 mm x 200 cm (83738)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Forbo Marmoleum Modular Fresh Thyme, T3769 - 2.5 mm, 50x50 cm (255324)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3029 0003, 3029 0003</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Linoleum flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Forbo</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Forbo Flooring AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 9046</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Göteborg</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Forbo Marmoleum Piano Grey dusk, 3607 - 2,5 mm x 200 cm (48804)</x:v>
-[...127 lines deleted...]
-        <x:v>Forbo Marmoleum Real Bleeckerstreet, 3127 - 2 mm x 200 cm (10645)</x:v>
+        <x:v>Forbo Marmoleum Modular Horse roan, T3232 - 2,5 mm, 50x50 cm (85832)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Modular Concrete, T3136 - 2,5 mm, 50x50 cm (156491)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Modular White wash, T5230 - 100x25 cm (168297)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Striato Canyon shadow, 5240 - 2,5 mm x 200 cm (175030)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Vivace Cork tree, 3426 - 2,5 mm x 200 cm (195657)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Walton Cement, 171 - 2,5 mm x 200 cm (9945)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Sport, 83208 - 3,2 mm x 200 cm (65620)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Decibel Emerald, 322335 - 200 cm (85359)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Concrete Blue glow, 3739 - 2,5 mm x 200 cm (184735)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Fresco African Desert, 3825 - 2 mm x 200 cm (10713)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Click Withered prairie, 935217 - 90x30 cm (176504)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Fresco Kyoto, 3126 - 2,5 mm x 200 cm (10643)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Modular Satellite, T3704 - 2,5 mm, 25x25 cm (156394)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Real Golden saffron, 3847 - 2 mm x 200 cm (9435)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3029 0003, 3029 0003</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Linoleum flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Forbo</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Forbo Flooring AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 9046</x:v>
       </x:c>
@@ -2692,339 +17892,595 @@
       </x:c>
       <x:c t="str">
         <x:v>Linoleum flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Forbo</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Forbo Flooring AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 9046</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Göteborg</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Forbo Marmoleum Real Shitake, 3233 - 2 mm x 200 cm (83733)</x:v>
-[...287 lines deleted...]
-        <x:v>Forbo Marmoleum Real Shell, 3075 - 3,2 mm x 200 cm (9801)</x:v>
+        <x:v>Forbo Marmoleum Fresco Camel, 3876 - 2,5 mm x 200 cm (80682)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Click Eternity, 633866 - 60x30 cm (176495)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Decibel Barley, 270735 - 200 cm (50363)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tarkett Essenza+, 3,2 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett SpA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via S.Anna, 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NARNI SCALO (TR)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Striato Withered prairie, 5217 - 2,5 mm x 200 cm (83111)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Vivace Lavender field, 3422 - 2,5 mm x 200 cm (134686)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Piano Frosty grey, 3629 - 2,5 mm x 200 cm (138189)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Modular Textura Welsh moor, TE5218 - 100x25 cm (178897)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Real Loam groove, 3250 - 2 mm x 200 cm (143073)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Concrete Black hole, 3707 - 2 mm x 200 cm (149027)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Piano Warm grey, 3601 - 2,5 mm x 200 cm (48606)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Decibel Concrete, 313630 - 3 mm (148280)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Decibel Shell, 307535 - 200 cm (85361)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tarkett Originale xf2, 3.2 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett SpA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via S.Anna, 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NARNI SCALO (TR)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tarkett Trentino xf2, 2.5 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tarkett SpA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via S.Anna, 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NARNI SCALO (TR)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Fresco Lilac, 3266 - 2,5 mm x 200 cm (195634)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Marmoleum Sport, 83120 - 4 mm x 200 cm (66987)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0003, 3029 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linoleum flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forbo Flooring AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 9046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forbo Linoflex  631 - 2,0 mm x 200 cm (211616)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3029 0003, 3029 0003</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Linoleum flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Forbo</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Forbo Flooring AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 9046</x:v>
       </x:c>
@@ -3044,15606 +18500,150 @@
       </x:c>
       <x:c t="str">
         <x:v>Linoleum flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Forbo</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Forbo Flooring AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 9046</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Göteborg</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Forbo Marmoleum Striato Textura Rocky ice, E5232 - 2,5 mm x 200 cm (168242)</x:v>
-[...30 lines deleted...]
-      <x:c t="str">
         <x:v>Forbo Marmoleum Vivace Thunderbolt, 3403 - 2,5 mm x 200 cm (175325)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3029 0003, 3029 0003</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Linoleum flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Forbo</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Forbo Flooring AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 9046</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Göteborg</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Forbo Marmoleum Vivace April shower, 3407 - 2,5 mm x 200 cm (10709)</x:v>
-[...126 lines deleted...]
-      <x:c t="str">
         <x:v>Forbo Marmoleum Fresco Rose, 3263 - 2,5 mm x 200 cm (195632)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3029 0003, 3029 0003</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Linoleum flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Forbo</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Forbo Flooring AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 9046</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Göteborg</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Forbo Marmoleum Fresco Greek blue, 3264 - 2,5 mm x 200 cm (195633)</x:v>
-[...126 lines deleted...]
-      <x:c t="str">
         <x:v>Forbo Marmoleum Splash Fruit punsch, 3432 - 2,5 mm x 200 cm (195663)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3029 0003, 3029 0003</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Linoleum flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Forbo</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Forbo Flooring AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 9046</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Göteborg</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Forbo Marmoleum Striato - 2,5 mm x 200 cm (5254)</x:v>
-[...9694 lines deleted...]
-      <x:c t="str">
         <x:v>Forbo Marmoleum Modular Corns Silk, T3774 - 2.5 mm, 50x50 cm (255333)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3029 0003, 3029 0003</x:v>
-      </x:c>
-[...5470 lines deleted...]
-        <x:v>3029 0033, 3029 0003</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Linoleum flooring</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Forbo</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Forbo Flooring AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 9046</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Göteborg</x:v>
       </x:c>