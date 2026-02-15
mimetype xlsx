--- v0 (2025-12-24)
+++ v1 (2026-02-15)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R079e053237864081" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcafac0eac2bf46ab" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="Rb7ce0b9f8501409b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R781d8941dc764253"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb7ce0b9f8501409b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R781d8941dc764253" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
@@ -1956,50 +1956,114 @@
       </x:c>
       <x:c t="str">
         <x:v>Lexmark</x:v>
       </x:c>
       <x:c t="str">
         <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Starline</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Armor Print Solutions SAS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>17, Boulevard de Chantenay</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nantes Cedex 4</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Greenman Eco Original, LC792C (C792X1CG)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0038 (308038)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svärmaregatan 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NORRKÖPING</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Greenman Eco Original, LCX410C (80C2HC0)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0038 (308038)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svärmaregatan 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NORRKÖPING</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>EDDING, K15642E1 REMAN. For use in LEXMARK MX510 serie  Black, (60F2X00)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3008 0041 (308041)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lexmark</x:v>
       </x:c>
       <x:c t="str">
         <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>edding</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Armor Print Solutions SAS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>17, Boulevard de Chantenay</x:v>
@@ -2948,10682 +3012,11418 @@
       </x:c>
       <x:c t="str">
         <x:v>Lexmark</x:v>
       </x:c>
       <x:c t="str">
         <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Greenman</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Greenman AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svärmaregatan 1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>NORRKÖPING</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Greenman Eco Original, LMS710 (52D2H00)</x:v>
+        <x:v>LYRECO, K15638LY, LASER CART COMP LEXMARK MS410 BLK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lyreco</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>LYRECO, K15639LY, LASER CART COMP LEXMARK MS510 BLK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lyreco</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>LYRECO, K15825LY, LASER CART COMP LEXMARK 70C2HY0 YLW</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lyreco</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>LYRECO, K15150LY, LASER CART COMP LEXMARK E360H21E BLK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lyreco</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>LYRECO, K15822LY, LASER CART COMP LEXMARK 70C2HK0 BLK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lyreco</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Freecolor, K15635F7, Laser cart compat for LEXMARK 52D2000</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Freecolor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Freecolor, K18134F7, Laser cart compat for LEXMARK 51B2H00</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Freecolor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>STARLINE, K15641TA, Laser cart REMAN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Starline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Greenman Eco Original, LCX310B (80C2SK0)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3008 0038 (308038)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lexmark</x:v>
       </x:c>
       <x:c t="str">
         <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Greenman</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Greenman AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svärmaregatan 1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>NORRKÖPING</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>LYRECO, K15638LY, LASER CART COMP LEXMARK MS410 BLK</x:v>
+        <x:v>Greenman Eco Original, LCX310M (80C2SM0)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0038 (308038)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svärmaregatan 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NORRKÖPING</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TURBON, for use in Lexmark MX310, MX410, MX510, MX511, and MX611, Black, (60F2000)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0046 (308046)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon România SRL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jud.Calarasi,</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oltenita</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TURBON, for use in Lexmark Optra T 616 black, APTL5845E (12A5845)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0046 (308046)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon România SRL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jud.Calarasi,</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oltenita</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OWA, K15649OW REMAN. For use in LEXMARK CX 310, 410, 510 serie BLACK, (80C2SK0)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OWA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OWA, K15894OW REMAN. For use in LEXMARK X 792 serie BLACK, (X792X1KG)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OWA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ISOLDA, K12218I4, REMAN. For use in LEXMARK  T 640, 642, 644, X 640, 642, 644, 646 serie  BLACK, (64016HE)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Isolda</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ISOLDA, K15636I4, REMAN. For use in LEXMARK  MS 810, 811, 812 serie  BLACK, (52D2H00)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Isolda</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ISOLDA, K15643I4, REMAN. For use in LEXMARK  MX 710, 711, 810, 811, 812 serie  BLACK, (62D2H00)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Isolda</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ISOLDA, K15895I4, REMAN. For use in LEXMARK  X 792 serie  CYAN, (X792X1CG)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Isolda</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ISOLDA, K15898I4, REMAN. For use in LEXMARK  C 792 serie  BLACK, (C792X2KG)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Isolda</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ISOLDA, K15899I4, REMAN. For use in LEXMARK  C 792 serie  CYAN, (C792X1CG)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Isolda</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OFFICEXPRESS, K15636OX, REMAN. For use in LEXMARK  MS 810, 811, 812 serie  BLACK, (52D2H0E)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OfficeXpress</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OFFICEXPRESS, K15898OX, REMAN. For use in LEXMARK  C 792 serie  BLACK, (C792X1KG)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OfficeXpress</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OFFICEXPRESS, K15899OX, REMAN. For use in LEXMARK  C 792 serie  CYAN, (C792X1CG)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OfficeXpress</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q-connect, K15649QC, REMAN. For use in LEXMARK  CX 310, 410, 510 serie  BLACK, (80C2SKE)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Q-connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q-connect, K15809QC, REMAN. For use in LEXMARK  CX 410, 510 serie  BLACK, (80C2HK0)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Q-connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q-connect, K15822QC, REMAN. For use in LEXMARK  CS 310, 410, 510 serie  BLACK, (70C2HK0)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Q-connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q-connect, K15897QC, REMAN. For use in LEXMARK  X 792 serie  YELLOW, (X792X2YG)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Q-connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OWA, K15152OW REMAN. For use in LEXMARK E260 serie Drum, (E260X22G)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OWA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OWA, K15162OW REMAN. For use in LEXMARK E460 serie Black, (E460X21E)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OWA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ISOLDA, K15150I4,  REMAN. For use in LEXMARK E360 serie  Black, (E360H21E)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Isolda</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ISOLDA, K15162I4,  REMAN. For use in LEXMARK E460 serie  Black, (E460X21E)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Isolda</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ISOLDA, K15825I4, REMAN. For use in LEXMARK CS310, 410, 510 serie, YELLOW, (70C2HY0)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Isolda</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OWA, K15650OW, REMAN. For use in LEXMARK CX310, 410, 510 serie, CYAN, (80C2SC0)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OWA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OWA, K15811OW, REMAN. For use in LEXMARK CX410, 510 serie, MAGENTA, (80C2HM0)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OWA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OWA, K15812OW, REMAN. For use in LEXMARK CX410, 510 serie, YELLOW, (80C2HY0)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OWA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OWA, K15825OW, REMAN. For use in LEXMARK CS310, 410, 510 serie, YELLOW, (70C2HY0)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OWA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OWA, K18136OW, REMAN, For use in LEXMARK MS817 -25K, (53B2H00)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OWA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OWA, K18186OW, REMAN, For use in LEXMARK M3150/XM3150-16K, (24B6186)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OWA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Greenman Eco Original, LE463A (X463A21G)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0038 (308038)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svärmaregatan 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NORRKÖPING</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OWA, K18137OW, REMAN. For use in LEXMARK MS617 51B2X00 20K serie BLACK, (51B2X00)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OWA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OWA, K18576OW, REMAN. For use in LEXMARK MS818 45K serie BLACK, (53B2X00)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OWA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>LYRECO, K15151LY, LASER CART COM LEXMARK E260A21E BLK</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3008 0041 (308041)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lexmark</x:v>
       </x:c>
       <x:c t="str">
         <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lyreco</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Armor Print Solutions SAS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>17, Boulevard de Chantenay</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nantes Cedex 4</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>LYRECO, K15639LY, LASER CART COMP LEXMARK MS510 BLK</x:v>
+        <x:v>LYRECO, K15637LY, LASER CART COMP LEXMARK 50F2H00 BLK</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3008 0041 (308041)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lexmark</x:v>
       </x:c>
       <x:c t="str">
         <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lyreco</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Armor Print Solutions SAS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>17, Boulevard de Chantenay</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nantes Cedex 4</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>LYRECO, K15825LY, LASER CART COMP LEXMARK 70C2HY0 YLW</x:v>
+        <x:v>STARLINE, K16018TA, Laser cart REMAN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Starline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>STARLINE, K18133TA, Laser cart REMAN,</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Starline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>LYRECO, K15809LY, LASER CART COMP LEXMARK 80C2HK0 BLK</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3008 0041 (308041)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lexmark</x:v>
       </x:c>
       <x:c t="str">
         <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lyreco</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Armor Print Solutions SAS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>17, Boulevard de Chantenay</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nantes Cedex 4</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>LYRECO, K15150LY, LASER CART COMP LEXMARK E360H21E BLK</x:v>
+        <x:v>Freecolor, K12160F7, Laser cart compat for LEXMARK 12A8302</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Freecolor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Freecolor, K15197F7, Laser cart compat for LEXMARK E250X22G</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Freecolor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Freecolor, K15809F7, Laser cart compat for LEXMARK 80C2HK0</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Freecolor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Freecolor, K15810F7, Laser cart compat for LEXMARK 80C2HC0</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Freecolor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q-connect, K15152QC Laser cart REMAN for LEXMARK E260X22G</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Q-connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q-connect, K12218QC Laser cart REMAN for LEXMARK 64016HE</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Q-connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>STARLINE, K15150TA, Laser cart REMAN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Starline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>STARLINE, K15824TA, Laser cart REMAN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Starline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>STARLINE, K15825TA, Laser cart REMAN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Starline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EDDING, K15824E1, REMAN. For use in LEXMARK CS310, 410, 510 serie, MAGENTA, (70C2HM0)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>edding</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EDDING, K15894E1 REMAN. For use in LEXMARK  X 792 serie  BLACK, (X792X1KG)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>edding</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EDDING, K16018E1, REMAN. For use in LEXMARK T640, 642, 644 serie, BLACK, (64036SE)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>edding</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EDDING, K18186E1, REMAN, For use in LEXMARK M3150/XM3150-16K, (24B6186)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>edding</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TURBON, for use in Lexmark T 640/642/644; X640,642/644; IBM 1532, 1552, 1572, 1650 , Black, (64036HE)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0046 (308046)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon România SRL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jud.Calarasi,</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oltenita</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TURBON, for use in Lexmark T 650/652/654/656 , Black, (T650H21E)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0046 (308046)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon România SRL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jud.Calarasi,</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oltenita</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TURBON, for use in Lexmark E 210 , Black, (10S0150)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0046 (308046)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon România SRL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jud.Calarasi,</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oltenita</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TURBON, for use in Lexmark MS410, MS510 and MS610, Black, (50F2X00)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0046 (308046)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon România SRL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jud.Calarasi,</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oltenita</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Greenman Eco Original, LCX310Y (80C2SY0)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0038 (308038)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svärmaregatan 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NORRKÖPING</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Greenman Eco Original, LMS811 (52D2X00)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0038 (308038)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svärmaregatan 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NORRKÖPING</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TURBON, for use in Lexmark Optra T , Black, (12A5745)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0046 (308046)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon România SRL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jud.Calarasi,</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oltenita</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TURBON, for use in Lexmark C 540n / -543 dn / -544 n / -dn; X 543 dn / -544n / -dn / -dw; X546 dtn; X 548 de / -dte , Black, (C540H2KG)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0046 (308046)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon România SRL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jud.Calarasi,</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oltenita</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TURBON, for use in Lexmark C 540n / -543 dn / -544 n / -dn; X 543 dn / -544n / -dn / -dw; X546 dtn; X 548 de / -dte , Cyan, (C540H2CG)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0046 (308046)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon România SRL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jud.Calarasi,</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oltenita</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TURBON, for use in Lexmark Optra E , Black Drum, (69G8257)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0046 (308046)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon România SRL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jud.Calarasi,</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oltenita</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TURBON, for use in LEXMARK E450, Black, (E450H21E)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0046 (308046)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon România SRL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jud.Calarasi,</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oltenita</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TURBON, for use in Lexmark E 120, Black, (12036SE)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0046 (308046)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon România SRL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jud.Calarasi,</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oltenita</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TURBON, for use in Lexmark Optra E310, Black, (13T0101)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0046 (308046)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon România SRL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jud.Calarasi,</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oltenita</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OWA, K15555OW REMAN. For use in LEXMARK X 463, 464, 466 serie BLACK, (X463X21G)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OWA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OWA, K15644OW REMAN. For use in LEXMARK MX 711, 810, 811, 812 serie BLACK, (62D2X0E)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OWA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OWA, K15809OW REMAN. For use in LEXMARK CX 410, 510 serie BLACK, (80C2HK0)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OWA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OWA, K15895OW REMAN. For use in LEXMARK X 792 serie CYAN, (X792X1CG)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OWA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ISOLDA, K12218I4, REMAN. For use in LEXMARK  T 640, 642, 644, X 640, 642, 644, 646 serie  BLACK, (64036HE)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Isolda</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ISOLDA, K12328I4, REMAN. For use in LEXMARK  E 120 serie  BLACK, (12016SE)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Isolda</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ISOLDA, K15777I4, REMAN. For use in LEXMARK  MX 710, 711, 810, 811, 812 serie  BLACK, (62D2000)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Isolda</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ISOLDA, K15809I4, REMAN. For use in LEXMARK  CX 410, 510 serie  BLACK, (80C2HKE)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Isolda</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OFFICEXPRESS, K15643OX, REMAN. For use in LEXMARK  MX 710, 711, 810, 811, 812 serie  BLACK, (62D2H00)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OfficeXpress</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OFFICEXPRESS, K15809OX, REMAN. For use in LEXMARK  CX 410, 510 serie  BLACK, (80C2HKE)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OfficeXpress</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OFFICEXPRESS, K15822OX, REMAN. For use in LEXMARK  CS 310, 410, 510 serie  BLACK, (70C2HK0)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OfficeXpress</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q-connect, K15635QC, REMAN. For use in LEXMARK  MS 810, 811, 812 serie  BLACK, (52D2000)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Q-connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q-connect, K15809QC, REMAN. For use in LEXMARK  CX 410, 510 serie  BLACK, (80C2HKE)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Q-connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q-connect, K15894QC, REMAN. For use in LEXMARK  X 792 serie  BLACK, (X792X1KG)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Q-connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q-connect, K15896QC, REMAN. For use in LEXMARK  X 792 serie  MAGENTA, (X792X2MG)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Q-connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q-connect, K15898QC, REMAN. For use in LEXMARK  C 792 serie  BLACK, (C792X1KG)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Q-connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q-connect, K15898QC, REMAN. For use in LEXMARK  C 792 serie  BLACK, (C792X2KG)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Q-connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q-connect, K15901QC, REMAN. For use in LEXMARK  C 792 serie  YELLOW, (C792X2YG)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Q-connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ISOLDA, K15151I4,  REMAN. For use in LEXMARK E260 serie  Black, (E260A21E)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Isolda</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OfficeXpress, K15151OX,  REMAN. For use in LEXMARK E260 serie  Black, (E260A21E)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OfficeXpress</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OfficeXpress, K15388OX,  REMAN. For use in LEXMARK E462 serie  Black, (E462U21G)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OfficeXpress</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EDDING, K16016E1, REMAN. For use in LEXMARK MX710, 711, 810, 811, 812 serie, BLACK, (62D5000)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>edding</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EDDING, K18133E1, REMAN, For use in LEXMARK MS317 -2.5K, (51B2000)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>edding</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EDDING, K18137E1, REMAN. For use in LEXMARK MS617 51B2X00 20K serie BLACK, (51B2X00)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>edding</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q-connect, K15637QC,  REMAN. For use in LEXMARK MS310 serie  Black, (50F2H00)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Q-connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ISOLDA, K15812I4, REMAN. For use in LEXMARK CX410, 510 serie, YELLOw, (80C2HY0)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Isolda</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ISOLDA, K15823I4, REMAN. For use in LEXMARK CS310, 410, 510 serie, CYAN, (70C2HC0)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Isolda</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OWA, K15824OW, REMAN. For use in LEXMARK CS310, 410, 510 serie, MAGENTA, (70C2HM0)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OWA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OWA, K15995OW, REMAN. For use in LEXMARK X203, X204 serie, BLACK, (X203A11G)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OWA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OWA, K18135OW, REMAN. For use in LEXMARK MS817 11K serie BLACK, (53B2000)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OWA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Freecolor, K15638F7, Laser cart compat for LEXMARK 50F0XA0</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Freecolor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Freecolor, K16025F7, Laser cart compat for LEXMARK 50F2000</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Freecolor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Freecolor, K15430F7, Laser cart compat for LEXMARK X264H21G</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Freecolor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q-connect, K15641QC Laser cart REMAN for LEXMARK 60F2H00</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Q-connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q-connect, K15150QC Laser cart REMAN for LEXMARK 360H11E</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Q-connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q-connect, K15995QC Laser cart REMAN for LEXMARK X203A11</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Q-connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>STARLINE, K18134TA, Laser cart REMAN,</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Starline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EDDING, K15430E1 REMAN. For use in LEXMARK X264 serie  Black, (X264H21G)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>edding</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EDDING, K15640E1 REMAN. For use in LEXMARK MX310 serie  Black, (60F2000)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>edding</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EDDING, K15643E1 REMAN. For use in LEXMARK  MX 710, 711, 810, 811, 812 serie  BLACK, (62D2H00)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>edding</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EDDING, K15651E1, REMAN. For use in LEXMARK CX310, 410, 510 serie, MAGENTA, (80C2SM0)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>edding</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EDDING, K15771E1 REMAN. For use in LEXMARK  MS 811, 812 serie  BLACK, (52D2X00)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>edding</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EDDING, K15868E1, REMAN. For use in LEXMARK MX510, 511, 610, 611 serie, BLACK, (60F5X00)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>edding</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EDDING, K15897E1 REMAN. For use in LEXMARK  X 792 serie  YELLOW, (X792X1YG)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>edding</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EDDING, K15898E1 REMAN. For use in LEXMARK  C 792 serie  BLACK, (C792X1KG)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>edding</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Greenman Eco Original, LC792Y (C792X1YG)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0038 (308038)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svärmaregatan 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NORRKÖPING</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Greenman Eco Original, LMS410 (50F2X00)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0038 (308038)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svärmaregatan 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NORRKÖPING</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Greenman Eco Original, LT654 (T654X11E)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0038 (308038)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svärmaregatan 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NORRKÖPING</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Greenman Eco Original, LCX410B (80C2HK0)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0038 (308038)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svärmaregatan 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NORRKÖPING</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Greenman Eco Original, LC792M (C792X1MG)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0038 (308038)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svärmaregatan 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NORRKÖPING</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Greenman Eco Original, LE360 (E360H11E)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0038 (308038)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svärmaregatan 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NORRKÖPING</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Greenman Eco Original, LMS310LC (50F2000)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0038 (308038)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svärmaregatan 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NORRKÖPING</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Greenman Eco Original, LMS317 (51B2000)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0038 (308038)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svärmaregatan 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NORRKÖPING</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Greenman Eco Original, LMS610 (50F2U00)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0038 (308038)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svärmaregatan 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NORRKÖPING</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Greenman Eco Original, LE260 (E260A11E)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0038 (308038)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svärmaregatan 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NORRKÖPING</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TURBON, for use in Lexmark Optra T 520, T 522 , Black, (12A6735)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0046 (308046)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon România SRL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jud.Calarasi,</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oltenita</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TURBON, for use in Lexmark T 630 - HC , Black, (12A7362)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0046 (308046)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon România SRL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jud.Calarasi,</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oltenita</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TURBON, for use in Lexmark X 264 / -DN; X363 / -DN; X364 / -DN / -DW , Black, (X264H21G)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0046 (308046)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon România SRL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jud.Calarasi,</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oltenita</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TURBON, for use in Lexmark C 544 / -546 ; X 544 MFP / -546 MFP / -548 MFP , Cyan, (C544X2CG)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0046 (308046)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon România SRL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jud.Calarasi,</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oltenita</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TURBON, for use in Lexmark MS810, MS811 and MS812, Black, (52D2H00)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0046 (308046)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon România SRL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jud.Calarasi,</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oltenita</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TURBON, for use in lexmark MS811 and MS812, Black, (52D2X00)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0046 (308046)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon România SRL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jud.Calarasi,</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oltenita</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TURBON, for use in Lexmark MX510, MX511, and MX611, Black, (60F2X00)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0046 (308046)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon România SRL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jud.Calarasi,</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oltenita</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TURBON, for use in Lexmark MX710, MX711, MX810, MX811 and MX812, Black, (62D2000)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0046 (308046)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon România SRL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jud.Calarasi,</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oltenita</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TURBON, for use in Lexmark M3150, Black, (24B6186)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0046 (308046)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon România SRL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jud.Calarasi,</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oltenita</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TURBON, for use in Lexmark  XM1145, Black, (24B6035)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0046 (308046)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon România SRL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jud.Calarasi,</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oltenita</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OWA, K12328OW REMAN. For use in LEXMARK E 120 serie BLACK, (12016SE)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OWA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OWA, K15555OW REMAN. For use in LEXMARK X 463, 464, 466 serie BLACK, (X463X31G)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OWA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OWA, K15636OW REMAN. For use in LEXMARK MS 810, 811, 812 serie BLACK, (52D2H00)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OWA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OWA, K15643OW REMAN. For use in LEXMARK MX 710, 711, 810, 811, 812 serie BLACK, (62D2H0E)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OWA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OWA, K15644OW REMAN. For use in LEXMARK MX 711, 810, 811, 812 serie BLACK, (62D2X00)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OWA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OWA, K15777OW REMAN. For use in LEXMARK MX 710, 711, 810, 811, 812 serie BLACK, (62D2000)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OWA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OWA, K15898OW REMAN. For use in LEXMARK C 792 serie BLACK, (C792X1KG)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OWA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ISOLDA, K15644I4, REMAN. For use in LEXMARK  MX 711, 810, 811, 812 serie  BLACK, (62D2X0E)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Isolda</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ISOLDA, K15649I4, REMAN. For use in LEXMARK  CX 310, 410, 510 serie  BLACK, (80C2SK0)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Isolda</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ISOLDA, K15649I4, REMAN. For use in LEXMARK  CX 310, 410, 510 serie  BLACK, (80C2SKE)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Isolda</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ISOLDA, K15899I4, REMAN. For use in LEXMARK  C 792 serie  CYAN, (C792X2CG)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Isolda</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OFFICEXPRESS, K15649OX, REMAN. For use in LEXMARK  CX 310, 410, 510 serie  BLACK, (80C2SK0)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OfficeXpress</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OFFICEXPRESS, K15895OX, REMAN. For use in LEXMARK  X 792 serie  CYAN, (X792X1CG)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OfficeXpress</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OFFICEXPRESS, K15900OX, REMAN. For use in LEXMARK  C 792 serie  MAGENTA, (C792X2MG)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OfficeXpress</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q-connect, K15636QC, REMAN. For use in LEXMARK  MS 810, 811, 812 serie  BLACK, (52D2H0E)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Q-connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q-connect, K15643QC, REMAN. For use in LEXMARK  MX 710, 711, 810, 811, 812 serie  BLACK, (62D2H00)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Q-connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q-connect, K15649QC, REMAN. For use in LEXMARK  CX 310, 410, 510 serie  BLACK, (80C2SK0)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Q-connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q-connect, K15894QC, REMAN. For use in LEXMARK  X 792 serie  BLACK, (X792X2KG)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Q-connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OWA, K15153OW REMAN. For use in LEXMARK X651 serie Black, (T650H21E)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OWA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OWA, K15637OW REMAN. For use in LEXMARK MS310 serie Black, (50F2H00)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OWA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ISOLDA, K15152I4,  REMAN. For use in LEXMARK E260 serie  Drum, (E260X22G)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Isolda</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ISOLDA, K15638I4,  REMAN. For use in LEXMARK MS410 serie  Black, (50F0XA0)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Isolda</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ISOLDA, K15639I4,  REMAN. For use in LEXMARK MS510 serie  Black, (50F2U00)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Isolda</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OfficeXpress, K15152OX,  REMAN. For use in LEXMARK E260 serie  Drum, (E260X22G)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OfficeXpress</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OfficeXpress, K15162OX,  REMAN. For use in LEXMARK E460 serie  Black, (E460X21E)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OfficeXpress</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OFFICEXPRESS, K15995OX, REMAN. For use in LEXMARK X203, X204 serie, BLACK, (X203A11G)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OfficeXpress</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OWA, K16016OW, REMAN. For use in LEXMARK MX710, 711, 810, 811, 812 serie, BLACK, (62D5000)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OWA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OWA, K18134OW, REMAN, For use in LEXMARK MS417-8.5K, (51B2H00)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OWA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Greenman Eco Original, LX203 (X203A21G)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0038 (308038)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svärmaregatan 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NORRKÖPING</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Greenman Eco Original, LX463HC (X463X11G)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0038 (308038)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svärmaregatan 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NORRKÖPING</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>LYRECO, K15811LY, LASER CART COMP LEXMARK 80C2HM0 MAG</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3008 0041 (308041)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lexmark</x:v>
       </x:c>
       <x:c t="str">
         <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lyreco</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Armor Print Solutions SAS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>17, Boulevard de Chantenay</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nantes Cedex 4</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>LYRECO, K15822LY, LASER CART COMP LEXMARK 70C2HK0 BLK</x:v>
+        <x:v>LYRECO, K15153LY, LASER CART COMP LEXMARK T650H21E BLK</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3008 0041 (308041)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lexmark</x:v>
       </x:c>
       <x:c t="str">
         <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lyreco</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Armor Print Solutions SAS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>17, Boulevard de Chantenay</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nantes Cedex 4</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Freecolor, K15635F7, Laser cart compat for LEXMARK 52D2000</x:v>
+        <x:v>LYRECO, K15162LY, LASER CART COMP LEXMARK E460X21E</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lyreco</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>LYRECO, K15636LY, LASER CART COMP LEXMARK 52D2H00 BLK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lyreco</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Freecolor, K15162F7, Laser cart compat for LEXMARK E460X21E</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3008 0041 (308041)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lexmark</x:v>
       </x:c>
       <x:c t="str">
         <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Freecolor</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Armor Print Solutions SAS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>17, Boulevard de Chantenay</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nantes Cedex 4</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Freecolor, K18134F7, Laser cart compat for LEXMARK 51B2H00</x:v>
+        <x:v>Freecolor, K15823F7, Laser cart compat for LEXMARK 70C2HC0</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3008 0041 (308041)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lexmark</x:v>
       </x:c>
       <x:c t="str">
         <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Freecolor</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Armor Print Solutions SAS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>17, Boulevard de Chantenay</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nantes Cedex 4</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>STARLINE, K15641TA, Laser cart REMAN</x:v>
+        <x:v>Q-connect, K15812QC Laser cart REMAN for LEXMARK 80C2HY0</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Q-connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q-connect, K15755QC Laser cart REMAN for LEXMARK 50F0Z00</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Q-connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>STARLINE, K15639TA, Laser cart REMAN</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3008 0041 (308041)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lexmark</x:v>
       </x:c>
       <x:c t="str">
         <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Starline</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Armor Print Solutions SAS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>17, Boulevard de Chantenay</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nantes Cedex 4</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>TURBON, for use in Lexmark MX310, MX410, MX510, MX511, and MX611, Black, (60F2000)</x:v>
+        <x:v>STARLINE, K15811TA, Laser cart REMAN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Starline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EDDING, K15636E1 REMAN. For use in LEXMARK  MS 810, 811, 812 serie  BLACK, (52D2H00)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>edding</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EDDING, K15644E1 REMAN. For use in LEXMARK  MX 711, 810, 811, 812 serie  BLACK, (62D2X00)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>edding</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EDDING, K15755E1, REMAN. For use in LEXMARK MS310 50F0Z00 DR 60K serie BLACK, (500ZA)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>edding</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EDDING, K15777E1 REMAN. For use in LEXMARK  MX 710, 711, 810, 811, 812 serie  BLACK, (62D2000)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>edding</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EDDING, K15896E1 REMAN. For use in LEXMARK  X 792 serie  MAGENTA, (X792X1MG)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>edding</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OWA, K15197OW, REMAN. For use in Lexmark E250 serie (E250X22G)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OWA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TURBON, for use in Lexmark MX310, MX410, MX510, MX511, and MX611, Black, (60F2H00)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3008 0046 (308046)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lexmark</x:v>
       </x:c>
       <x:c t="str">
         <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Turbon</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Turbon România SRL</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Jud.Calarasi,</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Oltenita</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>TURBON, for use in Lexmark Optra T 616 black, APTL5845E (12A5845)</x:v>
+        <x:v>OWA, K15809OW REMAN. For use in LEXMARK CX 410, 510 serie BLACK, (80C2HKE)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OWA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OWA, K15822OW REMAN. For use in LEXMARK CS 310, 410, 510 serie BLACK, (70C2HK0)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OWA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OWA, K15822OW REMAN. For use in LEXMARK CS 310, 410, 510 serie BLACK, (70C2HKE)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OWA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OWA, K15895OW REMAN. For use in LEXMARK X 792 serie CYAN, (X792X2CG)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OWA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OWA, K15896OW REMAN. For use in LEXMARK X 792 serie MAGENTA, (X792X2MG)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OWA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OWA, K15897OW REMAN. For use in LEXMARK X 792 serie YELLOW, (X792X2YG)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OWA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ISOLDA, K15643I4, REMAN. For use in LEXMARK  MX 710, 711, 810, 811, 812 serie  BLACK, (62D2H0E)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Isolda</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ISOLDA, K15809I4, REMAN. For use in LEXMARK  CX 410, 510 serie  BLACK, (80C2HK0)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Isolda</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ISOLDA, K15822I4, REMAN. For use in LEXMARK  CS 310, 410, 510 serie  BLACK, (70C2HKE)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Isolda</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OFFICEXPRESS, K15809OX, REMAN. For use in LEXMARK  CX 410, 510 serie  BLACK, (80C2HK0)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OfficeXpress</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OFFICEXPRESS, K15894OX, REMAN. For use in LEXMARK  X 792 serie  BLACK, (X792X2KG)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OfficeXpress</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OFFICEXPRESS, K15896OX, REMAN. For use in LEXMARK  X 792 serie  MAGENTA, (X792X1MG)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OfficeXpress</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OFFICEXPRESS, K15898OX, REMAN. For use in LEXMARK  C 792 serie  BLACK, (C792X2KG)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OfficeXpress</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OFFICEXPRESS, K15901OX, REMAN. For use in LEXMARK  C 792 serie  YELLOW, (C792X1YG)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OfficeXpress</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q-connect, K15895QC, REMAN. For use in LEXMARK  X 792 serie  CYAN, (X792X2CG)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Q-connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q-connect, K15897QC, REMAN. For use in LEXMARK  X 792 serie  YELLOW, (X792X1YG)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Q-connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OWA, K15388OW REMAN. For use in LEXMARK E462 serie Black, (E462U21G)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OWA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ISOLDA, K15153I4,  REMAN. For use in LEXMARK X651 serie  Black, (T650H21E)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Isolda</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ISOLDA, K15435I4,  REMAN. For use in LEXMARK T654 serie  Black, (X654X21E)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Isolda</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ISOLDA, K15637I4,  REMAN. For use in LEXMARK MS310 serie  Black, (50F2H00)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Isolda</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ISOLDA, K15641I4,  REMAN. For use in LEXMARK MX310 serie  Black, (60F2H00)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Isolda</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OfficeXpress, K15150OX,  REMAN. For use in LEXMARK E360 serie  Black, (E360H21E)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OfficeXpress</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q-connect, K15151QC,  REMAN. For use in LEXMARK E260 serie  Black, (E260A21E)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Q-connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ISOLDA, K15809I4, REMAN. For use in LEXMARK CX410, 510 serie, BLACK, (80C2HK0)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Isolda</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OWA, K15809OW, REMAN. For use in LEXMARK CX410, 510 serie, BLACK, (80C2HK0)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OWA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Greenman Eco Original, LE260D (E260X22G)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0038 (308038)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svärmaregatan 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NORRKÖPING</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Greenman Eco Original, LT650 (T650A11E)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0038 (308038)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svärmaregatan 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NORRKÖPING</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Greenman Eco Original, LT652 (T650H11E)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0038 (308038)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svärmaregatan 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NORRKÖPING</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Greenman Eco Original, LX651 (X651H11E)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0038 (308038)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svärmaregatan 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NORRKÖPING</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>LYRECO, K15823LY, LASER CART COMP LEXMARK 70C2HC0 CYA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lyreco</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>LYRECO, K18133LY, LASER CART COMP LEXMARK 51B2000 BLK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lyreco</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Freecolor, K15153F7, Laser cart compat for LEXMARK T650H21E</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Freecolor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Freecolor, K15154F7, Laser cart compat for LEXMARK T650A21E</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Freecolor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Freecolor, K15644F7, Laser cart compat for LEXMARK 62D2X00</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Freecolor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q-connect, K18136QC Laser cart REMAN for LEXMARK 53B2H00</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Q-connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q-connect, K15430QC Laser cart REMAN for LEXMARK X264A11G</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Q-connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>STARLINE, K15430TA, Laser cart REMAN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Starline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>STARLINE, K15638TA, Laser cart REMAN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Starline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EDDING, K12328E1, REMAN. For use in LEXMARK  E 120 serie  BLACK, (12016SE)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>edding</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EDDING, K15637E1 REMAN. For use in LEXMARK MS310 serie  Black, (50F2H00)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>edding</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EDDING, K15638E1 REMAN. For use in LEXMARK MS410 serie  Black, (50F0XA0)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>edding</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EDDING, K15641E1 REMAN. For use in LEXMARK MX310 serie  Black, (60F2H00)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>edding</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EDDING, K15810E1, REMAN. For use in LEXMARK CX410, 510 serie, CYAN, (80C2HC0)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>edding</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EDDING, K15825E1, REMAN. For use in LEXMARK CS310, 410, 510 serie, YELLOW, (70C2HY0)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>edding</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EDDING, K15899E1 REMAN. For use in LEXMARK  C 792 serie  CYAN, (C792X1CG)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>edding</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EDDING, K15995E1, REMAN. For use in LEXMARK X203, X204 serie, BLACK, (X203A11G)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>edding</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TURBON, for use in Lexmark E 230/240/232/E330/E332/340/342; X340/342 , Black, (12A8305)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3008 0046 (308046)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lexmark</x:v>
       </x:c>
       <x:c t="str">
         <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Turbon</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Turbon România SRL</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Jud.Calarasi,</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Oltenita</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>OWA, K15649OW REMAN. For use in LEXMARK CX 310, 410, 510 serie BLACK, (80C2SK0)</x:v>
+        <x:v>TURBON, for use in Lexmark E 250/350/352 , Black, (E250A21E)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0046 (308046)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon România SRL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jud.Calarasi,</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oltenita</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TURBON, for use in Lexmark C 540n / -543 dn / -544 n / -dn; X 543 dn / -544n / -dn / -dw; X546 dtn; X 548 de / -dte , Magenta, (C540H2MG)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0046 (308046)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon România SRL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jud.Calarasi,</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oltenita</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Greenman Eco Original, LX654 (X654X11E)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0038 (308038)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svärmaregatan 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NORRKÖPING</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Greenman Eco Original, LE120 (12016SE)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0038 (308038)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svärmaregatan 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NORRKÖPING</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Greenman Eco Original, LMS810LC (52D2000)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0038 (308038)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svärmaregatan 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NORRKÖPING</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Greenman Eco Original, LMX710 (62D2H00)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0038 (308038)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svärmaregatan 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NORRKÖPING</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EDDING, K15635E1 REMAN. For use in LEXMARK  MS 810, 811, 812 serie  BLACK, (52D2000)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>edding</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EDDING, K15649E1 REMAN. For use in LEXMARK  CX 310, 410, 510 serie  BLACK, (80C2SK0)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>edding</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EDDING, K15809E1 REMAN. For use in LEXMARK  CX 410, 510 serie  BLACK, (80C2HK0)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>edding</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EDDING, K15811E1, REMAN. For use in LEXMARK CX410, 510 serie, MAGENTA, (80C2HM0)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>edding</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EDDING, K18134E1, REMAN, For use in LEXMARK MS417-8.5K, (51B2H00)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>edding</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TURBON, for use in Lexmark E 360/460/462 , Black, (E360H21E)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0046 (308046)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon România SRL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jud.Calarasi,</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oltenita</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TURBON, for use in Lexmark T 632/634; X 632/634 MFP , Black, (12A7365)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0046 (308046)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon România SRL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jud.Calarasi,</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oltenita</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TURBON, for use in Lexmark E 230, 232, 232T, 234, 240, 242, 330, 332N, 340; Dell 1700/1710 , Black Drum, (12A8302)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0046 (308046)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon România SRL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jud.Calarasi,</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oltenita</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TURBON, for use in LEXMARK E460, Black, (E460X21E)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0046 (308046)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon România SRL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jud.Calarasi,</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oltenita</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TURBON, for use in Lexmark M5155/5163/5170, XM5163/5170, Black, (24B6015)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0046 (308046)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon România SRL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jud.Calarasi,</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oltenita</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OWA, K15643OW REMAN. For use in LEXMARK MX 710, 711, 810, 811, 812 serie BLACK, (62D2H00)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3008 0041 (308041)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lexmark</x:v>
       </x:c>
       <x:c t="str">
         <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>OWA</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Armor Print Solutions SAS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>17, Boulevard de Chantenay</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nantes Cedex 4</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>OWA, K15894OW REMAN. For use in LEXMARK X 792 serie BLACK, (X792X1KG)</x:v>
+        <x:v>OWA, K15649OW REMAN. For use in LEXMARK CX 310, 410, 510 serie BLACK, (80C2SKE)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3008 0041 (308041)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lexmark</x:v>
       </x:c>
       <x:c t="str">
         <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>OWA</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Armor Print Solutions SAS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>17, Boulevard de Chantenay</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nantes Cedex 4</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>ISOLDA, K12218I4, REMAN. For use in LEXMARK  T 640, 642, 644, X 640, 642, 644, 646 serie  BLACK, (64016HE)</x:v>
+        <x:v>OWA, K15771OW REMAN. For use in LEXMARK MS 811, 812 serie BLACK, (52D2X00)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OWA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OWA, K15771OW REMAN. For use in LEXMARK MS 811, 812 serie BLACK, (52D2X0E)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OWA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OWA, K15896OW REMAN. For use in LEXMARK X 792 serie MAGENTA, (X792X1MG)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OWA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OWA, K15898OW REMAN. For use in LEXMARK C 792 serie BLACK, (C792X2KG)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OWA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ISOLDA, K12328I4, REMAN. For use in LEXMARK  E 120 serie  BLACK, (12036SE)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3008 0041 (308041)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lexmark</x:v>
       </x:c>
       <x:c t="str">
         <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Isolda</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Armor Print Solutions SAS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>17, Boulevard de Chantenay</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nantes Cedex 4</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>ISOLDA, K15636I4, REMAN. For use in LEXMARK  MS 810, 811, 812 serie  BLACK, (52D2H00)</x:v>
+        <x:v>ISOLDA, K15636I4, REMAN. For use in LEXMARK  MS 810, 811, 812 serie  BLACK, (52D2H0E)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3008 0041 (308041)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lexmark</x:v>
       </x:c>
       <x:c t="str">
         <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Isolda</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Armor Print Solutions SAS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>17, Boulevard de Chantenay</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nantes Cedex 4</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>ISOLDA, K15643I4, REMAN. For use in LEXMARK  MX 710, 711, 810, 811, 812 serie  BLACK, (62D2H00)</x:v>
+        <x:v>ISOLDA, K15771I4, REMAN. For use in LEXMARK  MS 811, 812 serie  BLACK, (52D2X0E)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3008 0041 (308041)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lexmark</x:v>
       </x:c>
       <x:c t="str">
         <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Isolda</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Armor Print Solutions SAS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>17, Boulevard de Chantenay</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nantes Cedex 4</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>ISOLDA, K15895I4, REMAN. For use in LEXMARK  X 792 serie  CYAN, (X792X1CG)</x:v>
+        <x:v>ISOLDA, K15897I4, REMAN. For use in LEXMARK  X 792 serie  YELLOW, (X792X2YG)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3008 0041 (308041)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lexmark</x:v>
       </x:c>
       <x:c t="str">
         <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Isolda</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Armor Print Solutions SAS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>17, Boulevard de Chantenay</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nantes Cedex 4</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>ISOLDA, K15898I4, REMAN. For use in LEXMARK  C 792 serie  BLACK, (C792X2KG)</x:v>
+        <x:v>ISOLDA, K15900I4, REMAN. For use in LEXMARK  C 792 serie  MAGENTA, (C792X2MG)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3008 0041 (308041)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lexmark</x:v>
       </x:c>
       <x:c t="str">
         <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Isolda</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Armor Print Solutions SAS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>17, Boulevard de Chantenay</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nantes Cedex 4</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>ISOLDA, K15899I4, REMAN. For use in LEXMARK  C 792 serie  CYAN, (C792X1CG)</x:v>
+        <x:v>OFFICEXPRESS, K15771OX, REMAN. For use in LEXMARK  MS 811, 812 serie  BLACK, (52D2X00)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OfficeXpress</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OFFICEXPRESS, K15822OX, REMAN. For use in LEXMARK  CS 310, 410, 510 serie  BLACK, (70C2HKE)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OfficeXpress</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OFFICEXPRESS, K15896OX, REMAN. For use in LEXMARK  X 792 serie  MAGENTA, (X792X2MG)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OfficeXpress</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OFFICEXPRESS, K15901OX, REMAN. For use in LEXMARK  C 792 serie  YELLOW, (C792X2YG)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OfficeXpress</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q-connect, K15636QC, REMAN. For use in LEXMARK  MS 810, 811, 812 serie  BLACK, (52D2H00)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Q-connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q-connect, K15644QC, REMAN. For use in LEXMARK  MX 711, 810, 811, 812 serie  BLACK, (62D2X0E)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Q-connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q-connect, K15900QC, REMAN. For use in LEXMARK  C 792 serie  MAGENTA, (C792X1MG)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Q-connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OWA, K15430OW REMAN. For use in LEXMARK X264 serie Black, (X264H21G)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OWA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OWA, K15640OW REMAN. For use in LEXMARK MX310 serie Black, (60F2000)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OWA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OWA, K15641OW REMAN. For use in LEXMARK MX310 serie Black, (60F2H00)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OWA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OWA, K15642OW REMAN. For use in LEXMARK MX510 serie Black, (60F2X00)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OWA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ISOLDA, K15153I4,  REMAN. For use in LEXMARK T650 serie  Black, (T650H21E)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3008 0041 (308041)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lexmark</x:v>
       </x:c>
       <x:c t="str">
         <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Isolda</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Armor Print Solutions SAS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>17, Boulevard de Chantenay</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nantes Cedex 4</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>OFFICEXPRESS, K15636OX, REMAN. For use in LEXMARK  MS 810, 811, 812 serie  BLACK, (52D2H0E)</x:v>
+        <x:v>ISOLDA, K15435I4,  REMAN. For use in LEXMARK X654 serie  Black, (X654X21E)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Isolda</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OfficeXpress, K15430OX,  REMAN. For use in LEXMARK X264 serie  Black, (X264H21G)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3008 0041 (308041)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lexmark</x:v>
       </x:c>
       <x:c t="str">
         <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>OfficeXpress</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Armor Print Solutions SAS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>17, Boulevard de Chantenay</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nantes Cedex 4</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>OFFICEXPRESS, K15898OX, REMAN. For use in LEXMARK  C 792 serie  BLACK, (C792X1KG)</x:v>
+        <x:v>OfficeXpress, K15435OX,  REMAN. For use in LEXMARK T654 serie  Black, (X654X21E)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3008 0041 (308041)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lexmark</x:v>
       </x:c>
       <x:c t="str">
         <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>OfficeXpress</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Armor Print Solutions SAS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>17, Boulevard de Chantenay</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nantes Cedex 4</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>OFFICEXPRESS, K15899OX, REMAN. For use in LEXMARK  C 792 serie  CYAN, (C792X1CG)</x:v>
+        <x:v>Q-connect, K15153QC,  REMAN. For use in LEXMARK T650 serie  Black, (T650H21E)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Q-connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OWA, K15823OW, REMAN. For use in LEXMARK CS310, 410, 510 serie, CYAN, (70C2HC0)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OWA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OWA, K16169OW, REMAN, For use in LEXMARK MS310, (50F2H00)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OWA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Greenman Eco Original, LX650 (X651A11E)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0038 (308038)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svärmaregatan 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NORRKÖPING</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Greenman Eco Original, LXM1145 (24B6035)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0038 (308038)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svärmaregatan 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NORRKÖPING</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>LYRECO, K15642LY, LASER CART COMP LEXMARK MX510 BLK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lyreco</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>LYRECO, K15771LY, LASER CART COMP LEXMARK 52D2X00 BLACK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lyreco</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>LYRECO, K15812LY, LASER CART COMP LEXMARK 80C2HY0 YLW</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lyreco</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>LYRECO, K15824LY, LASER CART COMP LEXMARK 70C2HM0 MAG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lyreco</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Freecolor, K15152F7, Laser cart compat for LEXMARK E260X22G</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Freecolor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Freecolor, K18133F7, Laser cart compat for LEXMARK 51B2000</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Freecolor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Freecolor, K15822F7, Laser cart compat for LEXMARK 70C2HK0</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Freecolor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Freecolor, K15824F7, Laser cart compat for LEXMARK 70C2HM0</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Freecolor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q-connect, K16025QC Laser cart REMAN for LEXMARK 50F2000</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Q-connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>STARLINE, K15636TA, Laser cart REMAN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Starline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>STARLINE, K15809TA, Laser cart REMAN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Starline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>STARLINE, K15812TA, Laser cart REMAN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Starline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>STARLINE, K15823TA, Laser cart REMAN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Starline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Greenman Eco Original, LCX310C (80C2SC0)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0038 (308038)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svärmaregatan 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NORRKÖPING</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Greenman Eco Original, LCX410Y (80C2HY0)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0038 (308038)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svärmaregatan 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NORRKÖPING</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Greenman Eco Original, LMS310 (50F2H0E)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0038 (308038)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svärmaregatan 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NORRKÖPING</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Greenman Eco Original, LMX510 (60F2X00)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0038 (308038)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svärmaregatan 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NORRKÖPING</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TURBON, for use in Lexmark C 540n / -543 dn / -544 n / -dn; X 543 dn / -544n / -dn / -dw; X546 dtn; X 548 de / -dte , Yellow, (C540H2YG)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0046 (308046)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon România SRL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jud.Calarasi,</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oltenita</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TURBON, for use in Lexmark Optra E 310 /- E 312 , Black, (13T0101)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0046 (308046)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon România SRL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jud.Calarasi,</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oltenita</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TURBON, for use in Lexmark MS310, MS410, MS510 and MS610, Black, (50F2000)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0046 (308046)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon România SRL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jud.Calarasi,</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oltenita</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TURBON, for use in Lexmark MS810, MS811 and MS812, Black, (52D2000)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0046 (308046)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon România SRL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jud.Calarasi,</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oltenita</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TURBON, for use in Lexmark  MX710, MX711, MX810, MX811 and MX812, Black, (62D2H00)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0046 (308046)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon România SRL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jud.Calarasi,</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oltenita</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TURBON, for use in Lexmark MX711, MX810, MX811 and MX812, Black, (62D2X00)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0046 (308046)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon România SRL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jud.Calarasi,</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oltenita</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OWA, K12218OW REMAN. For use in LEXMARK T 640, 642, 644, X 640, 642, 644, 646 serie BLACK, (64016HE)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OWA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OWA, K15555OW REMAN. For use in LEXMARK X 463, 464, 466 serie BLACK, (X463X11G)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OWA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OWA, K15636OW REMAN. For use in LEXMARK MS 810, 811, 812 serie BLACK, (52D2H0E)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OWA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OWA, K15899OW REMAN. For use in LEXMARK C 792 serie CYAN, (C792X2CG)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OWA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ISOLDA, K15635I4, REMAN. For use in LEXMARK  MS 810, 811, 812 serie  BLACK, (52D2000)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Isolda</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ISOLDA, K15822I4, REMAN. For use in LEXMARK  CS 310, 410, 510 serie  BLACK, (70C2HK0)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Isolda</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ISOLDA, K15895I4, REMAN. For use in LEXMARK  X 792 serie  CYAN, (X792X2CG)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Isolda</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ISOLDA, K15896I4, REMAN. For use in LEXMARK  X 792 serie  MAGENTA, (X792X2MG)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Isolda</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ISOLDA, K15897I4, REMAN. For use in LEXMARK  X 792 serie  YELLOW, (X792X1YG)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Isolda</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ISOLDA, K15898I4, REMAN. For use in LEXMARK  C 792 serie  BLACK, (C792X1KG)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Isolda</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ISOLDA, K15900I4, REMAN. For use in LEXMARK  C 792 serie  MAGENTA, (C792X1MG)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Isolda</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ISOLDA, K15901I4, REMAN. For use in LEXMARK  C 792 serie  YELLOW, (C792X1YG)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Isolda</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ISOLDA, K15901I4, REMAN. For use in LEXMARK  C 792 serie  YELLOW, (C792X2YG)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Isolda</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OFFICEXPRESS, K15649OX, REMAN. For use in LEXMARK  CX 310, 410, 510 serie  BLACK, (80C2SKE)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3008 0041 (308041)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lexmark</x:v>
       </x:c>
       <x:c t="str">
         <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>OfficeXpress</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Armor Print Solutions SAS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>17, Boulevard de Chantenay</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nantes Cedex 4</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Q-connect, K15649QC, REMAN. For use in LEXMARK  CX 310, 410, 510 serie  BLACK, (80C2SKE)</x:v>
+        <x:v>OFFICEXPRESS, K15897OX, REMAN. For use in LEXMARK  X 792 serie  YELLOW, (X792X1YG)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OfficeXpress</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OFFICEXPRESS, K15900OX, REMAN. For use in LEXMARK  C 792 serie  MAGENTA, (C792X1MG)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OfficeXpress</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q-connect, K15643QC, REMAN. For use in LEXMARK  MX 710, 711, 810, 811, 812 serie  BLACK, (62D2H0E)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3008 0041 (308041)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lexmark</x:v>
       </x:c>
       <x:c t="str">
         <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Q-connect</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Armor Print Solutions SAS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>17, Boulevard de Chantenay</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nantes Cedex 4</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Q-connect, K15809QC, REMAN. For use in LEXMARK  CX 410, 510 serie  BLACK, (80C2HK0)</x:v>
+        <x:v>Q-connect, K15896QC, REMAN. For use in LEXMARK  X 792 serie  MAGENTA, (X792X1MG)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3008 0041 (308041)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lexmark</x:v>
       </x:c>
       <x:c t="str">
         <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Q-connect</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Armor Print Solutions SAS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>17, Boulevard de Chantenay</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nantes Cedex 4</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Q-connect, K15822QC, REMAN. For use in LEXMARK  CS 310, 410, 510 serie  BLACK, (70C2HK0)</x:v>
+        <x:v>Q-connect, K15899QC, REMAN. For use in LEXMARK  C 792 serie  CYAN, (C792X2CG)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3008 0041 (308041)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lexmark</x:v>
       </x:c>
       <x:c t="str">
         <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Q-connect</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Armor Print Solutions SAS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>17, Boulevard de Chantenay</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nantes Cedex 4</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Q-connect, K15897QC, REMAN. For use in LEXMARK  X 792 serie  YELLOW, (X792X2YG)</x:v>
+        <x:v>OWA, K15150OW REMAN. For use in LEXMARK E360 serie Black, (E360H21E)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OWA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OWA, K15435OW REMAN. For use in LEXMARK T654 serie Black, (X654X21E)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OWA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OWA, K15435OW REMAN. For use in LEXMARK X654 serie Black, (X654X21E)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OWA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OWA, K15639OW REMAN. For use in LEXMARK MS510 serie Black, (50F2U00)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OWA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OfficeXpress, K15435OX,  REMAN. For use in LEXMARK X654 serie  Black, (X654X21E)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OfficeXpress</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q-connect, K15153QC,  REMAN. For use in LEXMARK X651 serie  Black, (T650H21E)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3008 0041 (308041)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lexmark</x:v>
       </x:c>
       <x:c t="str">
         <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Q-connect</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Armor Print Solutions SAS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>17, Boulevard de Chantenay</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nantes Cedex 4</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>OWA, K15152OW REMAN. For use in LEXMARK E260 serie Drum, (E260X22G)</x:v>
+        <x:v>ISOLDA, K15810I4, REMAN. For use in LEXMARK CX410, 510 serie, CYAN, (80C2HC0)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Isolda</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ISOLDA, K15811I4, REMAN. For use in LEXMARK CX410, 510 serie, MAGENTA, (80C2HM0)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Isolda</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OWA, K15651OW, REMAN. For use in LEXMARK CX310, 410, 510 serie, MAGENTA, (80C2SM0)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3008 0041 (308041)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lexmark</x:v>
       </x:c>
       <x:c t="str">
         <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>OWA</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Armor Print Solutions SAS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>17, Boulevard de Chantenay</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nantes Cedex 4</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>OWA, K15162OW REMAN. For use in LEXMARK E460 serie Black, (E460X21E)</x:v>
+        <x:v>OWA, K15822OW, REMAN. For use in LEXMARK CS310, 410, 510 serie, BLACK, (70C2HK0)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3008 0041 (308041)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lexmark</x:v>
       </x:c>
       <x:c t="str">
         <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>OWA</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Armor Print Solutions SAS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>17, Boulevard de Chantenay</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nantes Cedex 4</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>ISOLDA, K15150I4,  REMAN. For use in LEXMARK E360 serie  Black, (E360H21E)</x:v>
-[...95 lines deleted...]
-        <x:v>OWA, K15650OW, REMAN. For use in LEXMARK CX310, 410, 510 serie, CYAN, (80C2SC0)</x:v>
+        <x:v>Greenman Eco Original, LMS510J (50F2U00)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0038 (308038)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svärmaregatan 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NORRKÖPING</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OWA, K18140OW, REMAN. For use in LEXMARK MS510 502U JB - 30K serie BLACK, (50F2U00)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3008 0041 (308041)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lexmark</x:v>
       </x:c>
       <x:c t="str">
         <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>OWA</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Armor Print Solutions SAS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>17, Boulevard de Chantenay</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nantes Cedex 4</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>OWA, K15811OW, REMAN. For use in LEXMARK CX410, 510 serie, MAGENTA, (80C2HM0)</x:v>
-[...159 lines deleted...]
-        <x:v>Greenman Eco Original, LE463A (X463A21G)</x:v>
+        <x:v>STARLINE, K16025TA, Laser cart REMAN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Starline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>LYRECO, K15810LY, LASER CART COMP LEXMARK 80C2HC0 CYA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lyreco</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>LYRECO, K16025LY, LASER CART COMP LEXMARK 50F2000 BLK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lyreco</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Freecolor, K15636F7, Laser cart compat for LEXMARK 52D2H00</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Freecolor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Freecolor, K15639F7, Laser cart compat for LEXMARK 50F2U00</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Freecolor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Freecolor, K15641F7, Laser cart compat for LEXMARK 60F2H00</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Freecolor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Freecolor, K18136F7, Laser cart compat for LEXMARK 53B2H00</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Freecolor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Freecolor, K15435F7, Laser cart compat for LEXMARK X654X21E</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Freecolor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Freecolor, K15812F7, Laser cart compat for LEXMARK 80C2HY0</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Freecolor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q-connect, K15162QC Laser cart REMAN for LEXMARK E460X21E</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Q-connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q-connect, K15638QC Laser cart REMAN for LEXMARK 50F2X00</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Q-connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q-connect, K15810QC Laser cart REMAN for LEXMARK 80C2HC0</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Q-connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q-connect, K15640QC Laser cart REMAN for LEXMARK 60F2000</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Q-connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>STARLINE, K15810TA, Laser cart REMAN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Starline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EDDING, K15150E1 REMAN. For use in LEXMARK E360 serie  Black, (E360H21E)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>edding</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EDDING, K15639E1 REMAN. For use in LEXMARK MS510 serie  Black, (50F2U00)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>edding</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EDDING, K15812E1, REMAN. For use in LEXMARK CX410, 510 serie, YELLOW, (80C2HY0)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>edding</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EDDING, K15901E1 REMAN. For use in LEXMARK  C 792 serie  YELLOW, (C792X1YG)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>edding</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EDDING, K16025E1, REMAN. For use in LEXMARK MS310, MS312, MS315 serie, BLACK, (50F2000)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>edding</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EDDING, K18136E1, REMAN, For use in LEXMARK MS817 -25K, (53B2H00)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lexmark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>edding</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Greenman Eco Original, LMX310 (60F2H00)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3008 0038 (308038)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lexmark</x:v>
       </x:c>
       <x:c t="str">
         <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Greenman</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Greenman AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svärmaregatan 1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>NORRKÖPING</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>OWA, K18137OW, REMAN. For use in LEXMARK MS617 51B2X00 20K serie BLACK, (51B2X00)</x:v>
-[...3647 lines deleted...]
-        <x:v>Greenman Eco Original, LX203 (X203A21G)</x:v>
+        <x:v>Greenman Eco Original, LMX710LC (62D2000)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3008 0038 (308038)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lexmark</x:v>
       </x:c>
       <x:c t="str">
         <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Greenman</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Greenman AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svärmaregatan 1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>NORRKÖPING</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Greenman Eco Original, LX463HC (X463X11G)</x:v>
+        <x:v>Greenman Eco Original, LT640 (64016HE)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3008 0038 (308038)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lexmark</x:v>
       </x:c>
       <x:c t="str">
         <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Greenman</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Greenman AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svärmaregatan 1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>NORRKÖPING</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>LYRECO, K15811LY, LASER CART COMP LEXMARK 80C2HM0 MAG</x:v>
-[...1343 lines deleted...]
-        <x:v>Greenman Eco Original, LE260D (E260X22G)</x:v>
+        <x:v>Greenman Eco Original, LCX410M (80C2HM0)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3008 0038 (308038)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lexmark</x:v>
       </x:c>
       <x:c t="str">
         <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Greenman</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Greenman AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svärmaregatan 1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>NORRKÖPING</x:v>
-      </x:c>
-[...4350 lines deleted...]
-        <x:v>Nantes Cedex 4</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>