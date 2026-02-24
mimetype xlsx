--- v0 (2025-12-23)
+++ v1 (2026-02-24)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d0e59f1881b436b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8523fe38bdf94e10" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R600ad70ccdbb49ea"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="Rc3715ee67df64136"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R600ad70ccdbb49ea" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc3715ee67df64136" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
@@ -420,8058 +420,9114 @@
       </x:c>
       <x:c t="str">
         <x:v>Laundry detergents for professional use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>093 Laundry detergents for professional use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ABENA Puri-Line</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Novadan ApS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Platinvej 21</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kolding</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Vaskesystem 2: S1 Sköljmedel, 60 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Select Pro-Wash</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Leany AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Videum Science Park</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Växjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vaskesystem 3: T2 Tvättmedel, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Select Pro-Wash</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Leany AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Videum Science Park</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Växjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vaskesystem 3: D2 Tvättförstärkare, 20 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Select Pro-Wash</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Leany AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Videum Science Park</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Växjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vaskesystem 3: D1 Blekmedel, 20 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Select Pro-Wash</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Leany AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Videum Science Park</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Växjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vaskesystem 4: T2 Tvättmedel, 20 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Select Pro-Wash</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Leany AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Videum Science Park</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Växjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vaskesystem 13: ABENA Puri-Line Tøjvask Universal, 200 l (161205)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vaskesystem 11: ABENA Puri-Line Tøjvask Kulørt, 1 l (16098502)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vaskesystem 14: ABENA Puri-Line Tøjvask, 10 l (165065)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vaskesystem 14: ABENA Puri-Line Tøjvask, 5 l (160182)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vaskesystem 14: ABENA Puri-Line Tøjvask, 20 l (165116)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vaskesystem 14: ABENA Puri-Line Blegemiddel, 10 l (16302701)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vaskesystem 11: ABENA Puri-Line Skyllemiddel, 20 l (163025)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Vaskesystem 10: ABENA Puri-Line Blegemiddel, 10 l (16302701)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5093 0008</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Laundry detergents for professional use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>093 Laundry detergents for professional use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ABENA Puri-Line</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Novadan ApS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Platinvej 21</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kolding</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Vaskesystem 11: ABENA Puri-Line Skyllemiddel, 20 l (163025)</x:v>
+        <x:v>Vaskesystem 13: ABENA Puri-Line Skyllemiddel, 5 l (163019)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5093 0008</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Laundry detergents for professional use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>093 Laundry detergents for professional use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ABENA Puri-Line</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Novadan ApS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Platinvej 21</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kolding</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Vaskesystem 11: ABENA Puri-Line Tøjvask Kulørt, 1 l (16098502)</x:v>
+        <x:v>Vaskesystem 3: Tex Liquid Enzyme 758, 20 l (26313)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vaskesystem 5: Tex Liquid Enzyme 758, 10 l (26312)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vaskesystem 6: Tex Softener 761, 200 l (26324)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vaskesystem 15: Tex Softener 761, 20 l (26323)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vaskesystem 5: Tex Booster 755, 10 l (26305)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vaskesystem 15: Ribo Tex Premium Color 858, 20 l (74645)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ribo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vaskesystem 18: Ribo Tex Premium Uni 855, 206 kg (74646)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ribo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vaskesystem 16: Ribo Tex Premium Uni 855, 10 l (74635)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ribo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vaskesystem 2: S1 Sköljmedel, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Leany</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Leany AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Videum Science Park</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Växjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vaskesystem 3: S1 Sköljmedel, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Leany</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Leany AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Videum Science Park</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Växjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vaskesystem Active Tøjvask We Clean Pro (Stadsing), 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stadsing</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Glenta Color Laundry Detergent, No perfume, 5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glenta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>McBride Denmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lægårdvej 90-94</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holstebro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Comfort Professional Sensitive, 2x5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Comfort</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diversey Europe Operations BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>De Corridor 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZB Breukelen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Via Professional Liquid Color Sensitive, 60 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diversey Europe Operations BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>De Corridor 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZB Breukelen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eko Wash Color 10 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4093 0025</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kemvit Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bastintie 303</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alaveteli</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Pro Textile Liquid, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4093 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Pro Neutral Softener, 20 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4093 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ribo Tex Premium Color 858, 210 kg (74644)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ribo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Subcomponent Neutracetic, 22 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3093 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Christeyns</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Christeyns AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 7623</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Osmaflux Ideal Free, 1100 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3093 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Christeyns</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Christeyns AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 7623</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mulan Spirit (N), 20 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3093 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Christeyns</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Christeyns AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 7623</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Subcomponent Select Detergent Blue, 1080 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3093 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Christeyns</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Christeyns AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 7623</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Subcomponent Power Extract Blue, 1100 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3093 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Christeyns</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Christeyns AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 7623</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Subcomponent Select Power Blue, 25 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3093 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Christeyns</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Christeyns AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 7623</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Subcomponent Bisoft Duo Blue, 200 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3093 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Christeyns</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Christeyns AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 7623</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Subcomponent Green'R Ideal Free, 10 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3093 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Green'R</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Christeyns AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 7623</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Subcomponent Green’R Soft, 200 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3093 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Green'R</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Christeyns AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 7623</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Subcomponent Green’R Care, 20 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3093 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Green'R</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Christeyns AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 7623</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Subcomponent Green'R Care, 1000 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3093 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Green'R</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Christeyns AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 7623</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Green´R Ideal Free, 220 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3093 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Green'R</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Christeyns AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 7623</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Cool Care Blue, 22 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3093 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Christeyns</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Christeyns AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 7623</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>T1 Tvättmedel, 20 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Select Pro-Wash</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Leany AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Videum Science Park</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Växjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vaskesystem 2: T1 Tvättmedel, 20 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Select Pro-Wash</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Leany AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Videum Science Park</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Växjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vaskesystem 3: S1 Sköljmedel, 20 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Select Pro-Wash</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Leany AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Videum Science Park</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Växjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line Tvättmedel PRO, 20 l (165118)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5093 0008</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Laundry detergents for professional use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>093 Laundry detergents for professional use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ABENA Puri-Line</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Novadan ApS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Platinvej 21</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kolding</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Vaskesystem 13: ABENA Puri-Line Skyllemiddel, 5 l (163019)</x:v>
+        <x:v>ABENA Puri-Line Skon- och ulltvätt, 10 l (16098801)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5093 0008</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Laundry detergents for professional use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>093 Laundry detergents for professional use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ABENA Puri-Line</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Novadan ApS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Platinvej 21</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kolding</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Vaskesystem 13: ABENA Puri-Line Tøjvask Universal, 200 l (161205)</x:v>
+        <x:v>Vaskesystem Flydende tøjvask: Active Free (Ciroc AB), 10 ltr</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ciroc</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vaskesystem Active: WeClean Fabric Softener (Stadsing), 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>WeClean</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vaskesystem Flydende tøjvask: Activa Soft Free (Hygienteknik Sverige), 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Activa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vaskesystem 18: Tex Softener 761, 10 l (26322)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vaskesystem 18: Tex Softener 761, 20 l (26323)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vaskesystem 18: Tex Booster 755, 10 l (26305)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vaskesystem 10: ABENA Puri-Line Skyllemiddel, 5 l (163019)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5093 0008</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Laundry detergents for professional use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>093 Laundry detergents for professional use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ABENA Puri-Line</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Novadan ApS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Platinvej 21</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kolding</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Vaskesystem 14: ABENA Puri-Line Blegemiddel, 10 l (16302701)</x:v>
+        <x:v>Vaskesystem 10: ABENA Puri-Line Skyllemiddel, 20 l (163025)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5093 0008</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Laundry detergents for professional use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>093 Laundry detergents for professional use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ABENA Puri-Line</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Novadan ApS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Platinvej 21</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kolding</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Vaskesystem 14: ABENA Puri-Line Tøjvask, 10 l (165065)</x:v>
+        <x:v>Vaskesystem 10: ABENA Puri-Line Vaskeforstærker, 10 l (160990)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5093 0008</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Laundry detergents for professional use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>093 Laundry detergents for professional use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ABENA Puri-Line</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Novadan ApS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Platinvej 21</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kolding</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Vaskesystem 14: ABENA Puri-Line Tøjvask, 20 l (165116)</x:v>
+        <x:v>Vaskesystem 12: Abena Puri-Line Skyllemiddel, 10 l (163039)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5093 0008</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Laundry detergents for professional use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>093 Laundry detergents for professional use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ABENA Puri-Line</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Novadan ApS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Platinvej 21</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kolding</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Vaskesystem 14: ABENA Puri-Line Tøjvask, 5 l (160182)</x:v>
+        <x:v>Vaskesystem 12: ABENA Puri-Line Skyllemiddel, 20 l (163025)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5093 0008</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Laundry detergents for professional use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>093 Laundry detergents for professional use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ABENA Puri-Line</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Novadan ApS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Platinvej 21</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kolding</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Vaskesystem 3: Tex Liquid Enzyme 758, 20 l (26313)</x:v>
+        <x:v>Vaskesystem 13: ABENA Puri-Line Tøjvask Universal, 1 l (16098601)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vaskesystem 13: ABENA Puri-Line Vaskeforstærker, 10 l (160990)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vaskesystem 2: S1 Sköljmedel, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Leany</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Leany AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Videum Science Park</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Växjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vaskesystem 4: S1 Sköljmedel, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Leany</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Leany AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Videum Science Park</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Växjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vaskesystem Active Tøjvask We Clean Pro (Stadsing), 20 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stadsing</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Pro Textile Wash, 4 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4093 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Clax Soft Sensitive Pur-Eco 52A1, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clax</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diversey Europe Operations BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>De Corridor 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZB Breukelen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ribo Tex Premium Uni 855, 10 l (74635)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ribo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Select Detergent Blue, 21 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3093 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Christeyns</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Christeyns AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 7623</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Subcomponent Cool 1 Green, 200 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3093 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Christeyns</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Christeyns AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 7623</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Subcomponent Cool 2, 222 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3093 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Christeyns</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Christeyns AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 7623</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Subcomponent Cool Care Blue, 1050 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3093 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Christeyns</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Christeyns AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 7623</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Cool Care Blue, 220 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3093 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Christeyns</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Christeyns AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 7623</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ribo Tex Premium Uni 855, 20 l (74647)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ribo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vaskesystem 1: S1 Sköljmedel, 20 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Select Pro-Wash</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Leany AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Videum Science Park</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Växjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vaskesystem 1: S1 Sköljmedel, 60 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Select Pro-Wash</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Leany AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Videum Science Park</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Växjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vaskesystem 2: T1 Tvättmedel, 60 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Select Pro-Wash</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Leany AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Videum Science Park</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Växjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vaskesystem 4: T2 Tvättmedel, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Select Pro-Wash</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Leany AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Videum Science Park</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Växjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vaskesystem 4: D3 Blekmedel Extra, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Select Pro-Wash</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Leany AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Videum Science Park</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Växjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line Tvättmedel Vit, 1 l (16098401)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tex Liquid Delicate 762, 10 l (26166)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5093 0008</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Laundry detergents for professional use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>093 Laundry detergents for professional use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Novadan</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Novadan ApS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Platinvej 21</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kolding</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Vaskesystem 6: Tex Softener 761, 200 l (26324)</x:v>
+        <x:v>Vaskesystem 10: ABENA Puri-Line Skyllemiddel, 1 l (160174)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vaskesystem 14: ABENA Puri-Line Tøjvask, 1 l (160181)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vaskesystem 14: ABENA Puri-Line Skyllemiddel, 1 l (160174)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vaskesystem 13: ABENA Puri-Line Skyllemiddel, 1 l (160174)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vaskesystem 5: Tex Liquid Enzyme 758, 20 l (26313)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5093 0008</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Laundry detergents for professional use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>093 Laundry detergents for professional use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Novadan</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Novadan ApS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Platinvej 21</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kolding</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Vaskesystem 15: Tex Softener 761, 20 l (26323)</x:v>
+        <x:v>Vaskesystem 3: Tex Liquid Enzyme 758, 5 l (26311)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5093 0008</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Laundry detergents for professional use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>093 Laundry detergents for professional use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Novadan</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Novadan ApS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Platinvej 21</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kolding</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Vaskesystem 15: Ribo Tex Premium Color 858, 20 l (74645)</x:v>
+        <x:v>Vaskesystem 16: Tex Softener 761, 10 l (26322)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vaskesystem 6: Tex Softener 761, 10 l (26322)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vaskesystem 6: Tex Bleach 756, 20 l (26298)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vaskesystem 18: Tex Bleach Extra 754, 10 l (41865)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vaskesystem 16: Tex Softener 761, 20 l (26323)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vaskesystem 9: Tex Liquid 751, 10 l (26319)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vaskesystem 16: Ribo Tex Premium Uni 855, 20 l (74647)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5093 0008</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Laundry detergents for professional use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>093 Laundry detergents for professional use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ribo</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Novadan ApS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Platinvej 21</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kolding</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Vaskesystem 16: Ribo Tex Premium Uni 855, 10 l (74635)</x:v>
+        <x:v>ABENA Puri-Line Tøyvask hvit, 10 l (161112)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vaskesystem Flydende tøjvask: FlytandeTvättmedel, (Sunda (ICA Strömbro) 1 l </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sunda</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vaskesystem Flydende tøjvask: Klear Flytande Tvättmedel (Nordic Cleanware), 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Klear</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vaskesystem 2: T1 Tvättmedel, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Leany</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Leany AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Videum Science Park</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Växjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PLS White Wash Sensitive, 5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PLS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>McBride Denmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lægårdvej 90-94</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holstebro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Glenta White Powder Laundry Detergent, No perfume, 5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glenta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>McBride Denmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lægårdvej 90-94</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holstebro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Pro Neutral Softener, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4093 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Glenta tvättsystem: (Flytande tvättmedel, 2 l, Sköljmedel, 2 l)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0038</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glenta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ribo Tex Premium Color 858, 20 l (74645)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5093 0008</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Laundry detergents for professional use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>093 Laundry detergents for professional use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ribo</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Novadan ApS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Platinvej 21</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kolding</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Vaskesystem 18: Ribo Tex Premium Uni 855, 206 kg (74646)</x:v>
+        <x:v>Subcomponent Select Detergent Blue, 220 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3093 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Christeyns</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Christeyns AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 7623</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Subcomponent Select Power Blue, 1400 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3093 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Christeyns</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Christeyns AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 7623</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mulan Spirit (N), 200 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3093 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Christeyns</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Christeyns AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 7623</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Green´R Ideal Free, 10 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3093 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Green'R</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Christeyns AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 7623</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Green’R Spirit, 9 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3093 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Green'R</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Christeyns AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 7623</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Subcomponent Osmaflux Ideal Free, 22 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3093 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Christeyns</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Christeyns AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 7623</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Subcomponent Cool 3 Green, 1450 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3093 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Christeyns</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Christeyns AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 7623</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Subcomponent Cool 3 Green, 300 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3093 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Christeyns</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Christeyns AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 7623</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Subcomponent Cool 2 Blue, 220 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3093 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Christeyns</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Christeyns AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 7623</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Subcomponent Cool Brite Blue</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3093 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Christeyns</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Christeyns AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 7623</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Subcomponent Green'R Ideal Free, 220 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3093 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Green'R</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Christeyns AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 7623</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Cool Care Blue, 1050 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3093 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Christeyns</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Christeyns AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 7623</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Subcomponent Green’R Soft, 20 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3093 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Green'R</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Christeyns AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 7623</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line Tvättmedel PRO, 10 l (165117)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>T2 Tvättmedel, 20 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Select Pro-Wash</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Leany AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Videum Science Park</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Växjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>T1 Tvättmedel, 60 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Select Pro-Wash</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Leany AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Videum Science Park</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Växjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vaskesystem 1: T1 Tvättmedel, 60 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Select Pro-Wash</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Leany AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Videum Science Park</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Växjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vaskesystem 1: D1 Blekmedel, 20 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Select Pro-Wash</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Leany AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Videum Science Park</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Växjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vaskesystem 2: D3 Blekmedel Extra, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Select Pro-Wash</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Leany AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Videum Science Park</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Växjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vaskesystem 3: T2 Tvättmedel, 20 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Select Pro-Wash</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Leany AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Videum Science Park</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Växjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vaskesystem 4: S1 Sköljmedel, 60 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Select Pro-Wash</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Leany AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Videum Science Park</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Växjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tex Liquid 751, 10 l (26319)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vaskesystem 10: Abena Puri-Line Skyllemiddel, 10 l (163039)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vaskesystem 10: ABENA Puri-Line Tøjvask PRO, 20 l (165118)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vaskesystem 11: ABENA Puri-Line Vaskeforstærker, 10 l (160990)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vaskesystem 12: ABENA Puri-Line Skyllemiddel, 1 l (160174)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vaskesystem 13: ABENA Puri-Line Blegemiddel, 10 l (16302701)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vaskesystem 14: ABENA Puri-Line Vaskeforstærker, 10 l (160990)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vaskesystem 5: Tex Liquid Enzyme 758, 1000 l (26348)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vaskesystem 6: Tex Bleach 756, 10 l (26297)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vaskesystem 6: Tex Softener 761, 20 l (26323)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vaskesystem 18: Tex Softener 761, 200 l (26324)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vaskesystem 15: Ribo Tex Premium Color 858, 210 kg (74644)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5093 0008</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Laundry detergents for professional use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>093 Laundry detergents for professional use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ribo</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Novadan ApS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Platinvej 21</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kolding</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Vaskesystem 5: Tex Booster 755, 10 l (26305)</x:v>
+        <x:v>Vaskesystem 16: Ribo Tex Premium Uni 855, 206 kg (74646)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ribo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vaskesystem 18: Ribo Tex Premium Uni 855, 20 l (74647)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ribo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vaskesystem 5: Tex Bleach Extra 754, 10 l (41865)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5093 0008</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Laundry detergents for professional use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>093 Laundry detergents for professional use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Novadan</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Novadan ApS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Platinvej 21</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kolding</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Vaskesystem 5: Tex Liquid Enzyme 758, 10 l (26312)</x:v>
+        <x:v>Vaskesystem 6: Tex Liquid 751, 20 l (26320)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5093 0008</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Laundry detergents for professional use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>093 Laundry detergents for professional use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Novadan</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Novadan ApS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Platinvej 21</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kolding</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Vaskesystem 2: S1 Sköljmedel, 60 l</x:v>
+        <x:v>Vaskesystem 9: Tex Bleach Extra 754, 10 l (41865)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vaskesystem 16: Tex Booster 755, 10 l (26305)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Powercare Emulsion M, 1130 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0016</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecolab</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecolab ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Høffdingsvej 36</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Valby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vaskesystem 3: S1 Sköljmedel, 200 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5093 0024</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Laundry detergents for professional use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>093 Laundry detergents for professional use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
+        <x:v>Leany</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Leany AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Videum Science Park</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Växjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PLS White wash sensitive, 8,55 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PLS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>McBride Denmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lægårdvej 90-94</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holstebro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Glenta White Powder Laundry Detergent, No perfume, 10 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glenta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>McBride Denmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lægårdvej 90-94</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holstebro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Glenta Color Laundry Detergent, No perfume, 10 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glenta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>McBride Denmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lægårdvej 90-94</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holstebro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Neutral Professional Softener Sensitive, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neutral</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diversey Europe Operations BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>De Corridor 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZB Breukelen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Taren tvättpulver, 8 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4093 0025</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kemvit Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bastintie 303</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alaveteli</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Via Professional Liquid Color Sensitive, 20 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diversey Europe Operations BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>De Corridor 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZB Breukelen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Glenta tvättsystem: (Flytande tvättmedel, 5 l, Sköljmedel, 5 l)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0038</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glenta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tex Powder White 750, 12,5 kg (31159)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vaskesystem 1: S1 Sköljmedel, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Leany</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Leany AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Videum Science Park</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Växjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vaskesystem 1: T1 Tvättmedel, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Leany</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Leany AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Videum Science Park</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Växjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vaskesystem Flydende tøjvask: Activa Soft Free (Hygienteknik Sverige), 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Activa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Green’R Care, 9 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3093 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Green'R</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Christeyns AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 7623</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Subcomponent Neutracetic, 1050 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3093 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Christeyns</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Christeyns AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 7623</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Osmaflux Ideal Free, 220 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3093 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Christeyns</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Christeyns AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 7623</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Subcomponent Cool 2, 1050 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3093 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Christeyns</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Christeyns AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 7623</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Subcomponent Cool Care Blue, 220 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3093 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Christeyns</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Christeyns AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 7623</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tex Liquid Enzyme 758, 5 l (26311)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tex Liquid 751, 20 l (26320)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tex Liquid 751, 200 l (26321)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tex Liquid Enzyme 758, 200 l (26314)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line Tvättmedel, 1 l (160181)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vaskesystem 1: T1 Tvättmedel, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
         <x:v>Select Pro-Wash</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Leany AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Videum Science Park</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Växjö</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Vaskesystem 3: T2 Tvättmedel, 200 l</x:v>
+        <x:v>Vaskesystem 2: T1 Tvättmedel, 200 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5093 0024</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Laundry detergents for professional use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>093 Laundry detergents for professional use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Select Pro-Wash</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Leany AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Videum Science Park</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Växjö</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Vaskesystem 3: D2 Tvättförstärkare, 20 l</x:v>
+        <x:v>Vaskesystem 3: S1 Sköljmedel, 60 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5093 0024</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Laundry detergents for professional use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>093 Laundry detergents for professional use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Select Pro-Wash</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Leany AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Videum Science Park</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Växjö</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Vaskesystem 3: D1 Blekmedel, 20 l</x:v>
+        <x:v>Vaskesystem 12: ABENA Puri-Line Tøjvask Hvid, 1 l (16098401)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vaskesystem 12: ABENA Puri-Line Skyllemiddel, 5 l (163019)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vaskesystem 13: Abena Puri-Line Skyllemiddel, 10 l (163039)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vaskesystem 5: Tex Liquid Enzyme 758, 5 l (26311)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vaskesystem 15: Tex Softener 761, 200 l (26324)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vaskesystem 3: Tex Softener 761, 20 l (26323)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vaskesystem 9: Tex Softener 761, 10 l (26322)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vaskesystem 16: Tex Bleach 756, 20 l (26298)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vaskesystem 3: Tex Bleach 756, 20 l (26298)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rapid, flytande tvättmedel, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3093 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gipeco</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gipeco Holding AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 3035</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JÖNKÖPING</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Clax Plus PE 33C1, 20 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0030</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clax</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diversey Europe Operations BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>De Corridor 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZB Breukelen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PLS Color Wash sensitive, 8,55 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PLS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>McBride Denmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lægårdvej 90-94</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holstebro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rapid Flytande Tvättmedel, 20 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3093 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gipeco</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gipeco Holding AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 3035</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JÖNKÖPING</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rapid Flytande Tvättmedel, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3093 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gipeco</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gipeco Holding AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 3035</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JÖNKÖPING</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Pro Textile Liquid, 20 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4093 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Pro Workwear Wash, 1,6 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4093 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Clax Soft Sensitive Pur-Eco 52A1, 20 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clax</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diversey Europe Operations BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>De Corridor 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZB Breukelen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line Tvättmedel , 5 l (160182)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line Tvättmedel Kulör, 1 l (16098502)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ribo Tex Premium Uni 855, 206 kg (74646)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ribo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Subcomponent Neutracetic, 220 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3093 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Christeyns</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Christeyns AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 7623</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Green´R Care, 200 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3093 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Green'R</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Christeyns AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 7623</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Green’R Spirit, 20 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3093 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Green'R</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Christeyns AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 7623</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Osmaflux Ideal Free, 22 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3093 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Christeyns</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Christeyns AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 7623</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Select Detergent Blue, 220 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3093 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Christeyns</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Christeyns AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 7623</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Subcomponent Select Detergent Blue, 21 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3093 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Christeyns</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Christeyns AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 7623</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Subcomponent Cool 1 Green, 1000 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3093 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Christeyns</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Christeyns AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 7623</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Subcomponent Cool 2 Blue, 1050 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3093 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Christeyns</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Christeyns AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 7623</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Subcomponent Osmaflux Ideal Free, 220 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3093 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Christeyns</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Christeyns AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 7623</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vaskepulver Kulørt Parfumefri, 10 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0038</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Minatol</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vaskesystem 12: ABENA Puri-Line Vaskeforstærker, 10 l (160990)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vaskesystem 10: ABENA Puri-Line Tøjvask PRO, 10 l (165117)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vaskesystem 12: ABENA Puri-Line Tøjvask Hvid, 10 l (161112)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vaskesystem 11: ABENA Puri-Line Skyllemiddel, 5 l (163019)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vaskesystem 3: Tex Softener 761, 10 l (26322)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vaskesystem 4: S1 Sköljmedel, 20 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5093 0024</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Laundry detergents for professional use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>093 Laundry detergents for professional use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Select Pro-Wash</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Leany AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Videum Science Park</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Växjö</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Vaskesystem 4: T2 Tvättmedel, 20 l</x:v>
+        <x:v>Vaskesystem 14: Abena Puri-Line Skyllemiddel, 10 l (163039)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vaskesystem 14: ABENA Puri-Line Skyllemiddel, 20 l (163025)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vaskesystem 14: ABENA Puri-Line Skyllemiddel, 5 l (163019)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vaskesystem 3: Tex Liquid Enzyme 758, 1000 l (26348)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vaskesystem 3: Tex Liquid Enzyme 758, 200 l (26314)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vaskesystem 9: Tex Softener 761, 200 l (26324)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vaskesystem 5: Tex Softener 761, 200 l (26324)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vaskesystem 15: Tex Softener 761, 10 l (26322)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vaskesystem 5: Tex Softener 761, 10 l (26322)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vaskesystem 16: Tex Softener 761, 200 l (26324)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vaskesystem 9: Tex Booster 755, 10 l (26305)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vaskesystem 6: Tex Liquid 751, 200 l (26321)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vaskesystem 6: Tex Liquid 751, 10 l (26319)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vaskesystem 9: Tex Liquid 751, 20 l (26320)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>T1 Tvättmedel, 1000 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5093 0024</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Laundry detergents for professional use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>093 Laundry detergents for professional use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
+        <x:v>Leany</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Leany AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Videum Science Park</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Växjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vaskesystem 1: S1 Sköljmedel, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Leany</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Leany AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Videum Science Park</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Växjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Flydende Tvättmedel Universal, 10 l  (161119)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Clax Plus PE 33C1, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0030</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clax</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diversey Europe Operations BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>De Corridor 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZB Breukelen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Clax Plus PE 33C1, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0030</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clax</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diversey Europe Operations BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>De Corridor 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZB Breukelen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PLS Color Wash Sensitive, 10 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PLS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>McBride Denmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lægårdvej 90-94</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holstebro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Glenta tvättsystem: (Flytande tvättmedel, 1 l, Sköljmedel, 1 l)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0038</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glenta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line Tvättmedel, 20 l (165116)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>T2 Tvättmedel, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
         <x:v>Select Pro-Wash</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Leany AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Videum Science Park</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Växjö</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Glenta Color Laundry Detergent, No perfume, 5 kg</x:v>
+        <x:v>Vaskesystem 1: D2 Tvättförstärkare, 20 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Select Pro-Wash</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Leany AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Videum Science Park</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Växjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vaskesystem 2: D2 Tvättförstärkare, 20 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Select Pro-Wash</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Leany AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Videum Science Park</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Växjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vaskesystem 4: D2 Tvättförstärkare, 20 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Select Pro-Wash</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Leany AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Videum Science Park</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Växjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vaskesystem Skyllemiddel: Softener perfume free (Estell AB), 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Estell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vaskesystem Active: WeClean Bleach DIS D (Stadsing), 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>WeClean</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vaskesystem Active: WeClean Bleach DIS D (Stadsing), 20 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>WeClean</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vaskesystem Active: WeClean Bleach DIS D (Stadsing), 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>WeClean</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tex Liquid Enzyme 758, 20 l (26313)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tex Liquid Enzyme 758, 1000 l (26348)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vaskesystem 11: ABENA Puri-Line Skyllemiddel, 1 l (160174)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vaskesystem 12: ABENA Puri-Line Blegemiddel, 10 l (16302701)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vaskesystem 11: Abena Puri-Line Skyllemiddel, 10 l (163039)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vaskesystem 5: Tex Liquid Enzyme 758, 200 l (26314)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vaskesystem 3: Tex Softener 761, 200 l (26324)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vaskesystem 6: Tex Booster 755, 10 l (26305)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vaskesystem 15: Tex Booster 755, 10 l (26305)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vaskesystem 5: Tex Softener 761, 20 l (26323)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vaskesystem 9: Tex Softener 761, 20 l (26323)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vaskesystem 3: Tex Booster 755, 10 l (26305)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vaskesystem 18: Ribo Tex Premium Uni 855, 10 l (74635)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ribo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Subcomponent Green'R Care, 200 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3093 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Green'R</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Christeyns AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 7623</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Subcomponent Green’R Care, 9 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3093 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Green'R</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Christeyns AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 7623</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Green´R Care, 1000 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3093 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Green'R</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Christeyns AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 7623</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Subcomponent Bisoft Duo Blue, 20 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3093 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Christeyns</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Christeyns AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 7623</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Subcomponent Cool Brite</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3093 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Christeyns</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Christeyns AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 7623</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vaskesystem 1: Tex softener 761, 20 l (26323)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Powercare Emulsion M, 250 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0016</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecolab</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecolab ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Høffdingsvej 36</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Valby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>T3 Tvättmedel, 20 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Leany</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Leany AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Videum Science Park</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Växjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vaskesystem 4: S1 Sköljmedel, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Leany</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Leany AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Videum Science Park</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Växjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vaskesystem Active We Clean Pro (Stadsing), 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stadsing</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>L&amp;T Pyykinpesu 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4093 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>L&amp;T</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Subcomponent Osmaflux Ideal Free, 1100 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3093 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Christeyns</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Christeyns AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 7623</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Subcomponent Select Power Blue, 270 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3093 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Christeyns</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Christeyns AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 7623</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Subcomponent Power Extract Blue, 230 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3093 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Christeyns</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Christeyns AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 7623</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Subcomponent Bisoft Duo Blue, 1000 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3093 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Christeyns</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Christeyns AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 7623</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Select Detergent Blue, 1080 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3093 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Christeyns</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Christeyns AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 7623</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Green’R Care, 20 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3093 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Green'R</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Christeyns AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 7623</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PLS White Wash Sensitive, 10 kg</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5093 0006</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Laundry detergents for professional use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>093 Laundry detergents for professional use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
+        <x:v>PLS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>McBride Denmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lægårdvej 90-94</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holstebro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lavér White Sensitive, 7,5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0038</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lavér</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lyreco Colour Laundry Powder, 4 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0038</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lyreco</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tex Liquid Enzyme 758, 10 l (26312)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vaskesystem 1: T1 Tvättmedel, 20 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Select Pro-Wash</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Leany AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Videum Science Park</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Växjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vaskesystem 2: S1 Sköljmedel, 20 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Select Pro-Wash</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Leany AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Videum Science Park</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Växjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vaskesystem 11: ABENA Puri-Line Tøjvask Kulørt, 10 l (161115)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vaskesystem 13: ABENA Puri-Line Skyllemiddel, 20 l (163025)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vaskesystem 16: Tex Bleach 756, 10 l (26297)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Flydende Tvättmedel Universal, 1 l (16098601)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line Tvättmedel Kulör 10 l (161115)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vaskesystem 3: Tex Liquid Enzyme 758, 10 l (26312)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vaskesystem 9: Tex Liquid 751, 200 l (26321)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vaskesystem 3: Tex Bleach 756, 10 l (26297)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vaskesystem 15: Ribo Tex Premium Color 858, 10 l (74631)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ribo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vaskesystem: Liv Softner (Clemondo), 5 l </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liv by Clemondo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vaskesystem Flydende tøjvask: Glenta flydende tøjvask, 10 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
         <x:v>Glenta</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>McBride Denmark A/S</x:v>
-[...1002 lines deleted...]
-        <x:v>T1 Tvättmedel, 20 l</x:v>
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>T1 Tvättmedel, 200 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5093 0024</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Laundry detergents for professional use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>093 Laundry detergents for professional use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Select Pro-Wash</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Leany AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Videum Science Park</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Växjö</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Vaskesystem 2: T1 Tvättmedel, 20 l</x:v>
-[...6266 lines deleted...]
-        <x:v>Växjö</x:v>
+        <x:v>Vaskesystem Active Tøjvask We Clean Pro (Stadsing), 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5093 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>093 Laundry detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stadsing</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>