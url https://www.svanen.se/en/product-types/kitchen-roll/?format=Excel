--- v0 (2025-12-17)
+++ v1 (2026-02-03)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab3688d758014bb4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R955677575dfb4567" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R5c443c91787d42e5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R92c33e4d939747d6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R5c443c91787d42e5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R92c33e4d939747d6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
@@ -324,2094 +324,2094 @@
       </x:c>
       <x:c t="str">
         <x:v>Kitchen roll</x:v>
       </x:c>
       <x:c t="str">
         <x:v>005 Tissue paper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Metsä Tissue AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Pauliströms Bruk</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Pauliström</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Lambi Classic Plus household paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0002, 3005 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen roll</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lambi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Metsä Tissue AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliströms Bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliström</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lambi Classic Decor household paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0002, 3005 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen roll</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lambi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Metsä Tissue AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliströms Bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliström</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lotus Torky</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen roll</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lotus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lambi Classic household paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0002, 3005 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen roll</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lambi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Metsä Tissue AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliströms Bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliström</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>423007 KT REGINA WISH NO FSC® WTE 2P 6RX4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0071</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen roll</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Regina</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sofidel Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 124</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kisa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>420588 KT FLORALYS FSC® WTE 3P 4RX1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0071</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen roll</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Floralys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sofidel Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 124</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kisa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>422999 KT FIXA LYX FSC® WTE 4P 2RX12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0071</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen roll</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sofidel Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 124</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kisa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rusta HHT 120/4-p (101916)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen roll</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rusta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Katrin Kitchen 90 Household towel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3005 0006</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kitchen roll</x:v>
       </x:c>
       <x:c t="str">
         <x:v>005 Tissue paper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Katrin</x:v>
       </x:c>
       <x:c t="str">
+        <x:v>Metsä Tissue AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliströms Bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliström</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>73006 ICA Mat &amp; Kök 120/4-p</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2005 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen roll</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vajda-Papir Scandinavia AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 4188</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Megaclean Kitchen 2-lag</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0044</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen roll</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Megaclean</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P&amp;P AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrivägen 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kisa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>P&amp;P Kitchen Soft Duo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0044</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen roll</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P&amp;P</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P&amp;P AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrivägen 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kisa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Skona Original HHT 1/8p (25042)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen roll</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MAXI Wiping paper HHT 6/2p (21763)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen roll</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Refin Torkpapper HHT 1/2-pallet 60/2p SRU (123525)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen roll</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Mat &amp; Kök XL Hushållpapper, 2 lagers, 2 rullar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5005 0052</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen roll</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vajda Papir Kft.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>51 Némedi út</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dunaharaszti</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Mat &amp; Kök Hushållpapper, 2 lagers, 4 rullar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5005 0052</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen roll</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vajda Papir Kft.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>51 Némedi út</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dunaharaszti</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>420573 KT FLORALYS YELLOW FSC® WTE 3P 4RX1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0078, 3005 0047, 3005 0071</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen roll</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Floralys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sofidel Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 124</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kisa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Serla Smart household paper*</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen roll</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Serla</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Metsä Tissue AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliströms Bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliström</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Serla Maximeter household paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen roll</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Serla</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Metsä Tissue AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliströms Bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliström</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>73015 ICA Mat &amp; kök  Dekor 8/4-R 2 PLY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2005 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen roll</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vajda-Papir Scandinavia AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 4188</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>73011 Ooops! Excellence Towel 120/4-R 3 PLY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2005 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen roll</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ooops!</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vajda-Papir Scandinavia AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 4188</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>73004 Ooops! Family Towel 60/8p 2 PLY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2005 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen roll</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ooops!</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vajda-Papir Scandinavia AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 4188</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tvätt &amp; Papper Hushåll</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0044</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen roll</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvätt &amp; Papper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P&amp;P AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrivägen 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kisa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>420580 KT FIXA ORIGINAL FSC® WTE 2P 4RX1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0071</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen roll</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sofidel Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 124</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kisa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa Torkpapper HHT 60/2p 1/2 pallet SRU (100737)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen roll</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>423006 KT REGINA WISH FSC® WTE 2P 6RX4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0071</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen roll</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Regina</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sofidel Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 124</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kisa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>P&amp;P Kitchen maxi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0044</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen roll</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P&amp;P</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P&amp;P AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrivägen 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kisa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>73013 ICA Mat &amp; kök 4/8-p</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2005 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen roll</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vajda-Papir Scandinavia AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 4188</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>73008 ICA Mat &amp; kök 60/8-p</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2005 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen roll</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vajda-Papir Scandinavia AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 4188</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>73007 ICA Mat &amp; kök 8/4-p</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2005 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen roll</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vajda-Papir Scandinavia AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 4188</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>73002 Ooops! Family Towel 8/4p 2 PLY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2005 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen roll</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ooops!</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vajda-Papir Scandinavia AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 4188</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Europris MAXI kitchen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0002, 3005 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen roll</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europris</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Metsä Tissue AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliströms Bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliström</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Europris Delicate Household paper </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0002, 3005 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen roll</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europris</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Metsä Tissue AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliströms Bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliström</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa Extra Long HHT 7/2p (21989)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen roll</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Starkt &amp; Tåligt HHT 4/6p (488957)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen roll</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Refin HHT 60/8p (38870)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen roll</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Mat &amp; Kök Hushållpapper, 2 lagers, 12 rullar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5005 0052</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen roll</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vajda Papir Kft.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>51 Némedi út</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dunaharaszti</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Katrin Kitchen 200 Household towel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen roll</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Katrin</x:v>
+      </x:c>
+      <x:c t="str">
         <x:v>Metsä Tissue AB - Katrinefors bruk</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Holländaregatan 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Mariestad</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Lambi Classic Plus household paper</x:v>
+        <x:v>Lambi Premium household paper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3005 0002, 3005 0002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kitchen roll</x:v>
       </x:c>
       <x:c t="str">
         <x:v>005 Tissue paper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lambi</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Metsä Tissue AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Pauliströms Bruk</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Pauliström</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Lambi Classic Decor household paper</x:v>
+        <x:v>422673 KT COOP SOFT &amp; STRONG FSC® WTE 3P 4RX8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0071</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen roll</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Coop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sofidel Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 124</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kisa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>423001 KT COOP DRY &amp; STRONG FSC® WTE 2P 4RX8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0071</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen roll</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Coop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sofidel Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 124</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kisa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>420590 KT FIXA ORIGINAL FSC® WTE 2P 12RX1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0071</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen roll</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sofidel Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 124</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kisa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>414740 KT ICA EXTRA FINT FSC WTE 4P 2RX12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0071</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen roll</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sofidel Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 124</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kisa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Godt Papir Kitchen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3005 0002, 3005 0002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kitchen roll</x:v>
       </x:c>
       <x:c t="str">
         <x:v>005 Tissue paper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Lambi</x:v>
+        <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Metsä Tissue AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Pauliströms Bruk</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Pauliström</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Lotus Torky</x:v>
+        <x:v>Fixa Extra Long HHT 175/2p (211300)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3005 0003</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kitchen roll</x:v>
       </x:c>
       <x:c t="str">
         <x:v>005 Tissue paper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Lotus</x:v>
+        <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Essity Hygiene and Health AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Broplatsen 3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Mölndal</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Lambi Classic household paper</x:v>
+        <x:v>Skona Kompakt HHT 7/4p (24972)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen roll</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Coop X-tra VIRGIN - 4 rolls - Kitchen towels 2 plies</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4005 0082</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen roll</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Xtra</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grigeo Tissue, UAB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vilniaus st. 10, Grigiškės</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vilnius city municipality</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>423002 KT COOP DRY &amp; STRONG FSC® WTE 2P 8RX1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0071</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen roll</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Coop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sofidel Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 124</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kisa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>423000 KT COOP DRY &amp; STRONG FSC® WTE 2P 4RX1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0071</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen roll</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Coop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sofidel Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 124</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kisa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>422995 KT FIXA ORIGINAL FSC® WTE 2P 4RX1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0071</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen roll</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sofidel Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 124</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kisa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>422998 KT FIXA XL FSC® WTE 2P 2RX5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0071</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen roll</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sofidel Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 124</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kisa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Katrin M Coreless</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen roll</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Katrin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Metsä Tissue AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliströms Bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliström</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bruka HP1 kitchen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0044</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen roll</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bruka</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P&amp;P AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrivägen 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kisa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rema 1000 Kitchen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3005 0002, 3005 0002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kitchen roll</x:v>
       </x:c>
       <x:c t="str">
         <x:v>005 Tissue paper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Lambi</x:v>
+        <x:v>REMA 1000</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Metsä Tissue AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Pauliströms Bruk</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Pauliström</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>423007 KT REGINA WISH NO FSC® WTE 2P 6RX4</x:v>
+        <x:v>Salling Kitchen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0002, 3005 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen roll</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Metsä Tissue AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliströms Bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliström</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Basic HHT 8/4p (21657)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen roll</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Floralys 4x65 2p</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5005 0039, 5005 0039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen roll</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Floralys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>WEPA Hygieneprodukte GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rönkhauser Str. 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arnsberg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Serla Kitchen tower 16 rolls</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4005 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen roll</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Serla</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Metsä Tissue Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P.O. Box 300</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mänttä</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>423012 KT COOP GIANT FSC® WTE 2P 1RX6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3005 0071</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kitchen roll</x:v>
       </x:c>
       <x:c t="str">
         <x:v>005 Tissue paper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Regina</x:v>
+        <x:v>Coop</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sofidel Sweden AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 124</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kisa</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>420588 KT FLORALYS FSC® WTE 3P 4RX1</x:v>
+        <x:v>422996 KT FIXA ORIGINAL FSC® WTE 2P 4RX8</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3005 0071</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kitchen roll</x:v>
       </x:c>
       <x:c t="str">
         <x:v>005 Tissue paper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sofidel Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 124</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kisa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Katrin Kitchen 360 Household towel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen roll</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Katrin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Metsä Tissue AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliströms Bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliström</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Änglamark Kitchen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen roll</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Änglamark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Metsä Tissue AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliströms Bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliström</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Floralys Kitchen </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen roll</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
         <x:v>Floralys</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Sofidel Sweden AB</x:v>
-[...830 lines deleted...]
-      <x:c t="str">
         <x:v>Metsä Tissue AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Pauliströms Bruk</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Pauliström</x:v>
-      </x:c>
-[...990 lines deleted...]
-        <x:v>Kisa</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Ravelli FB 3 kitchen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3005 0044</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kitchen roll</x:v>
       </x:c>
       <x:c t="str">
         <x:v>005 Tissue paper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ravelli</x:v>
       </x:c>
       <x:c t="str">