--- v0 (2025-12-13)
+++ v1 (2026-02-11)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf781c34d574b4784" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra5957984afa2486d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="Re33bae6f275c4fca"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="Rec404225670c4ff8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re33bae6f275c4fca" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rec404225670c4ff8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
@@ -68,50 +68,2130 @@
       </x:c>
       <x:c t="str">
         <x:v>Kitchen fittings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Epoq</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Elkjøp Nordic AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nydalsveien 18 A</x:v>
       </x:c>
       <x:c t="str">
         <x:v>OSLO</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Vedum, lucka Elsa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0045</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vedum Kök &amp; Bad AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>VEDUM</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HTH Front ES Base Grön</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0118, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HTH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>VEDUM KÖK, TVÄTT, lucka Nora grå</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0045</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vedum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vedum Kök &amp; Bad AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>VEDUM</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Grandekjøkken, sokkel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grande</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grande Fabrikker AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skjelbostad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Innfjorden</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Grandekjøkken, underskap</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grande</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grande Fabrikker AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skjelbostad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Innfjorden</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TAUMONA Wall cabinet with three shelves and lift-up bottom</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0158</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TAUMONA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Taumona</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ventos 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mažeikiai</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TAUMONA Wall cabinet with one shelf and lift-up bottom</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0158</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TAUMONA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Taumona</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ventos 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mažeikiai</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TAUMONA Wall cabinet with two shelves and lift-up bottom</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0158</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TAUMONA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Taumona</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ventos 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mažeikiai</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TAUMONA High cabinet for integrated oven and microwave oven with two doors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0158</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TAUMONA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Taumona</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ventos 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mažeikiai</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Lindö Hav</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Spotlightskiva Målad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Form Åska</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Lindö Granit Vitrin med krysspröjs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Fagerö Åska Vitrin med spröjs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Lindö Åska Vitrin med spröjs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Takanslutning Gryning målad MFC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Lindö Ek Vitrin med spröjs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Sockel Gryning målad MFC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Takanslutning MFC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Dekorskåp Granit målad MFC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Dekorskåp Frö målad MFC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Lindö Moln Vitrin med krysspröjs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Dekorsida Pärlspont Frö målad MDF</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Takanslutning Frost målad MFC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Baldakin Frost målad MFC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Baldakin Moln målad MFC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Rygg Åska målad MFC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Rygg Frö målad MFC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Dekorsida 16mm Målad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Rygg Målad Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Fagerö Åska</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Rygg Fanerad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Arkitekt Plus Hav</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0164, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Rygg Moln målad MFC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Ekbacken Svartbets</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAVSTORP dörr 60x40 beige - 30475271</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0169, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>METOD bänkhörnskstom 88x60x80 svartgrå - 10591686</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0171, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>METOD bänkskåpsstomMETOD 30x60x80 vit - 50417195</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0171, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>METOD bänkskåpsstomMETOD 80x37x80 vit - 10205628</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0171, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>METOD högskstomMETOD 60x60x220 vit - 90212564</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0171, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>METOD N ben 8 2st - 70556067</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0171, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>METOD N bänkhörnskstom 88x60x80 vit - 40596748</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0171, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>METOD täcklist vert 220 vit - 10244842</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0171, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>METOD väggskstom f inb köksfläkt 60x37x80 vit - 30547640</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0171, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>METOD väggskstomMETOD 60x37x40 vit - 30205533</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0171, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>METOD väggskstomMETOD 80x37x40 vit - 80205540</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0171, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>METOD överskstom k/f 60x60x40 vit - 40205537</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0171, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>UTRUSTA hpl 30x37 glas 2st - 20417413</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0171, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>UTRUSTA hpl 30x37 svartgrå 2st - 40591779</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0171, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>UTRUSTA hpl 60x60 vit 2st - 50205612</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0171, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>UTRUSTA hpl 80x37 svartgrå 2st - 90591786</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0171, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>UTRUSTA hpl 80x60 svartgrå 2st - 70591787</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0171, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>UTRUSTA hpl f bänkhsk 88 svartgrå - 10591790</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0171, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>UTRUSTA utdragbar arbetsyta - 00510577</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0171, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>KNIVSHULT låda hög 40x37 mörkgrå - 30600656</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0171, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>KNIVSHULT låda låg 80x60 mörkgrå - 40600670</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0171, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>KNIVSHULT låda med 60x60 mörkgrå - 30600675</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0171, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>KNIVSHULT låda med 80x37 mörkgrå - 10600676</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0171, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>KNIVSHULT lådfrnt med 60 mörkgrå - 80600705</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0171, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAVSTORP dörr 40x40 beige - 475263</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0169, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAVSTORP dörr 60x180 beige - 70475269</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0169, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAVSTORP lådfront 40x10 beige 2st - 40475275</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0169, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAVSTORP lådfront 60x20 beige - 60475279</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0169, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAVSTORP täcksida 39x86 beige - 50475251</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0169, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAVSTORP täcksida 62x80 beige - 30475285</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0169, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Epoq Trend Täcksidor</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2031 0130</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kitchen fittings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Epoq</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Elkjøp Nordic AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nydalsveien 18 A</x:v>
@@ -132,15662 +2212,14382 @@
       </x:c>
       <x:c t="str">
         <x:v>Kitchen fittings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Epoq</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Elkjøp Nordic AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nydalsveien 18 A</x:v>
       </x:c>
       <x:c t="str">
         <x:v>OSLO</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Vedum, lucka Elsa</x:v>
-[...2 lines deleted...]
-        <x:v>3031 0045</x:v>
+        <x:v>HTH Front EL Nordic Edge Golden Ivory</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0118, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HTH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>VALLSTENA dörr 60x100 vit - 20541686</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0169, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>VALLSTENA dörr 60x140 vit - 80541688</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0169, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>VALLSTENA dörr 60x200 vit - 40541690</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0169, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Epoq Bänkskäp</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0130</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Epoq</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elkjøp Nordic AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nydalsveien 18 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSLO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Epoq Högskåp för integrerade vitvaror</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0130</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Epoq</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elkjøp Nordic AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nydalsveien 18 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSLO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HTH Front ES Base Svart</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0118, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HTH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Epoq Trend Dörr</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0130</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Epoq</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elkjøp Nordic AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nydalsveien 18 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSLO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TAUMONA Base cabinet with one high drawer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0158</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TAUMONA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Taumona</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ventos 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mažeikiai</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TAUMONA Double door wall cabinet with two shelves and lift-up bottom</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0158</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TAUMONA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Taumona</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ventos 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mažeikiai</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TAUMONA Base cabinet with one shelf</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0158</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TAUMONA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Taumona</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ventos 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mažeikiai</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Helland Kök</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland Møbler AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stordal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Arkitekt Plus Frost</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0164, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Fagerö Gryning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Dekorsida Pärlspont Moln målad MDF</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Dekorsida Frö målad MDF</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Baldakin Granit målad MFC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Passbit Frö målad MFC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Sockel Granit målad MFC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Sockel Åska målad MFC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Sockel Frö målad MFC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Form Frost Vitrin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Lindö Tall</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Lindö Ek</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Rygg Pärlspont Tall målad MDF</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Fagerö Granit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Fagerö Frö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Lindö Granit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Form Granit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Ramsvik Ek Vitrin Räfflat Glas</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Ramsvik Ek</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Lindö Sand Vitrin med krysspröjs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Lindö Lin Vitrin med spröjs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Baldakin Fanerad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Fagerö Granit Vitrin med spröjs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Fagerö Frö Vitrin med spröjs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Takanslutning Frö målad MFC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Spotlightskiva Tall målad MDF</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Baldakin Gryning målad MFC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Arkitekt Plus Hav Vitrin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Arkitekt Plus Moln Vitrin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Form Tall Vitrin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>METOD bänkskåpsstomMETOD 20x60x80 svartgrå - 591696</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0171, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>METOD bänkskåpsstomMETOD 30x60x80 svartgrå - 60591698</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0171, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>METOD bänkskåpsstomMETOD 60x60x80 vit - 50205626</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0171, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>METOD bänkskåpsstomMETOD 80x37x80 svartgrå - 40591703</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0171, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>METOD högskstomMETOD 40x37x200 vit - 10212563</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0171, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>METOD N högskåpstomMETOD k/u 60x60x140 vit - 20385474</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0171, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>METOD täcklist vert 220 svartgrå - 60591684</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0171, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>METOD väggskstom f inb köksfläkt 60x37x100 vit - 10547641</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0171, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>METOD väggskstomMETOD 60x37x60 vit - 80205535</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0171, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>METOD väggskstomMETOD 60x37x80 svartgrå - 50591726</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0171, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>METOD väggskstomMETOD 80x37x100 svartgrå - 30591727</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0171, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>METOD väggskstomMETOD 80x37x80 vit - 70205526</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0171, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>METOD överskstom k/f 60x60x60 svartgrå - 70591706</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0171, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>UTRUSTA fast vent hpl 60x60 vit - 90213573</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0171, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>UTRUSTA gångjärn 95 ° 2st - 20204647</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0171, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>UTRUSTA hpl 30x60 vit 2st - 30417399</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0171, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>UTRUSTA hpl 40x37 svartgrå 2st - 80591782</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0171, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>UTRUSTA hpl 80x37 glas 2st - 20205604</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0171, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>KNIVSHULT låda låg 80x37 mörkgrå - 60600669</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0171, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>KNIVSHULT låda med 60x37 mörkgrå - 80600673</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0171, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>KNIVSHULT lådfrnt med 40 mörkgrå - 10600704</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0171, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAVSTORP dörr 40x100 beige - 60475260</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0169, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAVSTORP dörr 60x120 beige - 10475267</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0169, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAVSTORP dörr 60x140 beige - 90475268</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0169, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAVSTORP täcksida 39x106 beige - 90475249</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0169, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HTH Front 49 Glow</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0118, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HTH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Epoq Trend sockel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0130</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Epoq</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elkjøp Nordic AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nydalsveien 18 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSLO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Form Frost</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>VALLSTENA lådfront 40x10 vit 2st - 30541695</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0169, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>VALLSTENA dörr 40x100 vit - 70541679</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0169, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>VALLSTENA dörr 40x80 vit - 40541685</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0169, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>VALLSTENA dörr 30x60 vit - 10541677</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0169, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpstomme</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HTH GDS Front Slät Beige</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0164, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HTH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HTH GO skåpsstomme Dekor Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HTH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TAUMONA Doors for integrated refrigerator</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0158</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TAUMONA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Taumona</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ventos 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mažeikiai</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TAUMONA Doors for integrated dishwasher</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0158</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TAUMONA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Taumona</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ventos 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mažeikiai</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Grandekjøkken, overskap</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grande</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grande Fabrikker AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skjelbostad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Innfjorden</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TAUMONA High cabinet for integrated oven with doors and three drawers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0158</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TAUMONA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Taumona</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ventos 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mažeikiai</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TAUMONA Top cabinet above refrigerator with one shelf</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0158</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TAUMONA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Taumona</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ventos 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mažeikiai</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TAUMONA Base drawer cabinet with three drawers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0158</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TAUMONA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Taumona</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ventos 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mažeikiai</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Passbit Målad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Rygg MFC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Lindö Granit Vitrin med spröjs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Lindö Hav Vitrin med spröjs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Arkitekt Plus Ek Vitrin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Takanslutning Fanerad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Rygg Pärlspont Frö målad MDF</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Spotlightskiva Moln målad MDF</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Dekorsida Granit målad MDF</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Sockel Tall målad MFC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Arkitekt Plus Tall Vitrin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Rygg Tall målad MFC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Dekorskåp Tall målad MFC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Form Frö Vitrin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Sockel MFC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Spotlightskiva Hav målad MDF</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Front Hörnskåp Tall målad MFC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Lindö Frö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Lindö Sand</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Arkitekt Frost</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0164, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Aspö Granit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0164, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Arkitekt Plus Moln</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0164, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Front Hörnskåp Sand målad MFC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Dekorsida Sand målad MDF</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Epoq Hyllplan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0130</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Epoq</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elkjøp Nordic AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nydalsveien 18 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSLO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>METOD bänkskåpsstomMETOD 40x37x80 svartgrå - 40591699</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0171, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>METOD bänkskåpsstomMETOD 40x60x80 vit - 80213432</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0171, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>METOD högskstomMETOD 40x60x200 vit - 90212559</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0171, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>METOD högskstomMETOD 60x60x200 svartgrå - 70591693</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0171, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>METOD högskstomMETOD 60x60x220 svartgrå - 50591694</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0171, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>METOD högskstomMETOD 80x37x200 svartgrå - 20591695</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0171, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>METOD högskåpstomMETOD k/u 60x60x140 svartgrå - 30591732</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0171, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>METOD vägghörnskstom 68x37x100 svartgrå - 20591681</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0171, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>METOD vägghörnskstom 68x37x100 vit - 70215281</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0171, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>METOD vägghörnskstom 68x37x80 vit - 20205661</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0171, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>METOD väggskstom f inb köksfläkt 60x37x100 svartgrå - 40592217</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0171, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>METOD väggskstom f inb köksfläkt 80x37x100 vit - 547646</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0171, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>METOD väggskstomMETOD 40x37x100 svartgrå - 90591710</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0171, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>METOD väggskstomMETOD 60x37x80 vit - 30205528</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0171, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>METOD väggskstomMETOD 80x37x100 vit - 90205530</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0171, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>METOD väggskstomMETOD 80x37x60 vit - 60205522</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0171, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>UTRUSTA gångj m dämp f hori dr svart 2st - 70462479</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0171, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>UTRUSTA gångj m t-ö f hori dr vit 2st - 70462484</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0171, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>UTRUSTA hpl 40x37 glas 2st - 20213331</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0171, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>UTRUSTA hpl 40x60 svartgrå 2st - 60591783</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0171, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>UTRUSTA hpl 60x37 glas 2st - 90205605</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0171, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>KNIVSHULT låda hög 80x60 mörkgrå - 70600664</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0171, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>KNIVSHULT lådfrnt hög 40 mörkgrå - 50600698</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0171, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>KNIVSHULT utdrbar inredning 20 mörkgrå - 70600678</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0171, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>KNIVSHULT utdrbar inredning 30 mörkgrå - 50600679</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0171, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAVSTORP dek/krönli rund 221 beige - 60475255</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0169, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAVSTORP dörr 30x80 beige - 80475259</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0169, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAVSTORP frnt f diskmaskin 45x80 beige - 60475284</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0169, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tierp</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0168, 3031 0167, 3031 0167</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kitchen fittings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
-        <x:v>Vedum Kök &amp; Bad AB</x:v>
+        <x:v>Nordic Kitchen Group</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 7299</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>VALLSTENA dörr 60x60 vit - 541692</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0169, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>VALLSTENA dörr 60x80 vit - 80541693</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0169, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>VALLSTENA frnt f diskmaskin 45x80 vit - 30541704</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0169, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>VALLSTENA täcksida 39x80 vit - 40596588</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0169, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Epoq Trend Lädfronter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0130</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Epoq</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elkjøp Nordic AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nydalsveien 18 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSLO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Epoq Lister</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0130</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Epoq</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elkjøp Nordic AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nydalsveien 18 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSLO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HTH Front ES Base Base Dammgrön</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0118, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HTH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TAUMONA Wall cabinet with open section for microwave oven</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0158</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TAUMONA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Taumona</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ventos 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mažeikiai</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TAUMONA Corner wall cabinet with three shelves and lift-up bottom</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0158</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TAUMONA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Taumona</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ventos 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mažeikiai</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TAUMONA Double door wall cabinet with one shelf and lift-up bottom</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0158</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TAUMONA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Taumona</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ventos 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mažeikiai</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TAUMONA Corner wall cabinet with one shelf and lift-up bottom</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0158</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TAUMONA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Taumona</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ventos 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mažeikiai</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TAUMONA Wall cabinet for integrated hood</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0158</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TAUMONA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Taumona</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ventos 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mažeikiai</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Dekorsida Pärlspont Gryning målad MDF</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Rygg Pärlspont Gryning målad MDF</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Fagerö Frost Vitrin med spröjs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Spotlightskiva Gryning målad MDF</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Lindö Sand Vitrin med spröjs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Passbit Tall målad MFC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Form Granit Vitrin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Dekorskåp Hav målad MFC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Aspö Frost</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0164, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Arkitekt Plus Frö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0164, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Arkitekt Plus Granit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0164, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Arkitekt Plus Åska</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0164, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Arkitekt Plus Bark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0164, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Dekorsida Pärlspont Sand målad MDF</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Dekorsida Pärlspont Åska målad MDF</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Rygg Sand målad MFC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Rygg Pärlspont Moln målad MDF</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Dekorsida Pärlspont Frost målad MDF</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Dekorsida Åska målad MDF</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Passbit Frost målad MFC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Front Hörnskåp Granit målad MFC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Fagerö Tall</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Fagerö Frost</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Lindö Moln</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Passbit Fanerad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Passbit MFC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Form Hav</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Lindö Åska Vitrin med krysspröjs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Aspö Sand</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0164, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HTH ES Front ES Base Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0118, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HTH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>METOD bänkskåpsstomMETOD 30x37x80 svartgrå - 80591697</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0171, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>METOD bänkskåpsstomMETOD 40x60x80 svartgrå - 591700</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0171, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>METOD bänkskåpsstomMETOD 60x37x80 svartgrå - 80591701</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0171, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>METOD bänkskåpsstomMETOD 60x37x80 vit - 50205631</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0171, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>METOD bänkskåpsstomMETOD 60x60x80 svartgrå - 60591702</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0171, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>METOD bänkskåpsstomMETOD 80x60x80 svartgrå - 20591704</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0171, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>METOD högskstomMETOD 40x37x200 svartgrå - 50591689</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0171, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>METOD högskstomMETOD 40x60x200 svartgrå - 30591690</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0171, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>METOD högskåpstomMETOD k/u 60x60x220 svartgrå - 70591688</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0171, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>METOD vägghörnskstom 68x37x80 svartgrå - 80591683</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0171, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>METOD väggskstomMETOD 40x37x80 vit - 70205531</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0171, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>METOD väggskstomMETOD 60x37x40 svartgrå - 60591716</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0171, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>METOD överskåp 40x60x40 vit - 60224078</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0171, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>UTRUSTA hpl 30x37 vit 2st - 30417342</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0171, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>UTRUSTA hpl 40x37 vit 2st - 40205622</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0171, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>UTRUSTA hpl 60x60 svartgrå 2st - 10591785</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0171, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>UTRUSTA hpl vägghörnskp 68 vit - 00205662</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0171, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>KNIVSHULT låda hög 40x60 mörkgrå - 10600657</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0171, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>KNIVSHULT låda hög 60x45 mörkgrå - 70600659</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0171, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>KNIVSHULT låda hög 60x60 mörkgrå - 50600660</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0171, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>KNIVSHULT låda med 40x37 mörkgrå - 20600671</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0171, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>KNIVSHULT lådfrnt med 80 mörkgrå - 60600706</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0171, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAVSTORP dörr 40x80 beige - 50475265</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0169, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAVSTORP lådfront 40x40 beige - 475277</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0169, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAVSTORP lådfront 60x40 beige - 40475280</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0169, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAVSTORP täcksida 62x220 beige - 10475253</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0169, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HTH Front 48 One</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0118, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HTH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HTH Front 28 Stockholm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0118, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HTH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HTH 28 Stockholm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0118, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HTH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>VALLSTENA dörr 60x120 vit - 541687</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0169, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>VALLSTENA lådfront 40x20 vit - 10541696</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0169, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Epoq Pilastrar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0130</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Epoq</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elkjøp Nordic AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nydalsveien 18 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSLO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HTH Front XO Nova Dammgrå</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HTH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HTH Front 38 Slät Dammgrå</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0164, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HTH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Grandekjøkken, høyskap</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grande</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grande Fabrikker AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skjelbostad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Innfjorden</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TAUMONA Double door sink cabinet</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0158</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TAUMONA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Taumona</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ventos 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mažeikiai</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TAUMONA Top cabinet above refrigerator and with two shelves</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0158</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TAUMONA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Taumona</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ventos 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mažeikiai</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TAUMONA Base sink cabinet</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0158</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TAUMONA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Taumona</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ventos 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mažeikiai</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sintra</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0161</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sintra</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ballingslöv AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Albins väg 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ballingslöv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Lindö Moln Vitrin med spröjs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Form Frö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Front Hörnskåp Åska målad MFC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Front Hörnskåp Hav målad MFC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Dekorsida Hav målad MDF</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Front Hörnskåp Frost målad MFC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Dekorsida 16mm MFC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Baldakin MFC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Form Tall</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Epoq Trend Monteringsram</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0130</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Epoq</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elkjøp Nordic AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nydalsveien 18 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSLO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>METOD bänkskåpsstomMETOD 40x37x80 vit - 30205632</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0171, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>METOD högskstomMETOD 60x37x200 svartgrå - 90591692</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0171, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>METOD högskåpstomMETOD k/u 60x60x200 svartgrå - 90591687</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0171, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>METOD vägghörnskstom 68x37x60 svartgrå - 591682</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0171, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>METOD väggskstom f inb köksfläkt 60x37x80 svartgrå - 592219</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0171, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>METOD väggskstomMETOD 60x37x100 svartgrå - 80591715</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0171, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>METOD överskstom k/f 60x60x40 svartgrå - 90591705</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0171, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>UTRUSTA fast vent hpl 60x60 svartgrå - 80591777</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0171, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>UTRUSTA hpl 40x60 vit 2st - 30205613</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0171, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>UTRUSTA hpl 80x37 vit 2st - 10205609</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0171, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>UTRUSTA hpl vägghörnskp 68 glas - 80205663</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0171, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>UTRUSTA NN gångj m inb dmpr f kök 110 ° 2st - 80524882</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0171, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>KNIVSHULT låda hög 80x37 mörkgrå - 30600661</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0171, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>KNIVSHULT låda låg 40x37 mörkgrå - 40600665</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0171, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>KNIVSHULT låda låg 60x37 mörkgrå - 600667</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0171, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>KNIVSHULT låda låg 60x60 mörkgrå - 80600668</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0171, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>KNIVSHULT låda med 80x60 mörkgrå - 90600677</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0171, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>KNIVSHULT lådfrnt hög 80 mörkgrå - 90600700</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0171, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAVSTORP dörr 40x200 beige - 20475262</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0169, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAVSTORP lådfront 40x20 beige - 20475276</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0169, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAVSTORP täcksida 39x240 beige - 70475250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0169, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAVSTORP täcksida 62x240 beige - 90475254</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0169, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Aspekt Frost</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0164, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Dekorsida Moln målad MDF</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Rygg Pärlspont Åska målad MDF</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Sockel Sand målad MFC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Dekorsida Tall målad MDF</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Dekorsida Pärlspont Tall målad MDF</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Dekorsida Pärlspont Granit målad MDF</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Fagerö Hav Vitrin med spröjs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Rygg Pärlspont Granit målad MDF</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Rygg Pärlspont Hav målad MDF</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Spotlightskiva Frö målad MDF</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Rygg Frost målad MFC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Form Moln Vitrin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Rygg Hav målad MFC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HTH Front 52 Oslo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0118, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HTH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HTH Front ES Base Gråblå</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0118, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HTH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HTH Front EL Nordic Edge Dammgrå</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0118, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HTH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>VALLSTENA lådfront 60x20 vit - 50541699</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0169, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>VALLSTENA lådfront 80x20 vit - 70541702</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0169, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>VALLSTENA täcksida 39x100 vit - 80596586</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0169, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HTH Front 36 Slät Beige</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0164, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HTH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HTH GDS Front Slät Dammgrå</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0164, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HTH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Epoq Högskåp</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0130</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Epoq</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elkjøp Nordic AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nydalsveien 18 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSLO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TAUMONA High cabinet for integrated refrigerator with separate doors for freezer and shelves</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0158</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TAUMONA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Taumona</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ventos 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mažeikiai</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TAUMONA Corner wall cabinet with two shelves and lift-up bottom</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0158</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TAUMONA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Taumona</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ventos 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mažeikiai</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TAUMONA Base corner cabinet with one shelf</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0158</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TAUMONA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Taumona</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ventos 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mažeikiai</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Grandekjøkken, foringer og dekksider</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grande</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grande Fabrikker AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skjelbostad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Innfjorden</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Form Sand Vitrin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Form Hav Vitrin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Lindö Tall Vitrin med krysspröjs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Lindö Frost Vitrin med spröjs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Passbit Åska målad MFC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Passbit Hav målad MFC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Sockel Hav målad MFC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Dekorsida 16mm Fanerad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Öland Frost</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Sockel Fanerad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Fagerö Sand</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Form Gryning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Lindö Gryning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Arkitekt Plus Gryning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0164, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Dekorskåp Moln målad MFC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Dekorskåp Gryning målad MFC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Baldakin Åska målad MFC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Dekorsida Pärlspont Hav målad MDF</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Front Hörnskåp Moln målad MFC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Rygg Pärlspont Sand målad MDF</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Sockel Moln målad MFC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Arkitekt Plus Frost Vitrin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EKO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0168, 3031 0167, 3031 0167</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
-        <x:v>VEDUM</x:v>
-[...4 lines deleted...]
-        <x:v>HTH Front ES Base Grön</x:v>
+        <x:v>Nordic Kitchen Group</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 7299</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>METOD bänkhörnskstom 128x60x80 svartgrå - 30591685</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0171, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>METOD bänksk f inbugn/diskb 60x60x80 vit - 70213569</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0171, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>METOD bänksk f inbugn/diskb 80x60x80 vit - 50215475</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0171, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>METOD högskstomMETOD 40x60x220 svartgrå - 10591691</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0171, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>METOD högskåpstomMETOD k/u 60x60x220 vit - 50213570</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0171, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>METOD vägghörnskstom 68x37x60 vit - 212554</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0171, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>METOD väggskstom f inb köksfläkt 80x37x60 svartgrå - 60592221</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0171, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>METOD väggskstom f inb köksfläkt 80x37x80 svartgrå - 40592222</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0171, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>METOD väggskstomMETOD 20x37x80 svartgrå - 50591707</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0171, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>METOD väggskstomMETOD 20x37x80 vit - 80252112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0171, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>METOD väggskstomMETOD 30x37x60 svartgrå - 30591708</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0171, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>METOD väggskstomMETOD 40x37x40 vit - 10205529</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0171, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>METOD väggskstomMETOD 40x37x80 svartgrå - 10591714</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0171, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>METOD väggskstomMETOD 80x37x60 svartgrå - 90591729</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0171, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>METOD överskstom k/f 60x60x60 vit - 205539</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0171, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>UTRUSTA gångj m dämp f hori dr vit 2st - 50462480</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0171, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>UTRUSTA hpl 80x60 vit 2st - 70205611</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0171, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>UTRUSTA hpl f bänkhsk 88 vit - 80277650</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0171, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>KNIVSHULT låda med 40x60 mörkgrå - 600672</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0171, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAVSTORP dörr 20x80 beige - 20475257</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0169, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAVSTORP dörr 40x140 beige - 40475261</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0169, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>VALLSTENA drr f bnkhrnskp 2d 25x80 vit - 60541694</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0169, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>VALLSTENA dörr 20x80 vit - 30541676</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0169, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>VALLSTENA dörr 30x80 vit - 90541678</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0169, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>VALLSTENA lådfront 60x10 vit 2st - 70541698</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0169, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>VALLSTENA täcksida 39x240 vit - 60596587</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0169, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HTH skåpsstomme Dekor Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HTH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Greenline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0135</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rotpunkt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rotpunkt Küchen GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ladestraße 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bünde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Grandekjøkken</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grande</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grande Fabrikker AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skjelbostad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Innfjorden</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TAUMONA High cabinet for integrated oven with two doors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0158</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TAUMONA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Taumona</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ventos 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mažeikiai</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TAUMONA Double door wall cabinet with three shelves and lift-up bottom</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0158</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TAUMONA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Taumona</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ventos 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mažeikiai</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TAUMONA High cabinet for integrated oven and microwave oven with doors and drawers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0158</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TAUMONA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Taumona</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ventos 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mažeikiai</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TAUMONA Top cabinet above refrigerator and with three shelves</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0158</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TAUMONA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Taumona</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ventos 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mažeikiai</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TAUMONA Base cabinet for integrated oven with one drawer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0158</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TAUMONA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Taumona</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ventos 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mažeikiai</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HTH GDS Front Glow</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3031 0118, 3031 0007</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kitchen fittings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HTH</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nobia AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 70376</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stockholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>VEDUM KÖK, TVÄTT, lucka Nora grå</x:v>
-[...20 lines deleted...]
-        <x:v>Vedum Kök &amp; Bad AB</x:v>
+        <x:v>MARBODAL Tillbehör Takanslutning Tall målad MFC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Spotlightskiva Granit målad MDF</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Arkitekt Plus Sand</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0164, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Baldakin Sand målad MFC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Passbit Sand målad MFC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Takanslutning Sand målad MFC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Dekorskåp Sand målad MFC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
-        <x:v>VEDUM</x:v>
-[...68 lines deleted...]
-        <x:v>TAUMONA Wall cabinet with three shelves and lift-up bottom</x:v>
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Dekorsida Gryning målad MDF</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Spotlightskiva Frost målad MDF</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Rygg Gryning målad MFC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Front Hörnskåp Frö målad MFC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Lindö Frost</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Form Moln</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Dekorsida Frost målad MDF</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Arkitekt Plus Granit Vitrin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Rygg Granit målad MFC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Baldakin Målad Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Form Åska Vitrin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Aspekt Frost Vitrin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Ramsvik Ek Vitrin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Sockel Målad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Fagerö Hav</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Vinga Granit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Fagerö Tall Vitrin med spröjs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Fagerö Sand Vitrin med spröjs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Fagerö Moln Vitrin med spröjs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Ekbacken brunbets</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Lindö Frost Vitrin med krysspröjs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Lindö Tall Vitrin med spröjs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Arkitekt Plus Åska Vitrin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Ekbacken Natur</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HTH Front XP Nova Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0118, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HTH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HTH Front 19 Slät Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0118, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HTH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HTH Front EL Nordic Edge Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0118, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HTH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HTH korpustillbehör Decor Base Supermatt LS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0118, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HTH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HTH Front ES Base Mokka</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0118, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HTH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Idre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0168, 3031 0167, 3031 0167</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Kitchen Group</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 7299</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>METOD bänksk f inbugn/diskb 60x60x80 svartgrå - 80591678</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0171, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>METOD bänksk f inbugn/diskb 80x60x80 svartgrå - 60591679</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0171, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>METOD bänkskåpsstomMETOD 80x60x80 vit - 10205633</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0171, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>METOD högskåpstomMETOD k/u 60x60x200 vit - 90213568</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0171, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>METOD N bänkhörnskstom 128x60x80 vit - 40596753</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0171, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>METOD väggskstom f inb köksfläkt 80x37x100 svartgrå - 80592220</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0171, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>METOD väggskstom f inb köksfläkt 80x37x60 vit - 90547642</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0171, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>METOD väggskstomMETOD 40x37x100 vit - 50205532</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0171, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>METOD väggskstomMETOD 40x37x60 vit - 10205534</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0171, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>METOD väggskstomMETOD 60x37x100 vit - 20205538</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0171, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>METOD väggskstomMETOD 80x37x40 svartgrå - 10591728</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0171, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>METOD väggskstomMETOD 80x37x80 svartgrå - 70591730</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0171, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>UTRUSTA hpl 20x60 svartgrå 2st - 60591778</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0171, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>UTRUSTA hpl 60x37 svartgrå 2st - 40591784</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0171, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>UTRUSTA hpl f bänkhsk 128 svartgrå - 30591789</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0171, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>UTRUSTA hpl vägghörnskp 68 svartgrå - 50591788</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0171, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>UTRUSTA N hpl f bänkhsk 128 vit - 60596771</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0171, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>KNIVSHULT låda hög 60x37 mörkgrå - 90600658</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0171, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>KNIVSHULT låda låg 40x60 mörkgrå - 20600666</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0171, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>KNIVSHULT lådfrnt låg 40 mörkgrå - 70600701</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0171, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>KNIVSHULT tryck-och-öppna-beslag för låda 37cm - 605009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0171, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAVSTORP dörr 40x60 beige - 80475264</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0169, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAVSTORP dörr 60x100 beige - 30475266</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0169, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAVSTORP lådfront 80x10 beige 2st - 20475281</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0169, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>VALLSTENA dörr 40x140 vit - 30541681</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0169, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>VALLSTENA dörr 40x200 vit - 10541682</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0169, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>VALLSTENA dörr 60x180 vit - 60541689</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0169, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>VALLSTENA dörr 60x40 vit - 20541691</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0169, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>VALLSTENA lådfront 40x40 vit - 90541697</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0169, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>VALLSTENA lådfront 60x40 vit - 10541700</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0169, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>VALLSTENA lådfront 80x40 vit - 50541703</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0169, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>VALLSTENA täcksida 62x240 vit - 40596593</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0169, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Epoq Väggskåp</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0130</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Epoq</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elkjøp Nordic AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nydalsveien 18 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSLO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HTH Front 46 Slät Grå</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0118, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HTH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HTH Front ES Base Mörk Sand</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0118, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HTH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TAUMONA Double door base cabinet with one shelf</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3031 0158</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kitchen fittings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>TAUMONA</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Taumona</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ventos 8</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Mažeikiai</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>TAUMONA Wall cabinet with one shelf and lift-up bottom</x:v>
-[...831 lines deleted...]
-        <x:v>MARBODAL Skåpslucka Arkitekt Plus Hav</x:v>
+        <x:v>Primo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0161</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ballingslöv AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Albins väg 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ballingslöv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>VALLSTENA dörr 40x60 vit - 70541684</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0169, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>VALLSTENA dörr 40x40 vit - 90541683</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0169, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>VALLSTENA lådfront 80x10 vit 2st - 90541701</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0169, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>VALLSTENA täcksida 62x220 vit - 80596591</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0169, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>VALLSTENA täcksida 62x80 vit - 20596594</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0169, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Aspö Moln</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3031 0164, 3031 0007</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kitchen fittings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Marbodal</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nobia AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 70376</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stockholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>MARBODAL Tillbehör Rygg Moln målad MFC</x:v>
-[...1055 lines deleted...]
-        <x:v>HTH Front EL Nordic Edge Golden Ivory</x:v>
+        <x:v>MARBODAL Skåpslucka Arkitekt Plus Tall</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0164, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Passbit Moln målad MFC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Spotlightskiva Sand målad MDF</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Takanslutning Moln målad MFC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Öland Frost Vitrin med spröjs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Marbodal Skåpslucka Saltö</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3031 0118, 3031 0007</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kitchen fittings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Lindö Frö Vitrin med spröjs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Lindö Frö Vitrin med krysspröjs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Front Hörnskåp Gryning MFC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Takanslutning Åska målad MFC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Lindö Hav Vitrin med krysspröjs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Passbit Gryning målad MFC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Arkitekt Plus Frö Vitrin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Arkitekt Plus Sand Vitrin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Dekorskåp Frost målad MFC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Dekorskåp Åska målad MFC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Takanslutning Målad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Takanslutning Hav målad MFC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Takanslutning Granit målad MFC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Spotlightskiva Åska målad MDF</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Rygg Pärlspont Frost målad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Baldakin Tall målad MFC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Baldakin Frö målad MFC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Passbit Granit målad MFC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Baldakin Hav målad MFC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Tillbehör Sockel Frost målad MFC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Lindö Åska</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Fagerö Moln</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Form Sand</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0007, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HTH Front 47 Mood</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0118, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
         <x:v>HTH</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nobia AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 70376</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stockholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Epoq Bänkskäp</x:v>
+        <x:v>HTH Front ES Base Golden Ivory</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0118, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HTH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Skåpslucka Malevik Brun</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0118, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen fittings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Epoq Trend Hörnfront</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2031 0130</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kitchen fittings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Epoq</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Elkjøp Nordic AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nydalsveien 18 A</x:v>
       </x:c>
       <x:c t="str">
         <x:v>OSLO</x:v>
-      </x:c>
-[...13438 lines deleted...]
-        <x:v>Stockholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>HAVSTORP lådfront 80x20 beige - 475282</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3031 0169, 3031 0169</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kitchen fittings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>IKEA</x:v>
       </x:c>
       <x:c t="str">