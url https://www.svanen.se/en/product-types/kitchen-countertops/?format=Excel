--- v0 (2025-12-31)
+++ v1 (2026-02-20)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R710fda74e42f4828" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re30f662d509744e3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R3d8f2617caa8460b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="Ra7d3da563d8343ec"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3d8f2617caa8460b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra7d3da563d8343ec" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
@@ -356,4506 +356,4538 @@
       </x:c>
       <x:c t="str">
         <x:v>Kitchen countertops</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vedum</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vedum Kök &amp; Bad AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>VEDUM</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>GreenGridz</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0173</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen countertops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dekker Nordic AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Källhultsvängen 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Töcksfors</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Massivt trä från HORN – Kärna av ask (alla tjocklekar och kombinationer, inklusive ytbehandling)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0116</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen countertops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HORN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Horn Bordplader</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Farvervej 40</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aulum</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EKBACKEN mb-bs 45.1-63.5x2.8 grbei stenmö/laminat - 90604312</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0169, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen countertops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>EKBACKEN N mb-bs 30-45x2.8 vit marmormö/laminat - 30609020</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3031 0169, 3031 0169</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kitchen countertops</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>IKEA</x:v>
       </x:c>
       <x:c t="str">
         <x:v>IKEA</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Marknadsvägen 2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ödåkra</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>EKBACKEN mb-bs 45.1-63.5x2.8 grbei stenmö/laminat - 90604312</x:v>
+        <x:v>White Marble laminate worktop - K023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0172</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen countertops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DESK-FORM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Desk - Form a.s.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osada Dukla 238</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ujezdecek</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Black laminate worktop - A190</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0172</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen countertops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DESK-FORM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Desk - Form a.s.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osada Dukla 238</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ujezdecek</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Light Grey Concrete laminate worktop - K200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0172</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen countertops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DESK-FORM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Desk - Form a.s.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osada Dukla 238</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ujezdecek</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Black Concrete laminate worktop - K205</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0172</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen countertops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DESK-FORM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Desk - Form a.s.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osada Dukla 238</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ujezdecek</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Concrete Flow laminate worktop - K350</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0172</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen countertops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DESK-FORM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Desk - Form a.s.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osada Dukla 238</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ujezdecek</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bright Ash laminate worktop - 5442</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0172</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen countertops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DESK-FORM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Desk - Form a.s.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osada Dukla 238</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ujezdecek</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Cream Navona laminate worktop - K367</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0172</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen countertops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DESK-FORM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Desk - Form a.s.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osada Dukla 238</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ujezdecek</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Cloud Nebula laminate worktop - K369</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0172</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen countertops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DESK-FORM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Desk - Form a.s.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osada Dukla 238</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ujezdecek</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>White super matt laminate backsplash - 4771</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0172</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen countertops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DESK-FORM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Desk - Form a.s.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osada Dukla 238</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ujezdecek</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Carbon Wood laminate backsplash - K016</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0172</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen countertops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DESK-FORM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Desk - Form a.s.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osada Dukla 238</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ujezdecek</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Concrete Flow laminate backsplash - K350</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0172</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen countertops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DESK-FORM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Desk - Form a.s.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osada Dukla 238</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ujezdecek</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dark Grey Marble laminate backsplash - 4932</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0172</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen countertops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DESK-FORM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Desk - Form a.s.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osada Dukla 238</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ujezdecek</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vedum Laminatbänkskiva 3006 Carrara Marble</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0045</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen countertops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vedum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vedum Kök &amp; Bad AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>VEDUM</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vedum Laminatbänkskiva 2019 Willow white</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0045</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen countertops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vedum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vedum Kök &amp; Bad AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>VEDUM</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vedum Laminatbänkskiva 3043 Aperol</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0045</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen countertops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vedum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vedum Kök &amp; Bad AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>VEDUM</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vedum Laminatbänkskiva 2024 Oljad ek</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0045</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen countertops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vedum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vedum Kök &amp; Bad AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>VEDUM</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vedum Laminatbänkskiva 3048 Cascia Granite Light</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0045</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen countertops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vedum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vedum Kök &amp; Bad AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>VEDUM</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Massivt trä från HORN – Termobehandlad ask (alla tjocklekar och kombinationer, inklusive ytbehandling)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0116</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen countertops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HORN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Horn Bordplader</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Farvervej 40</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aulum</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Massivt trä från HORN – Eur. Körsbär (alla tjocklekar och kombinationer, inklusive ytbehandling)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0116</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen countertops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HORN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Horn Bordplader</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Farvervej 40</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aulum</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Massivt trä från HORN – bok (alla tjocklekar och kombinationer, inklusive ytbehandling)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0116</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen countertops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HORN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Horn Bordplader</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Farvervej 40</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aulum</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EKBACKEN mb-bs 45.1-63.5x2.8 askmönstrad/laminat - 50348135</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3031 0169, 3031 0169</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kitchen countertops</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>IKEA</x:v>
       </x:c>
       <x:c t="str">
         <x:v>IKEA</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Marknadsvägen 2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ödåkra</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Massivt trä från HORN – Kärna av ask (alla tjocklekar och kombinationer, inklusive ytbehandling)</x:v>
+        <x:v>EKBACKEN mb-bs 63.6-125x2.8 vit högglans/laminat - 10345474</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0169, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen countertops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EKBACKEN mb-bs 63.6-125x2.8 vit liv marmmö/laminat - 90570345</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0169, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen countertops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Industrial Concrete laminate worktop - K028</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0172</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen countertops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DESK-FORM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Desk - Form a.s.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osada Dukla 238</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ujezdecek</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Black Marble laminate worktop - 6127</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0172</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen countertops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DESK-FORM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Desk - Form a.s.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osada Dukla 238</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ujezdecek</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rusty Flow laminate worktop - K351</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0172</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen countertops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DESK-FORM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Desk - Form a.s.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osada Dukla 238</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ujezdecek</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Oak Effect laminate worktop - 2105</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0172</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen countertops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DESK-FORM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Desk - Form a.s.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osada Dukla 238</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ujezdecek</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Black Stone laminate worktop - A204</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0172</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen countertops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DESK-FORM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Desk - Form a.s.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osada Dukla 238</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ujezdecek</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>White Light Grey Stone Effect laminate backsplash - 2604</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0172</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen countertops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DESK-FORM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Desk - Form a.s.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osada Dukla 238</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ujezdecek</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vedum Laminatbänkskiva 3018 Kings Marble Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0045</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen countertops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vedum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vedum Kök &amp; Bad AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>VEDUM</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vedum Laminatbänkskiva 3016 Cento FG-yta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0045</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen countertops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vedum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vedum Kök &amp; Bad AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>VEDUM</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Massivt trä från HORN – Termobok (alla tjocklekar och kombinationer, inklusive ytbehandling)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5031 0116</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kitchen countertops</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HORN</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Horn Bordplader</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Farvervej 40</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aulum</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>White Marble laminate worktop - K023</x:v>
-[...383 lines deleted...]
-        <x:v>Vedum Laminatbänkskiva 3006 Carrara Marble</x:v>
+        <x:v>Massivt trä från HORN – Ek (alla tjocklekar och kombinationer, inklusive ytbehandling)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0116</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen countertops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HORN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Horn Bordplader</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Farvervej 40</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aulum</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Massivt trä från HORN – Lönn (alla tjocklekar och kombinationer, inklusive ytbehandling)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0116</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen countertops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HORN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Horn Bordplader</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Farvervej 40</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aulum</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EKBACKEN mb-bs 30-45x2.8 svart/laminat - 60589662</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0169, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen countertops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Kompaktlaminat Bänkskiva Frost med svart kärna</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0154, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen countertops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EKBACKEN mb-bs 45.1-63.5x2.8 brun valnötsm/laminat - 90449590</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0169, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen countertops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EKBACKEN mb-bs 45.1-63.5x2.8 svart/laminat - 20589664</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0169, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen countertops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EKBACKEN mb-bs 45.1-63.5x2.8 terrakmö/laminat - 90609055</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0169, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen countertops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EKBACKEN mb-bs 45.1-63.5x2.8 vit högglans/laminat - 80345461</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0169, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen countertops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EKBACKEN mb-bs 63.6-125x2.8 svart/laminat - 70589666</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0169, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen countertops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Black Brazil laminate worktop - A210</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0172</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen countertops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DESK-FORM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Desk - Form a.s.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osada Dukla 238</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ujezdecek</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dovetail Arosa laminate worktop - K538</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0172</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen countertops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DESK-FORM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Desk - Form a.s.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osada Dukla 238</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ujezdecek</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Light Grey Concrete laminate backsplash - K200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0172</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen countertops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DESK-FORM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Desk - Form a.s.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osada Dukla 238</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ujezdecek</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Black Marble laminate backsplash - 6127</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0172</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen countertops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DESK-FORM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Desk - Form a.s.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osada Dukla 238</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ujezdecek</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>White Marble laminate backsplash - 4634</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0172</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen countertops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DESK-FORM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Desk - Form a.s.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osada Dukla 238</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ujezdecek</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Cream Navona laminate backsplash - K367</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0172</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen countertops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DESK-FORM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Desk - Form a.s.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osada Dukla 238</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ujezdecek</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Crema Limestone laminate backsplash - K209</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0172</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen countertops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DESK-FORM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Desk - Form a.s.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osada Dukla 238</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ujezdecek</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Cloud Nebula laminate backsplash - K369</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0172</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen countertops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DESK-FORM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Desk - Form a.s.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osada Dukla 238</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ujezdecek</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vedum Laminatbänkskiva 5002 Chromix Silver</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3031 0045</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kitchen countertops</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vedum</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vedum Kök &amp; Bad AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>VEDUM</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Vedum Laminatbänkskiva 2019 Willow white</x:v>
+        <x:v>Massivt trä från HORN – Ask (alla tjocklekar och kombinationer, inklusive ytbehandling)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0116</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen countertops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HORN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Horn Bordplader</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Farvervej 40</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aulum</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Massivt trä från HORN – amerikansk valnöt (alla tjocklekar och kombinationer, inklusive ytbehandling)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0116</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen countertops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HORN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Horn Bordplader</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Farvervej 40</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aulum</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Grande bord- og benkeplate, høytrykkslaminat, alle farger og størrelser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0094</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen countertops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grande</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grande Fabrikker AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skjelbostad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Innfjorden</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TAUMONA Worktop 38mm MFC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0158</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen countertops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TAUMONA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Taumona</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ventos 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mažeikiai</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HTH Laminatbänkskiva 20 och 30 mm med rakkantad laminatkant eller F32 laminatkant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0154, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen countertops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HTH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EKBACKEN mb-bs 30-45x2.8 plywood mönstrad/laminat - 50609038</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0169, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen countertops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EKBACKEN mb-bs 30-45x2.8 vit liv marmomö/laminat - 40570343</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0169, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen countertops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EKBACKEN mb-bs 45.1-63.5x2.8 grå terrazzom/laminat - 20609006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0169, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen countertops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EKBACKEN mb-bs 63.6-125x2.8 grbei stenmö/laminat - 70604313</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0169, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen countertops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EKBACKEN mb-bs 63.6-125x2.8 terrakmö/laminat - 70609056</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0169, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen countertops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EKBACKEN N mb-bs 63.6-125x2.8 vit marmormö/laminat - 90609022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0169, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen countertops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EKBACKEN mb-bs 45.1-63.5x2.8 ljgrå betongm/laminat - 90395436</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0169, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen countertops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Galaxus laminate worktop - K553</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0172</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen countertops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DESK-FORM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Desk - Form a.s.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osada Dukla 238</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ujezdecek</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Charcoal Flow laminate worktop - K353</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0172</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen countertops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DESK-FORM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Desk - Form a.s.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osada Dukla 238</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ujezdecek</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Amber Baroque Oak laminate worktop - K536</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0172</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen countertops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DESK-FORM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Desk - Form a.s.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osada Dukla 238</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ujezdecek</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Crema Limestone laminate worktop - K209</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0172</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen countertops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DESK-FORM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Desk - Form a.s.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osada Dukla 238</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ujezdecek</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Black Brazil laminate backsplash - A210</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0172</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen countertops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DESK-FORM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Desk - Form a.s.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osada Dukla 238</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ujezdecek</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>White laminate backsplash - 4974</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0172</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen countertops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DESK-FORM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Desk - Form a.s.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osada Dukla 238</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ujezdecek</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>White Marble laminate backsplash - K023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0172</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen countertops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DESK-FORM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Desk - Form a.s.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osada Dukla 238</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ujezdecek</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Light Terrazzo Marble laminate backsplash - K095</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0172</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen countertops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DESK-FORM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Desk - Form a.s.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osada Dukla 238</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ujezdecek</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Black Concrete laminate backsplash - K205</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0172</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen countertops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DESK-FORM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Desk - Form a.s.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osada Dukla 238</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ujezdecek</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Grey Albus laminate backsplash - K540</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0172</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen countertops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DESK-FORM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Desk - Form a.s.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osada Dukla 238</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ujezdecek</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Black Stone laminate backsplash - A204</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0172</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen countertops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DESK-FORM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Desk - Form a.s.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osada Dukla 238</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ujezdecek</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Light Concrete laminate backsplash - 5331</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0172</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen countertops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DESK-FORM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Desk - Form a.s.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osada Dukla 238</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ujezdecek</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vedum Laminatbänkskiva 3033 Granat skiffer ljus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3031 0045</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kitchen countertops</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vedum</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vedum Kök &amp; Bad AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>VEDUM</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Vedum Laminatbänkskiva 3043 Aperol</x:v>
+        <x:v>Massivt trä från HORN – Thermo-ek (alla tjocklekar och kombinationer, inklusive ytbehandling)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0116</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen countertops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HORN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Horn Bordplader</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Farvervej 40</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aulum</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HORN XP laminat (alla tjocklekar och inkl. ABS eller kantlist)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0116</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen countertops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HORN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Horn Bordplader</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Farvervej 40</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aulum</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MARBODAL Laminatbänkskiva 20 och 30 mm rak kant m kantlist MF1 eller MF1 Plus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0154, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen countertops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marbodal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Carbon Wood laminate worktop - K016</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0172</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen countertops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DESK-FORM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Desk - Form a.s.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osada Dukla 238</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ujezdecek</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Light Terrazzo Marble laminate worktop - K095</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0172</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen countertops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DESK-FORM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Desk - Form a.s.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osada Dukla 238</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ujezdecek</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beige Stone laminate worktop - 2106</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0172</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen countertops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DESK-FORM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Desk - Form a.s.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osada Dukla 238</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ujezdecek</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Concrete laminate worktop - 4632</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0172</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen countertops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DESK-FORM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Desk - Form a.s.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osada Dukla 238</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ujezdecek</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Light Concrete laminate worktop - 5331</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0172</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen countertops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DESK-FORM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Desk - Form a.s.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osada Dukla 238</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ujezdecek</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Light Grey Mineral laminate worktop - 4929</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0172</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen countertops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DESK-FORM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Desk - Form a.s.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osada Dukla 238</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ujezdecek</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>White Gloss laminate backsplash - 9417</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0172</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen countertops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DESK-FORM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Desk - Form a.s.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osada Dukla 238</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ujezdecek</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Industrial Concrete laminate backsplash - K028</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0172</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen countertops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DESK-FORM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Desk - Form a.s.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osada Dukla 238</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ujezdecek</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Black super matt laminate backsplash - 0190</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0172</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen countertops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DESK-FORM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Desk - Form a.s.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osada Dukla 238</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ujezdecek</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Granite White laminate backsplash - A483</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0172</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen countertops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DESK-FORM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Desk - Form a.s.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osada Dukla 238</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ujezdecek</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>White Iceberg Marble laminate backsplash - K552</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0172</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen countertops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DESK-FORM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Desk - Form a.s.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osada Dukla 238</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ujezdecek</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vedum Laminatbänkskiva 3041 Jupiter Sand</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3031 0045</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kitchen countertops</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vedum</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vedum Kök &amp; Bad AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>VEDUM</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Vedum Laminatbänkskiva 2024 Oljad ek</x:v>
+        <x:v>Vedum Laminatbänkskiva 3045 Cascia Granite Dark</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3031 0045</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kitchen countertops</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vedum</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vedum Kök &amp; Bad AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>VEDUM</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Vedum Laminatbänkskiva 3048 Cascia Granite Light</x:v>
+        <x:v>Vedum Laminatbänkskiva 3046 Crick</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3031 0045</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kitchen countertops</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vedum</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vedum Kök &amp; Bad AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>VEDUM</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>EKBACKEN mb-bs 45.1-63.5x2.8 askmönstrad/laminat - 50348135</x:v>
+        <x:v>Vedum Laminatbänkskiva 2026 Salisbury Elm Grey</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0045</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen countertops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vedum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vedum Kök &amp; Bad AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>VEDUM</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fossil Arosa laminate worktop - K539</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0172</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen countertops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DESK-FORM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Desk - Form a.s.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osada Dukla 238</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ujezdecek</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Laminate by HORN (alla tjocklekar och är inkl. ABS el. träkant)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0116</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen countertops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HORN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Horn Bordplader</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Farvervej 40</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aulum</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HORN Linoleum (alla tjocklekar och är inkl. träkant)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0116</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen countertops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HORN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Horn Bordplader</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Farvervej 40</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aulum</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HTH Kompaktlaminatbänkskiva Vit 635H med svart kärna</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0154, 3031 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen countertops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HTH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nobia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70376</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EKBACKEN mb-bs 30-45x2.8 terrakmö/laminat - 20609054</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3031 0169, 3031 0169</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kitchen countertops</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>IKEA</x:v>
       </x:c>
       <x:c t="str">
         <x:v>IKEA</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Marknadsvägen 2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ödåkra</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>EKBACKEN mb-bs 63.6-125x2.8 vit högglans/laminat - 10345474</x:v>
+        <x:v>EKBACKEN mb-bs 45.1-63.5x2.8 plywmö/laminat - 30609039</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3031 0169, 3031 0169</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kitchen countertops</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>IKEA</x:v>
       </x:c>
       <x:c t="str">
         <x:v>IKEA</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Marknadsvägen 2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ödåkra</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>EKBACKEN mb-bs 63.6-125x2.8 vit liv marmmö/laminat - 90570345</x:v>
+        <x:v>EKBACKEN mb-bs 45.1-63.5x2.8 vit liv marmö/laminat - 20570344</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3031 0169, 3031 0169</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kitchen countertops</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>IKEA</x:v>
       </x:c>
       <x:c t="str">
         <x:v>IKEA</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Marknadsvägen 2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ödåkra</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Massivt trä från HORN – Termobehandlad ask (alla tjocklekar och kombinationer, inklusive ytbehandling)</x:v>
+        <x:v>EKBACKEN mb-bs 63.6-125x2.8 brun valnötsmö/laminat - 70449591</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0169, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen countertops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EKBACKEN mb-bs 63.6-125x2.8 plywmö/laminat - 10609040</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0169, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen countertops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EKBACKEN mb-bs 30-45x2.8 ljgrå betongmö/laminat - 10395435</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0169, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen countertops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EKBACKEN mb-bs 63.6-125x2.8 ljgrå betongmö/laminat - 70395437</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0169, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen countertops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>White Gloss laminate worktop - 9417</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0172</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen countertops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DESK-FORM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Desk - Form a.s.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osada Dukla 238</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ujezdecek</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>White laminate worktop - 4974</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0172</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen countertops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DESK-FORM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Desk - Form a.s.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osada Dukla 238</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ujezdecek</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Grey Albus laminate worktop - K540</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0172</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen countertops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DESK-FORM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Desk - Form a.s.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osada Dukla 238</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ujezdecek</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dark Grey Marble laminate worktop - 4932</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0172</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen countertops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DESK-FORM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Desk - Form a.s.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osada Dukla 238</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ujezdecek</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>White Marble laminate worktop - 4634</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0172</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen countertops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DESK-FORM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Desk - Form a.s.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osada Dukla 238</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ujezdecek</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Calacatta Olympus laminate backsplash - K551</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0172</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen countertops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DESK-FORM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Desk - Form a.s.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osada Dukla 238</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ujezdecek</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fossil Arosa laminate backsplash - K539</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0172</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen countertops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DESK-FORM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Desk - Form a.s.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osada Dukla 238</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ujezdecek</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mineral Effect Black laminate backsplash - 0300</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0172</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen countertops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DESK-FORM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Desk - Form a.s.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osada Dukla 238</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ujezdecek</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Concrete laminate backsplash - 4632</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0172</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen countertops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DESK-FORM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Desk - Form a.s.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osada Dukla 238</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ujezdecek</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Amber Baroque Oak laminate backsplash - K536</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0172</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen countertops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DESK-FORM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Desk - Form a.s.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osada Dukla 238</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ujezdecek</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vedum Laminatbänkskiva 1008 Stone Grey</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0045</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen countertops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vedum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vedum Kök &amp; Bad AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>VEDUM</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vedum Laminatbänkskiva 2027 Okapi Walnut</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0045</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen countertops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vedum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vedum Kök &amp; Bad AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>VEDUM</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Massivt trä från HORN – Björk (alla tjocklekar och kombinationer, inklusive ytbehandling)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5031 0116</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kitchen countertops</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HORN</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Horn Bordplader</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Farvervej 40</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aulum</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Massivt trä från HORN – Eur. Körsbär (alla tjocklekar och kombinationer, inklusive ytbehandling)</x:v>
+        <x:v>Massivt trä från HORN – europeisk valnöt (alla tjocklekar och kombinationer, inklusive ytbehandling)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5031 0116</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kitchen countertops</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HORN</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Horn Bordplader</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Farvervej 40</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aulum</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Massivt trä från HORN – bok (alla tjocklekar och kombinationer, inklusive ytbehandling)</x:v>
-[...223 lines deleted...]
-        <x:v>Vedum Laminatbänkskiva 3018 Kings Marble Green</x:v>
+        <x:v>EKBACKEN mb-bs 30-45x2.8 grå terrazzomö/laminat - 40609005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0169, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen countertops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EKBACKEN mb-bs 63.6-125x2.8 askmönstrad/laminat - 30348136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0169, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen countertops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EKBACKEN mb-bs 63.6-125x2.8 grå terrazzomö/laminat - 609007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0169, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen countertops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EKBACKEN N mb-bs 45.1-63.5x2.8 vit marmorm/laminat - 10609021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0169, 3031 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen countertops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKEA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marknadsvägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ödåkra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>White super matt laminate worktop - 4771</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0172</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen countertops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DESK-FORM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Desk - Form a.s.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osada Dukla 238</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ujezdecek</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Black super matt laminate worktop - 0190</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0172</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen countertops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DESK-FORM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Desk - Form a.s.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osada Dukla 238</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ujezdecek</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Calacatta Olympus laminate worktop - K551</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0172</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen countertops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DESK-FORM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Desk - Form a.s.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osada Dukla 238</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ujezdecek</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>White Iceberg Marble laminate worktop - K552</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0172</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen countertops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DESK-FORM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Desk - Form a.s.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osada Dukla 238</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ujezdecek</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mineral Effect Black laminate worktop - 0300</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0172</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen countertops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DESK-FORM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Desk - Form a.s.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osada Dukla 238</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ujezdecek</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>White Light Grey Stone Effect laminate worktop - 2604</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0172</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen countertops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DESK-FORM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Desk - Form a.s.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osada Dukla 238</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ujezdecek</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Black laminate backsplash - A190</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0172</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen countertops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DESK-FORM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Desk - Form a.s.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osada Dukla 238</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ujezdecek</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beige Stone laminate backsplash - 2106</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0172</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen countertops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DESK-FORM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Desk - Form a.s.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osada Dukla 238</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ujezdecek</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dovetail Arosa laminate backsplash - K538</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0172</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen countertops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DESK-FORM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Desk - Form a.s.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osada Dukla 238</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ujezdecek</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rusty Flow laminate backsplash - K351</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0172</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen countertops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DESK-FORM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Desk - Form a.s.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osada Dukla 238</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ujezdecek</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Charcoal Flow laminate backsplash - K353</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0172</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen countertops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DESK-FORM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Desk - Form a.s.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osada Dukla 238</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ujezdecek</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Light Grey Mineral laminate backsplash - 4929</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0172</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kitchen countertops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DESK-FORM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Desk - Form a.s.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osada Dukla 238</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ujezdecek</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vedum Laminatbänkskiva 1026D Kristall vit</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3031 0045</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kitchen countertops</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vedum</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vedum Kök &amp; Bad AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>VEDUM</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Vedum Laminatbänkskiva 3016 Cento FG-yta</x:v>
+        <x:v>Vedum Laminatbänkskiva 3030 Flash black</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3031 0045</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kitchen countertops</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vedum</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vedum Kök &amp; Bad AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>VEDUM</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>MARBODAL Kompaktlaminat Bänkskiva Frost med svart kärna</x:v>
-[...255 lines deleted...]
-        <x:v>Vedum Laminatbänkskiva 5002 Chromix Silver</x:v>
+        <x:v>Vedum Laminatbänkskiva 3042 Tibet</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3031 0045</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kitchen countertops</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vedum</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vedum Kök &amp; Bad AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>VEDUM</x:v>
-      </x:c>
-[...3102 lines deleted...]
-        <x:v>Ujezdecek</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>