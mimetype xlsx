--- v0 (2025-12-16)
+++ v1 (2026-02-17)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84e56b757a954fce" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a8fa63ec9744c1a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="Re776e69355c84975"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R08b683f2ce8c4393"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re776e69355c84975" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R08b683f2ce8c4393" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
@@ -292,50 +292,82 @@
       </x:c>
       <x:c t="str">
         <x:v>Jackets and outerwear</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Skogstad</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Skogstad Sport AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gamlevegen 47</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Innvik</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Troms, microfleece jacket, junior, coronet blue</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2112 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jackets and outerwear</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skogstad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skogstad Sport AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gamlevegen 47</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Innvik</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Byrknes, microfleece jacket, men and women, black</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2112 0002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Jackets and outerwear</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Skogstad</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Skogstad Sport AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gamlevegen 47</x:v>
@@ -388,115 +420,243 @@
       </x:c>
       <x:c t="str">
         <x:v>Jackets and outerwear</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Skogstad</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Skogstad Sport AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gamlevegen 47</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Innvik</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Kleivane, microfleece jacket, men, dark denim</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2112 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jackets and outerwear</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skogstad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skogstad Sport AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gamlevegen 47</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Innvik</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Kleivane, microfleece jacket, men, black</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2112 0002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Jackets and outerwear</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Skogstad</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Skogstad Sport AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gamlevegen 47</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Innvik</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Kleivane, microfleece jacket, men, dark denim</x:v>
-[...31 lines deleted...]
-        <x:v>Troms, microfleece jacket, junior, coronet blue</x:v>
+        <x:v>Tinnhølen, microfleece jacket, women, Gardenia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2112 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jackets and outerwear</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skogstad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skogstad Sport AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gamlevegen 47</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Innvik</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tinnhølen, microfleece jacket, women, Marina</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2112 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jackets and outerwear</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skogstad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skogstad Sport AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gamlevegen 47</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Innvik</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kleivane, microfleece jacket, men, China Blue</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2112 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jackets and outerwear</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skogstad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skogstad Sport AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gamlevegen 47</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Innvik</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kleivane, microfleece jacket, men, Grape Leaf</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2112 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jackets and outerwear</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skogstad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skogstad Sport AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gamlevegen 47</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Innvik</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Troms, microfleece jacket, junior, vetiver</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2112 0002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Jackets and outerwear</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Skogstad</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Skogstad Sport AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gamlevegen 47</x:v>
       </x:c>
@@ -516,242 +676,82 @@
       </x:c>
       <x:c t="str">
         <x:v>Jackets and outerwear</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Skogstad</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Skogstad Sport AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gamlevegen 47</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Innvik</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Tinnhølen, microfleece jacket, women, Marina</x:v>
-[...94 lines deleted...]
-      <x:c t="str">
         <x:v>Kleivane, microfleece jacket, men, Gardenia</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2112 0002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Jackets and outerwear</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Skogstad</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Skogstad Sport AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gamlevegen 47</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Innvik</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Kleivane, microfleece jacket, men, China Blue</x:v>
-[...62 lines deleted...]
-      <x:c t="str">
         <x:v>Tinnhølen, microfleece jacket, women, violet quartz</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2112 0002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Jackets and outerwear</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Skogstad</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Skogstad Sport AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gamlevegen 47</x:v>
@@ -868,50 +868,178 @@
       </x:c>
       <x:c t="str">
         <x:v>Jackets and outerwear</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Skogstad</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Skogstad Sport AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gamlevegen 47</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Innvik</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Tinnhølen, microfleece jacket, women, langoustino</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2112 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jackets and outerwear</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skogstad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skogstad Sport AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gamlevegen 47</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Innvik</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Troms, microfleece jacket, junior, ashleigh blue</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2112 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jackets and outerwear</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skogstad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skogstad Sport AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gamlevegen 47</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Innvik</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Troms, microfleece jacket, junior, olive night</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2112 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jackets and outerwear</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skogstad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skogstad Sport AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gamlevegen 47</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Innvik</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tinnhølen, microfleece jacket, women, white sand</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2112 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jackets and outerwear</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skogstad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skogstad Sport AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gamlevegen 47</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Innvik</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Hildastranda, microfleece half-zip, women, black</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2112 0002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Jackets and outerwear</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Skogstad</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Skogstad Sport AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gamlevegen 47</x:v>
@@ -1060,51 +1188,51 @@
       </x:c>
       <x:c t="str">
         <x:v>Jackets and outerwear</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Skogstad</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Skogstad Sport AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gamlevegen 47</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Innvik</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Tinnhølen, microfleece jacket, women, white sand</x:v>
+        <x:v>Troms, microfleece jacket, junior, balsam green</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2112 0002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Jackets and outerwear</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Skogstad</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Skogstad Sport AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gamlevegen 47</x:v>
       </x:c>
@@ -1284,50 +1412,114 @@
       </x:c>
       <x:c t="str">
         <x:v>Jackets and outerwear</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Skogstad</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Skogstad Sport AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gamlevegen 47</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Innvik</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Kleivane, microfleece jacket, men, olive night</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2112 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jackets and outerwear</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skogstad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skogstad Sport AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gamlevegen 47</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Innvik</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tinnhølen, microfleece jacket, women, brandy brown</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2112 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jackets and outerwear</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skogstad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skogstad Sport AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gamlevegen 47</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Innvik</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Byrknes, microfleece jacket, men and women, quiet harbor</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2112 0002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Jackets and outerwear</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Skogstad</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Skogstad Sport AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gamlevegen 47</x:v>
@@ -1508,274 +1700,402 @@
       </x:c>
       <x:c t="str">
         <x:v>Jackets and outerwear</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Skogstad</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Skogstad Sport AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gamlevegen 47</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Innvik</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Kleivane, microfleece jacket, men, birch</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2112 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jackets and outerwear</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skogstad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skogstad Sport AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gamlevegen 47</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Innvik</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kleivane, microfleece jacket, men, white pepper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2112 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jackets and outerwear</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skogstad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skogstad Sport AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gamlevegen 47</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Innvik</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Troms, microfleece jacket, junior, off white</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2112 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jackets and outerwear</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skogstad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skogstad Sport AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gamlevegen 47</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Innvik</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tinnhølen, microfleece jacket, women, offwhite</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2112 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jackets and outerwear</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skogstad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skogstad Sport AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gamlevegen 47</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Innvik</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tinnhølen, microfleece jacket, women, denim blue</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2112 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jackets and outerwear</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skogstad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skogstad Sport AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gamlevegen 47</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Innvik</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tinnhølen, microfleece jacket, women, Geranium</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2112 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jackets and outerwear</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skogstad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skogstad Sport AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gamlevegen 47</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Innvik</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Troms, microfleece jacket, junior, quiet harbor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2112 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jackets and outerwear</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skogstad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skogstad Sport AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gamlevegen 47</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Innvik</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kleivane, microfleece jacket, men, quiet harbor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2112 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jackets and outerwear</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skogstad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skogstad Sport AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gamlevegen 47</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Innvik</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kleivane, microfleece jacket, men, rain washed</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2112 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jackets and outerwear</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skogstad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skogstad Sport AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gamlevegen 47</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Innvik</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Troms, microfleece jacket, junior, black onyx</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2112 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jackets and outerwear</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skogstad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skogstad Sport AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gamlevegen 47</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Innvik</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Troms, microfleece jacket, junior, terracotta</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2112 0002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Jackets and outerwear</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Skogstad</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Skogstad Sport AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gamlevegen 47</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Innvik</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Kleivane, microfleece jacket, men, quiet harbor</x:v>
-[...190 lines deleted...]
-      <x:c t="str">
         <x:v>Kleivane, microfleece jacket, men, vineyard green</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2112 0002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Jackets and outerwear</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Skogstad</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Skogstad Sport AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gamlevegen 47</x:v>
@@ -1829,50 +2149,82 @@
       <x:c t="str">
         <x:v>Jackets and outerwear</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Skogstad</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Skogstad Sport AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gamlevegen 47</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Innvik</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Kleivane, microfleece jacket, men, black onyx</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2112 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jackets and outerwear</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skogstad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skogstad Sport AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gamlevegen 47</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Innvik</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kleivane, microfleece jacket, men, thyme</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2112 0002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Jackets and outerwear</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Skogstad</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Skogstad Sport AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gamlevegen 47</x:v>
       </x:c>