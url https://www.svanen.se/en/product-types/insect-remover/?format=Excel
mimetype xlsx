--- v0 (2025-12-16)
+++ v1 (2026-02-03)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8839d49b39d94169" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R80251924b9734a42" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R5b48a913e5e84f6a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R45961a170e4b4b88"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R5b48a913e5e84f6a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R45961a170e4b4b88" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
@@ -100,174 +100,174 @@
       </x:c>
       <x:c t="str">
         <x:v>Insect remover</x:v>
       </x:c>
       <x:c t="str">
         <x:v>013 Care products for vehicles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lahega</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Clemondo AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 13073</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Helsingborg</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Macken Insektsbort, 710 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Insect remover</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Macken</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lahega Greenium Insektsbort, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Insect remover</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lahega</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Pineline Insect Remover</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4013 0027</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Insect remover</x:v>
       </x:c>
       <x:c t="str">
         <x:v>013 Care products for vehicles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Pineline</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tekno-Forest Oy Ltd.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kynttilätie 3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Riihimäki</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Macken Insektsbort, 710 ml</x:v>
-[...30 lines deleted...]
-      <x:c t="str">
         <x:v>PowerTecs Ultra, 200 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3013 0094</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Insect remover</x:v>
       </x:c>
       <x:c t="str">
         <x:v>013 Care products for vehicles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>AUWA-Chemie GmbH</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Argonstr. 7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Augsburg</x:v>
-      </x:c>
-[...30 lines deleted...]
-        <x:v>Helsingborg</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>BASTA green line Insektsborttagare, 710 ml</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3013 0108, 3013 0108</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Insect remover</x:v>
       </x:c>
       <x:c t="str">
         <x:v>013 Care products for vehicles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Basta</x:v>
       </x:c>
       <x:c t="str">