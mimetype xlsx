--- v0 (2025-12-31)
+++ v1 (2026-02-24)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae762073b42b42ee" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c6bcadd2a4c4953" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R9e3b3546c8ed49af"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="Rd4a4736c4bae4000"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R9e3b3546c8ed49af" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd4a4736c4bae4000" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
@@ -548,50 +548,82 @@
       </x:c>
       <x:c t="str">
         <x:v>Industrial cleaning and degreasing agents</x:v>
       </x:c>
       <x:c t="str">
         <x:v>065 Industrial cleaning and degreasing agents</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bio Gen Active</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bio Gen Active AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sågvägen 9</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gällö</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Eco PipeClean, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2065 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrial cleaning and degreasing agents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>065 Industrial cleaning and degreasing agents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eco PipeClean</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic-Eco AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buttentjernsveien 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jevnaker</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Pineline Fettborttagare, 20 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4065 0006</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Industrial cleaning and degreasing agents</x:v>
       </x:c>
       <x:c t="str">
         <x:v>065 Industrial cleaning and degreasing agents</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Pineline</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tekno-Forest Oy Ltd.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kynttilätie 3</x:v>
@@ -1156,50 +1188,114 @@
       </x:c>
       <x:c t="str">
         <x:v>Industrial cleaning and degreasing agents</x:v>
       </x:c>
       <x:c t="str">
         <x:v>065 Industrial cleaning and degreasing agents</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bio Gen Active</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bio Gen Active AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sågvägen 9</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gällö</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Purewave Pipecleaner, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2065 0030</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrial cleaning and degreasing agents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>065 Industrial cleaning and degreasing agents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Purewave</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Purewave AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tonningsgata 42</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stryn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco PipeClean, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2065 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrial cleaning and degreasing agents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>065 Industrial cleaning and degreasing agents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eco PipeClean</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic-Eco AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buttentjernsveien 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jevnaker</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Pineline Fettborttagare, 4 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4065 0006</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Industrial cleaning and degreasing agents</x:v>
       </x:c>
       <x:c t="str">
         <x:v>065 Industrial cleaning and degreasing agents</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Pineline</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tekno-Forest Oy Ltd.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kynttilätie 3</x:v>
@@ -1764,50 +1860,82 @@
       </x:c>
       <x:c t="str">
         <x:v>Industrial cleaning and degreasing agents</x:v>
       </x:c>
       <x:c t="str">
         <x:v>065 Industrial cleaning and degreasing agents</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bio Gen Active</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bio Gen Active AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sågvägen 9</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gällö</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Eco PipeClean, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2065 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrial cleaning and degreasing agents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>065 Industrial cleaning and degreasing agents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eco PipeClean</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic-Eco AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buttentjernsveien 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jevnaker</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>BayClean Classic, 10 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3065 0020</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Industrial cleaning and degreasing agents</x:v>
       </x:c>
       <x:c t="str">
         <x:v>065 Industrial cleaning and degreasing agents</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>WashTec</x:v>
       </x:c>
       <x:c t="str">
         <x:v>AUWA-Chemie GmbH</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Argonstr. 7</x:v>
@@ -2112,30 +2240,62 @@
         <x:v>1065 0025</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Industrial cleaning and degreasing agents</x:v>
       </x:c>
       <x:c t="str">
         <x:v>065 Industrial cleaning and degreasing agents</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grænni</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gefn</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Víkurhvarf 8</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kópavogur</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Purewave Pipecleaner, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2065 0030</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrial cleaning and degreasing agents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>065 Industrial cleaning and degreasing agents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Purewave</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Purewave AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tonningsgata 42</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stryn</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>