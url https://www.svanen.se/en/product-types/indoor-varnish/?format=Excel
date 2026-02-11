--- v0 (2025-12-15)
+++ v1 (2026-02-11)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R526a259bf4774b3f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1fd1dd15d2214489" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R697a2181c4f941a6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R13908fa299b64fe9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R697a2181c4f941a6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R13908fa299b64fe9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
@@ -68,147 +68,147 @@
       </x:c>
       <x:c t="str">
         <x:v>Indoor varnish.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>096 Paints and varnishes</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Beckers</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tikkurila Oyj</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Heidehofintie 2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vantaa</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Alcro Milltex V-Mill Halvblank Täckfärg Vit, 1 l</x:v>
-[...95 lines deleted...]
-        <x:v>Beckers Elementfärg V 0502-Y, 0,5 l</x:v>
+        <x:v>Alcro Milltex V-Mill Halvblank Täckfärg Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0001, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor varnish.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Scotte 40 Snickerifinish Bas A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0001, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor varnish.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro V-Slip Grundfärg Trä Bas C</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0001, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor varnish.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Elementfärg V 0502-Y</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4096 0001, 4096 0027</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Indoor varnish.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>096 Paints and varnishes</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Beckers</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tikkurila Oyj</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Heidehofintie 2</x:v>
       </x:c>
@@ -228,1331 +228,1331 @@
       </x:c>
       <x:c t="str">
         <x:v>Indoor varnish.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>096 Paints and varnishes</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Alcro</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tikkurila Oyj</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Heidehofintie 2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vantaa</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Alcro Milltex V-Mill Blank Täckfärg Bas A, 2,7 l</x:v>
-[...1279 lines deleted...]
-        <x:v>Beckers Living Lackfärg Matt Svart, 0,75L</x:v>
+        <x:v>Alcro Milltex V-Mill Blank Täckfärg Bas A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0001, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor varnish.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Scotte 40 Snickerifinish Bas C</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0001, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor varnish.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Scotte 40 Snickerifinish Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0001, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor varnish.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Servalac Halvblank Lackfärg Trä och Metall Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0001, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor varnish.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Living Lackfärg Halvblank Svart</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0001, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor varnish.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Primer Lackfärgsgrund</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0001, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor varnish.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Servalac  Matt Lackfärg Trä &amp; Metall Svart</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0001, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor varnish.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Living Lackfärg Blank Bas C</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0001, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor varnish.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Element Täckfärg Metall Tonad vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0001, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor varnish.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Living Lackfärg Halvblank 502</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0001, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor varnish.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Servalac  Blank Lackfärg Trä &amp; Metall Bas C</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0001, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor varnish.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Servalac  Matt Lackfärg Trä &amp; Metall Bas C</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0001, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor varnish.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Living Lackfärg Blank 502</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0001, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor varnish.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Living Lackfärg Blank Bas A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0001, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor varnish.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Living Lackfärg Matt 502</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0001, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor varnish.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Living Lackfärg Matt Bas C</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0001, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor varnish.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Häftgrund matt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0001, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor varnish.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Servalac Halvblank Lackfärg Trä och Metall Bas A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0001, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor varnish.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro V-Slip Grundfärg Trä Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0001, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor varnish.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Living Lackfärg Matt Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0001, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor varnish.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Living Lakfarve Blank Bas A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0001, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor varnish.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Milltex V-Mill Halvblank Täckfärg Bas A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0001, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor varnish.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Scotte 40 Snickerifinish 0502-Y</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0001, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor varnish.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Servalac  Matt Lackfärg Trä &amp; Metall Bas A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0001, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor varnish.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Living Lackfärg Matt Bas A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0001, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor varnish.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Servalac Halvblank Lackfärg Trä och Metall Svart</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0001, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor varnish.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Living Lackfärg Halvblank Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0001, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor varnish.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Servalac  Blank Lackfärg Trä &amp; Metall Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0001, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor varnish.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Living Lackfärg Blank 1 Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0001, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor varnish.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>JOTUN Panellakk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2096 0002, 2096 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor varnish.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Milltex Häfta Grundfärg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0001, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor varnish.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Milltex V-Mill Halvblank Täckfärg Bas C</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0001, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor varnish.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Servalac Halvblank Lackfärg Trä och Metall Tonad vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0001, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor varnish.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Living Lackfärg Halvblank Bas A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0001, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor varnish.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Scotte Snickerislip Bas C</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0001, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor varnish.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Scotte Snickerislip Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0001, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor varnish.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Servalac  Matt Lackfärg Trä &amp; Metall Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0001, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor varnish.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Servalac Halvblank Lackfärg Trä och Metall Bas C</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0001, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor varnish.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Living Lackfärg Halvblank Bas C</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0001, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor varnish.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Servalac  Matt Lackfärg Trä &amp; Metall Tonad Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4096 0001, 4096 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor varnish.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>096 Paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Living Lackfärg Matt Svart</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4096 0001, 4096 0027</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Indoor varnish.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>096 Paints and varnishes</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Beckers</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tikkurila Oyj</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Heidehofintie 2</x:v>
       </x:c>