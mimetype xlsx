--- v0 (2025-12-31)
+++ v1 (2026-03-03)
@@ -1,36734 +1,37246 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44a2a27118c6423f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc38f9d7cd224d9d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R889da663c0ff4026"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="products" sheetId="1" r:id="R17713c6d3aab463a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R889da663c0ff4026" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R17713c6d3aab463a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Brand</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Licensee</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c t="str">
         <x:v>City</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Flügger Perform 7 Base 4, 9,1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Klint Takfärg, 1 dl</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Klint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Klint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sehlstedtgatan 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Colorex Eminent 2 Takfärg, 1,0 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colorex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Colorex Eminent 2 Takfärg, 3,0 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colorex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Colorex Vagans Pro 20, vit/bas A, 0,9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colorex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Colorex Vagans Pro+ 7, bas C, 9,0 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colorex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kraso Ceramic Paint, Base A, 0,9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KRASO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kraso Ceramic Paint, Base A, 9,0</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KRASO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kraso Ceramic Paint, Base C, 2,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KRASO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kraso Projekt 4, bas C, 0,9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KRASO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kraso Projekt 7, bas A, 0,45 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KRASO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Landora Väggfärg 07 Gräddvit, 2,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landora</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Landora Väggfärg 07 Sand, 2,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landora</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Landora Väggfärg 07 VIT, 2,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landora</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Novel Projekt Ceramica, Base A, 2,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Notes Pure Matt Daylight Jive, 2 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Notes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Notes Pure Matt Coco Pink, 2 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Notes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Notes Pure Matt Power Grass, 2 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Notes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Notes Pure Matt After Dark, 2 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Notes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Notes Pure Matt Goofy Grey, 2 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Notes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PP Robust 5 Base CC, 9,1 l (57201)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Luxi Väggfärg 10 Vit, 4,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Luxi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jem &amp; Fix</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skomagervej 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Colorex Briljant 40, 0502-Y, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colorex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Colorex Briljant 40, Bas C, 2,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colorex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Colorex Briljant 5, Vit, 2,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colorex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Colorex Briljant 70, Bas A, 0,68 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colorex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Wallpassion Väggfärg, vit/bas A, 0,9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wallpassion</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Colorex Vagans Pro+ 7, S0500-N, 9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colorex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Landora Väggfärg 07, Målarvit, 2,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landora</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Perform 20 Råvit/S0500-N, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tikkurila Harmony Clean Air, A-pm, 0,9 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FI/044/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Perform Airless, 120 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Wallpassion Snickerifärg, Vit, 0,68 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wallpassion</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Wall Primer Pro Vit, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PP Super Primer White_10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Luxi Väggfärg Matt 7 Råvit, 2,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Luxi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jem &amp; Fix</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skomagervej 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Luxi Väggfärg Matt 7 Modevit, 2,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Luxi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jem &amp; Fix</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skomagervej 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Luxi Väggfärg Matt 7 Pastellgrå, 2,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Luxi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jem &amp; Fix</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skomagervej 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Luxi Väggfärg Matt 7 Disigt blå, 2,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Luxi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jem &amp; Fix</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skomagervej 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Luxi Väggfärg Matt 7 Senap, 2,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Luxi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jem &amp; Fix</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skomagervej 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Luxi Väggfärg Matt 7 Sand, 2,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Luxi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jem &amp; Fix</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skomagervej 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Landora Väggfärg 07 Roströd 2,5 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landora</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PP Wood &amp; Metal PU 20 Base AA, 2,5 l (29342)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rum Væg 5 Hvid, 0,75 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>XL-Byg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PPG Coatings Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gladsaxevej 300</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Silvanol Væg 5 Base 10, 2,25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SILVANOL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PPG Coatings Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gladsaxevej 300</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sigmacryl 5 Matt NCS S0500-N, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sigma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PPG Coatings Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gladsaxevej 300</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sigmacryl 10 Semi‐Matt RH833 (2092), 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sigma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PPG Coatings Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gladsaxevej 300</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Droppen Elegance Väggfärg 7 Green Herb</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Droppen Elegance Kök &amp; Badrum 20 Modevit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Väggfärg 10 Bas BB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sigmacryl 7 Matt, RH833, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sigma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PPG Coatings Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gladsaxevej 300</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Flutex 7S Bas 1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SE/044/002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Indoor paints (EU-Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>EU44 Indoor and outdoor paints and varnishes</x:v>
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Flügger Interior Easy Finish 40 RAL 9010, 0,75 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SE/044/002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Indoor paints (EU-Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>EU44 Indoor and outdoor paints and varnishes</x:v>
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>PP Super Acryl 5 White / Base AA, 2,8 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SE/044/002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Indoor paints (EU-Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>EU44 Indoor and outdoor paints and varnishes</x:v>
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>PP</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Clas Ohlson Lackfärg Pacific Semi Gloss, 0,75 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SE/044/007</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Indoor paints (EU-Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>EU44 Indoor and outdoor paints and varnishes</x:v>
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Clas Ohlson</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Clas Ohlson AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Clas Ohlsons väg</x:v>
       </x:c>
       <x:c t="str">
         <x:v>INSJÖN</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Clas Ohlson Väggfärg 7 Midsummer Meadow, 3 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SE/044/007</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Indoor paints (EU-Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>EU44 Indoor and outdoor paints and varnishes</x:v>
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Clas Ohlson</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Clas Ohlson AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Clas Ohlsons väg</x:v>
       </x:c>
       <x:c t="str">
         <x:v>INSJÖN</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Clas Ohlson Väggfärg 7 Royal Pink, 3 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SE/044/007</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Indoor paints (EU-Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>EU44 Indoor and outdoor paints and varnishes</x:v>
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Clas Ohlson</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Clas Ohlson AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Clas Ohlsons väg</x:v>
       </x:c>
       <x:c t="str">
         <x:v>INSJÖN</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Clas Ohlson Lackgrund, 0,75 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SE/044/007</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Indoor paints (EU-Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>EU44 Indoor and outdoor paints and varnishes</x:v>
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Clas Ohlson</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Clas Ohlson AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Clas Ohlsons väg</x:v>
       </x:c>
       <x:c t="str">
         <x:v>INSJÖN</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>PP Super Acryl 20 Vit/ Base AA, 9,1 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SE/044/002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Indoor paints (EU-Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>EU44 Indoor and outdoor paints and varnishes</x:v>
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>PP</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Yunik Lackfärg 20 Plus 500 Vit, 3 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SE/044/002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Indoor paints (EU-Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>EU44 Indoor and outdoor paints and varnishes</x:v>
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Yunik</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Yunik Lackfärg 90 Plus Bas BB, 0,7 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SE/044/002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Indoor paints (EU-Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>EU44 Indoor and outdoor paints and varnishes</x:v>
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Yunik</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Yunik Lackfärg 90 Plus Bas CC, 0,7 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SE/044/002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Indoor paints (EU-Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>EU44 Indoor and outdoor paints and varnishes</x:v>
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Yunik</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Yunik Reflexfri Takfärg 2 Vit, 3 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SE/044/002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Indoor paints (EU-Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>EU44 Indoor and outdoor paints and varnishes</x:v>
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Yunik</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Yunik Väggfärg 7 502 Kalkvit, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 7S+ Ass., 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 20 Bas 1, 9,1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 20 Råvit 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 20 Kalkvit S0502-Y, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 20 Bas 1, 2,8 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sigmacryl 10 Semi‐Matt Offwhite (2092), 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sigma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PPG Coatings Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gladsaxevej 300</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sigmacryl 10 Semi‐Matt Base ZN (2092), 2,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sigma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PPG Coatings Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gladsaxevej 300</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Chic Furniture Paint, Lilac Blossom, 750ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DE/044/046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dragstrupvej 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gilleleje</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Chic Furniture Paint, Pink Icing, 750ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DE/044/046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dragstrupvej 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gilleleje</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Chic Furniture Paint, Blue Jeans, 150ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DE/044/046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dragstrupvej 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gilleleje</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Chic Furniture Paint, Cafe Au Lait, 150ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DE/044/046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dragstrupvej 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gilleleje</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Chic Furniture Paint, Lilac Blossom, 150ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DE/044/046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dragstrupvej 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gilleleje</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Chic Furniture Paint, Mamma Rosa, 150ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DE/044/046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dragstrupvej 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gilleleje</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Chic Furniture Paint, Dusty Green, 150ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DE/044/046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dragstrupvej 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gilleleje</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Chic Furniture Paint, Azur, 150ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DE/044/046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dragstrupvej 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gilleleje</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Chic Furniture Paint, Sandy, 150ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DE/044/046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dragstrupvej 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gilleleje</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Chic Furniture Paint, Ruby Wine, 150ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DE/044/046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dragstrupvej 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gilleleje</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Chic Furniture Paint, Forrest, 150ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DE/044/046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dragstrupvej 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gilleleje</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Clas Ohlson Väggfärg Matt 5 Dark Green, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlson</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlson AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlsons väg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>INSJÖN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex Pro 7 Offwhite S0500-N, 2,8 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex Pro 7 Base 4, 9,1 l (30820)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Chic Wall, Whipped Cream, 2,5l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DE/044/046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dragstrupvej 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gilleleje</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex Pro 5 Base 4, 2,8 l (30847)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex Pro 5 White / Base 1, 9,1 l (30842)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex Pro 5 Base 3, 9,1 l (30845)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex Pro 10 RAL1910</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex Pro 10 Base 3, 2,8 l (50325)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Day Premium Wall Paint 10 Off White, 9,1 l </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Day Proffs Kitchen &amp; Bath Off White, 4,5 l </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Day Proffs Ceiling Paint 2 Off White, 2,7 l </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Day Proffs Wall Paint 10 Off White, 2,7 L </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Dekso 1 Ultramat Base 3,  2,8 l (11453)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hagmans Golvfärg 1K 003 Ljusgrå, 4 l (39512) </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex Pro 10 Vit, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Dekso 20 H2O Base 4, 2.8 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Yunik Väggfärg 20 500 Vit, 3 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SE/044/002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Indoor paints (EU-Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>EU44 Indoor and outdoor paints and varnishes</x:v>
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Yunik</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Yunik Väggfärg 20 Bas BB, 2,8 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SE/044/002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Indoor paints (EU-Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>EU44 Indoor and outdoor paints and varnishes</x:v>
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Yunik</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Yunik Väggfärg 20 Bas BB, 9,1 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SE/044/002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Indoor paints (EU-Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>EU44 Indoor and outdoor paints and varnishes</x:v>
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Yunik</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Yunik Väggfärg 20 Bas AA, 2,8 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SE/044/002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Indoor paints (EU-Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>EU44 Indoor and outdoor paints and varnishes</x:v>
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Yunik</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Yunik Väggfärg 5 Bas BB, 2,8 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SE/044/002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Indoor paints (EU-Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>EU44 Indoor and outdoor paints and varnishes</x:v>
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Yunik</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Yunik Wall paint 5 Base AA, 0,7 l (81745)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SE/044/002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Indoor paints (EU-Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>EU44 Indoor and outdoor paints and varnishes</x:v>
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Yunik</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Flügger Dekso 5 Base 3, 2,8 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SE/044/002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Indoor paints (EU-Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>EU44 Indoor and outdoor paints and varnishes</x:v>
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Flügger Flutex 10 Base 4, 2,8 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SE/044/002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Indoor paints (EU-Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>EU44 Indoor and outdoor paints and varnishes</x:v>
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Flügger Flutex 10 Base 5, 2,8 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SE/044/002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Indoor paints (EU-Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>EU44 Indoor and outdoor paints and varnishes</x:v>
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Flügger Flutex 10 Base 6, 9,1 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SE/044/002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Indoor paints (EU-Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>EU44 Indoor and outdoor paints and varnishes</x:v>
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Flügger Flutex 10 Vit, 0,75 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SE/044/002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Indoor paints (EU-Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>EU44 Indoor and outdoor paints and varnishes</x:v>
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Flügger Flutex 10 Råvit S0500-N, 3 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SE/044/002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Indoor paints (EU-Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>EU44 Indoor and outdoor paints and varnishes</x:v>
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Flügger Flutex 10S, F-nr., 10 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SE/044/002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Indoor paints (EU-Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>EU44 Indoor and outdoor paints and varnishes</x:v>
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Flügger Flutex 10S, Råvit, 10 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SE/044/002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Indoor paints (EU-Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>EU44 Indoor and outdoor paints and varnishes</x:v>
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Flügger Flutex 20S Bas 1, 0,7 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SE/044/002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Indoor paints (EU-Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>EU44 Indoor and outdoor paints and varnishes</x:v>
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Flügger Flutex 20S Kalkvit S0502-Y, 0,75 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SE/044/002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Indoor paints (EU-Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>EU44 Indoor and outdoor paints and varnishes</x:v>
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Flügger Flutex 20S Vit, 3 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SE/044/002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Indoor paints (EU-Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>EU44 Indoor and outdoor paints and varnishes</x:v>
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Flügger Flutex 2S White, 0,75 l (76734)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SE/044/002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Indoor paints (EU-Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>EU44 Indoor and outdoor paints and varnishes</x:v>
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Flügger Flutex 5 Bas 1, 2,8 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SE/044/002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Indoor paints (EU-Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>EU44 Indoor and outdoor paints and varnishes</x:v>
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Flügger Flutex 5 Bas 3, 2,8 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SE/044/002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Indoor paints (EU-Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>EU44 Indoor and outdoor paints and varnishes</x:v>
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Flügger Flutex 5 Bas 4, 9,1 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SE/044/002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Indoor paints (EU-Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>EU44 Indoor and outdoor paints and varnishes</x:v>
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Flügger Flutex 5 Modevit S0802-Y, 10 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SE/044/002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Indoor paints (EU-Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>EU44 Indoor and outdoor paints and varnishes</x:v>
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Flügger Flutex 5S Vit, 10 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SE/044/002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Indoor paints (EU-Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>EU44 Indoor and outdoor paints and varnishes</x:v>
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Flügger Flutex 6 Base 3, 9,1 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SE/044/002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Indoor paints (EU-Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>EU44 Indoor and outdoor paints and varnishes</x:v>
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Flügger Flutex 6 Base 5, 2,8 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SE/044/002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Indoor paints (EU-Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>EU44 Indoor and outdoor paints and varnishes</x:v>
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Flügger Flutex 7S Bas 6, 2,8 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SE/044/002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Indoor paints (EU-Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>EU44 Indoor and outdoor paints and varnishes</x:v>
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Flügger Flutex 7S Vit RAL 9010, 10 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SE/044/002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Indoor paints (EU-Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>EU44 Indoor and outdoor paints and varnishes</x:v>
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Flügger Flutex 7S Vit, 3 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SE/044/002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Indoor paints (EU-Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>EU44 Indoor and outdoor paints and varnishes</x:v>
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Flügger Flutex 7S Råvit S0500-N, 3 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SE/044/002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Indoor paints (EU-Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>EU44 Indoor and outdoor paints and varnishes</x:v>
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Flügger Interior Easy Finish 40 Eggshell, 0,75 l (95537)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SE/044/002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Indoor paints (EU-Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>EU44 Indoor and outdoor paints and varnishes</x:v>
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Flügger Interior Easy Finish 40 Fashion White, 3 l (76044)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SE/044/002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Indoor paints (EU-Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>EU44 Indoor and outdoor paints and varnishes</x:v>
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Flügger Interior Easy Finish 40 RAL9010, 0,75 l (75960)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SE/044/002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Indoor paints (EU-Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>EU44 Indoor and outdoor paints and varnishes</x:v>
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Flügger Interior High Finish 20 Base 1, 0,7 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SE/044/002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Indoor paints (EU-Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>EU44 Indoor and outdoor paints and varnishes</x:v>
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Flügger Interior High Finish 20 Vit, 10 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SE/044/002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Indoor paints (EU-Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>EU44 Indoor and outdoor paints and varnishes</x:v>
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Flügger Interior High Finish 5 Vit/Bas 1, 0,35 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SE/044/002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Indoor paints (EU-Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>EU44 Indoor and outdoor paints and varnishes</x:v>
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Flügger Interior High Finish 50 Bas 4, 0,35 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SE/044/002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Indoor paints (EU-Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>EU44 Indoor and outdoor paints and varnishes</x:v>
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Flügger Interior High Finish 50 Bas 5, 0,7 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SE/044/002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Indoor paints (EU-Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>EU44 Indoor and outdoor paints and varnishes</x:v>
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Flügger Interior High Finish 90 Bas 3, 2,8 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SE/044/002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Indoor paints (EU-Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>EU44 Indoor and outdoor paints and varnishes</x:v>
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Flügger Interior High Finish 90 Bas 5, 0,7 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SE/044/002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Indoor paints (EU-Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>EU44 Indoor and outdoor paints and varnishes</x:v>
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Flügger Interior High Finish 90 Bas 6, 0,7 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SE/044/002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Indoor paints (EU-Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>EU44 Indoor and outdoor paints and varnishes</x:v>
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Flügger Special Grund Bas 1, 9,1 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SE/044/002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Indoor paints (EU-Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>EU44 Indoor and outdoor paints and varnishes</x:v>
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Hørpuskin 10S Stofn 1, 9,1 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SE/044/002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Indoor paints (EU-Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>EU44 Indoor and outdoor paints and varnishes</x:v>
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Sigmacryl 5 Matt Egghvit, 10L</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DK/044/003</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Indoor paints (EU-Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>EU44 Indoor and outdoor paints and varnishes</x:v>
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sigma</x:v>
       </x:c>
       <x:c t="str">
         <x:v>PPG Coatings Danmark A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gladsaxevej 300</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søborg</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Flügger Flutex 7A Vit, 3 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SE/044/002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Indoor paints (EU-Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>EU44 Indoor and outdoor paints and varnishes</x:v>
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Flügger Flutex 7A Bas 3, 9,1 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SE/044/002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Indoor paints (EU-Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>EU44 Indoor and outdoor paints and varnishes</x:v>
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Flügger Flutex 10A Vit, 0,75 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SE/044/002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Indoor paints (EU-Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>EU44 Indoor and outdoor paints and varnishes</x:v>
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Clas Ohlson Wall Paint 7 Aged White, 3 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SE/044/007</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Indoor paints (EU-Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>EU44 Indoor and outdoor paints and varnishes</x:v>
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Clas Ohlson</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Clas Ohlson AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Clas Ohlsons väg</x:v>
       </x:c>
       <x:c t="str">
         <x:v>INSJÖN</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Plus Microdispers Extra, 10 L</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DK/044/003</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Indoor paints (EU-Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>EU44 Indoor and outdoor paints and varnishes</x:v>
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>+Plus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>PPG Coatings Danmark A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gladsaxevej 300</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søborg</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Flügger Flutex 7S+ Vit, 0,75 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SE/044/002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Indoor paints (EU-Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>EU44 Indoor and outdoor paints and varnishes</x:v>
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Flügger Flutex 7, Råvit, 3 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SE/044/002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Indoor paints (EU-Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>EU44 Indoor and outdoor paints and varnishes</x:v>
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Flügger Flutex 7 Bas 1, 0,7 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SE/044/002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Indoor paints (EU-Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>EU44 Indoor and outdoor paints and varnishes</x:v>
-[...31 lines deleted...]
-        <x:v>EU44 Indoor and outdoor paints and varnishes</x:v>
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matte, 2 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blēo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beck &amp; Jørgensen A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rosenkæret 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matte, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blēo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beck &amp; Jørgensen A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rosenkæret 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Dekso 5 Base 3, 2,8 l (37482)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Dekso 5 Flügger White / Base 1, 0,7 l (37484)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior High Finish 50 RAL 9010, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior High Finish 50 Råvit S0500-N, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior High Finish 90 S0500-N, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hørpuskin 10S Beinhvitt, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hørpuskin 10S Hvitt, 0,75 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 7A RAL9010, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 7A Bas 3, 0,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 7A Svart, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 10A Råvit S0500-N, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 10A Äggevit 0502-Y, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 10A Bas 3, 9,1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Plus Microdispers Extra, 5 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>+Plus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PPG Coatings Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gladsaxevej 300</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 7S+ Bas 4, 2,8 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 7S+ Kalkvit S0502-Y, 0,75 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 7S+ Kalkvit S0502-Y, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 7, Kalkvit, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sigmacryl 5 Matt, Base ZN, 2,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sigma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PPG Coatings Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gladsaxevej 300</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 20 Råvit S0500-N, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior Strong Finish 20 Offwhite, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sigmacryl 7 Matt Base ZN (2091), 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sigma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PPG Coatings Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gladsaxevej 300</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sigmacryl 10 Semi‐Matt Base ZN (2092), 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sigma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PPG Coatings Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gladsaxevej 300</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sigmacryl 10 Semi‐Matt Hvit Base lN (2092), 2,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sigma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PPG Coatings Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gladsaxevej 300</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PP Super Acryl 1 White, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Chic Furniture Paint, Camelia, 750ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DE/044/046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dragstrupvej 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gilleleje</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Chic Furniture Paint, Grey, 750ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DE/044/046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dragstrupvej 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gilleleje</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Chic Furniture Paint, Sage, 750ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DE/044/046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dragstrupvej 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gilleleje</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Chic Furniture Paint, Baby Rose, 750ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DE/044/046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dragstrupvej 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gilleleje</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Chic Furniture Paint, Purple Rain, 750ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DE/044/046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dragstrupvej 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gilleleje</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Chic Furniture Paint, Petronella, 750ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DE/044/046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dragstrupvej 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gilleleje</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Chic Furniture Paint, Christmas Red, 750ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DE/044/046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dragstrupvej 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gilleleje</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Chic Furniture Paint, Pink Icing, 150ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DE/044/046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dragstrupvej 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gilleleje</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Chic Furniture Paint, Mum's Lipstick, 150ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DE/044/046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dragstrupvej 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gilleleje</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Chic Furniture Paint, Petronella, 150ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DE/044/046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dragstrupvej 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gilleleje</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Chic Furniture Paint, Emerald Queen, 150ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DE/044/046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dragstrupvej 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gilleleje</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Chic Furniture Paint, Storm Grey, 150ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DE/044/046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dragstrupvej 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gilleleje</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Chic Furniture Paint, Orange Passion, 150ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DE/044/046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dragstrupvej 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gilleleje</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Väggfärg Matt 5 Misty Pink, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlson</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlson AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlsons väg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>INSJÖN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lackfärg Halvmatt 20 Elegant Black, 0,75 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlson</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlson AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlsons väg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>INSJÖN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex Pro 7 Base 3, 0,7 l (30814)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex Pro 7 Base 4, 0,7 l (30818)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex Pro 7 Base 4, 2,8 l (30819)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Chic Wall, Slate, 2,5l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DE/044/046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dragstrupvej 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gilleleje</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex Pro 5 White / Base 1 , 0,7 L (30840)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex Pro 5 Base 4, 9,1 l (30848)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex Pro 10 White / Base 1, 0,7 l (50314)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Day Premium Kitchen &amp; Bath Off White, 9,1 l </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Day Premium Ceiling Paint 2 Off White, 4,5 l </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Day Proffs Ceiling Paint 2 Off White, 4,5 l </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hagmans Golvfärg 1K 000 Vit, 1 l (39521) </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hagmans Golvfärg 1K 021 Svart, 1 l (39621) </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hagmans Golvfärg 1K 021 Svart,  4 l (39622) </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Pro Trim Paint Acryl+ 35 Base BB, 2,8 l (33259)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Yunik</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Flügger Flutex 7S+ Ass., 10 l</x:v>
-[...159 lines deleted...]
-        <x:v>Sigmacryl 10 Semi‐Matt Offwhite (2092), 10 l</x:v>
+        <x:v>Flügger Perform 10 White / Base 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Perform 7 Base 4, 2,8 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Colorex Eminent 2 Takfärg, 10,0 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colorex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Colorex Vagans Pro+ 7, bas C, 2,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colorex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Colorex Vagans Pro+ 7, Vit/Bas A, 9,0 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colorex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eicó Helmatt 4, Base A, 2,25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>eicó paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eicó Nordfärg Vägg, Base C, 0,9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>eicó paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kraso Projekt 4, bas A, 9,0 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KRASO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kraso Projekt 4, bas C, 0,45 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KRASO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kraso Projekt 7, bas A, 2,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KRASO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Landora RUS Väggfärg Premium V, bas C, 2,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landora</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Landora RUS Väggfärg Pro 4 V, vit/bas A, 9,0 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landora</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Landora Väggfärg 07 Ka lkvit, 2,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landora</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Landora Väggfärg 07 VIT, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landora</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NordenPaint Freja Väggfärg, bas A, 2,82 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NordenPaint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Novel Projekt Ceramica, Base A, 0,9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Novel Projekt Ceramica, Base C, 9,0 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PP Robust 10 Bas CC, 9,1 l (40486)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Notes Pure Matt Cover Skin, 2 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Notes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Notes Soft Gloss Sand in shoes, 2 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Notes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Notes Soft Gloss Easy Peachy, 2 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Notes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Notes Pure Matt Sand in shoes, 2 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Notes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Notes Pure Matt Mingle More, 2 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Notes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Notes Pure Matt Blue Note, 2 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Notes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Notes Soft Gloss Ocean Crush, 2 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Notes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Notes Soft Gloss Garden Note, 2 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Notes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Color Stories Maling, 2,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Color Stories</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beck &amp; Jørgensen A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rosenkæret 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Colorex Briljant 15, Bas A, 0,68 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colorex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Colorex Briljant 40, Bas C, 0,68 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colorex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Colorex Briljant 5, Bas C, 2,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colorex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Colorex Briljant 70, Vit, 0,68 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colorex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Supertäck 7 Plus Bas D</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Caparol</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DAW Nordic AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 36115</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GÖTEBORG</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Clas Ohlson Lackfärg Elegant Semi Gloss, 0,75 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlson</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlson AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlsons väg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>INSJÖN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Luxi Väggfärg 10 Antracit, 2,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Luxi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jem &amp; Fix</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skomagervej 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Lackfärg 20 Plus Bas AA, 0,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Lackfärg 50 Plus Bas CC, 0,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Lackfärg 50 Plus Svart, 0,75 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Väggfärg 10 Bas AA, 9,1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Väggfärg 5 Bas CC, 2,8 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Wall Paint 5 Base AA, 9,1 l (81651)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Väggfärg 7 500 Vit, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Väggfärg 7 Bas CC, 2,8 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Special Grund Bas 5, 2,8 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Dekso 5 Base 1, 2,8 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Dekso 5 Base 3, 9,1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Dekso 5 Base 4, 9,1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Dekso 5 Vit, 0,75 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Dekso 5 Vit, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 10 Base 1, 4,9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 10 Base 3, 2,8 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 10 Vit, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 20S Bas 3, 0,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 20S Base 4, 9,1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 20S Kalkvit S0502-Y, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 4 Råvit S0500-N, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 5 Vit, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 5S Råvit S0500-N, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 6 Base 3, 4,9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 7S Bas 3, 9,1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 7S Base 4, 9,1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 7S Kalkvit S0502-Y, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior Easy Finish 40 White, 3 l (95546)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior Easy Finish 70 Råvit S0500-N, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior High Finish 20 Base 1, 0,35 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior High Finish 20 Base 1, 2,8 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior High Finish 20 Base 3, 0,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior High Finish 20 Base 4, 0,35 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior High Finish 20 Bas 6, 0,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior High Finish 20 RAL 9010, 0,75 l (70166)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior High Finish 20 Vit, 0,75 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior High Finish 5 Bas 3, 0,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior High Finish 5 Bas 3, 2,8 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Mood Air Wall, bas C, 2,7 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FI/044/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior High Finish 20 Svart, 0,38 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EFAcare Vægmaling 5, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EFA Paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Esbjerg Farve- &amp; Lakfabrik A/S / Esbjerg Paints</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Energivej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Esbjerg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EFAcare Vægmaling 10, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EFA Paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Esbjerg Farve- &amp; Lakfabrik A/S / Esbjerg Paints</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Energivej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Esbjerg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Wallpassion Snickerifärg, C-bas, 2,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wallpassion</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Wall Primer Perform Base 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002, 3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel, Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Luxi Väggfärg Matt 7 Modevit, 9,1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Luxi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jem &amp; Fix</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skomagervej 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Luxi Väggfärg Matt 7 Dammig mynta, 2,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Luxi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jem &amp; Fix</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skomagervej 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rum Væg 5 Base 30, 2,5 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DK/044/003</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Indoor paints (EU-Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>EU44 Indoor and outdoor paints and varnishes</x:v>
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>XL-Byg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PPG Coatings Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gladsaxevej 300</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Droppen Elegance Väggfärg 7 Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Droppen Elegance Väggfärg 7 Modevit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Väggfärg 7 Bas CC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Color Stories Wet, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Color Stories</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beck &amp; Jørgensen A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rosenkæret 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sigmacryl 7 Matt, LR8014, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sigma</x:v>
       </x:c>
       <x:c t="str">
         <x:v>PPG Coatings Danmark A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gladsaxevej 300</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søborg</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Sigmacryl 10 Semi‐Matt Base ZN (2092), 2,5 l</x:v>
+        <x:v>Flügger Interior Radiator Finish Base 1, 0,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Mood Air Wall, bas A, 0,9 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FI/044/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Mood Air Wall, bas C, 0,9 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FI/044/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Supertäck 7 Plus Bas B</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Caparol</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DAW Nordic AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 36115</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GÖTEBORG</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Clas Ohlson Lackfärg Pure White High Gloss, 0,75 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlson</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlson AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlsons väg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>INSJÖN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Clas Ohlson Väggfärg 7 Mountain Rock, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlson</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlson AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlsons väg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>INSJÖN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Clas Ohlson Väggfärg 7 Summer Sky, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlson</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlson AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlsons väg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>INSJÖN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PP Combi Primer, 10 l (hvid)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Lackfärg 50 Plus Bas BB, 0,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Lackfärg 50 Plus Bas AA, 2,8 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Lackfärg 90 Plus Bas AA, 0,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Väggfärg 10 500 Vit, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Väggfärg 10 Bas BB, 0,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Landora Väggfärg 07 Oceanblå 2,5 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landora</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rum Væg 5 Base 30, 5 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DK/044/003</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Indoor paints (EU-Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>EU44 Indoor and outdoor paints and varnishes</x:v>
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>XL-Byg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PPG Coatings Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gladsaxevej 300</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rum Væg 5 Hvid, 2,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>XL-Byg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PPG Coatings Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gladsaxevej 300</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Silvanol Væg 5 Base 10, 4,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SILVANOL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PPG Coatings Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gladsaxevej 300</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sigmacryl 5 Matt LR8014, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sigma</x:v>
       </x:c>
       <x:c t="str">
         <x:v>PPG Coatings Danmark A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gladsaxevej 300</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søborg</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Nordic Chic Furniture Paint, Lilac Blossom, 750ml</x:v>
+        <x:v>DYRUP Væg Ekstra Dækkende 5 Base 10, 0,75 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dyrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PPG Coatings Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gladsaxevej 300</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sigmacryl 10 Semi‐Matt LR8014 (2092), 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sigma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PPG Coatings Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gladsaxevej 300</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Droppen Elegance Väggfärg 7 Moss</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Droppen Elegance Väggfärg 7 Oak</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Väggfärg 5 Bas CC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Väggfärg 7 Bas BB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Perform 5 Offwhite</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002, 3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel, Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Perform 5 White / Base 1, 9,1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Perform 7 Offwhite</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002, 3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel, Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Perform 10 Base 3, 2,8 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Colorex Vagans 7, bas C, 0,9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colorex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Colorex Vagans 7, bas C, 2,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colorex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Colorex Vagans 7, bas C, 9,0 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colorex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Colorex Vagans Pro 20, vit/bas A, 2,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colorex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Colorex Älva Väggfärg, bas C, 0,9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colorex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eicó Helmatt 4, Base A, 0,9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>eicó paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eicó Nordfärg Vägg, Base A, 4,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>eicó paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kraso Ceramic Paint, Base A, 0,45 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KRASO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kraso Projekt 10, bas A, 9,0 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KRASO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kraso Projekt 4, bas A, 16,0 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KRASO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kraso Projekt 4, bas C, 9,0 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KRASO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Landora Väggfärg 07 Café, 2,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landora</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Novel Projekt Ceramica, Base C, 0,9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Novel Projekt Ceramica, Base C, 2,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Notes Pure Matt Kind of Khaki, 2 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Notes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Notes Pure Matt Lemon Cloud, 2 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Notes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Notes Pure Matt Berry Moment, 2 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Notes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Notes Soft Gloss Beauty in Brown, 2 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Notes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Notes Soft Gloss Mint My Day, 2 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Notes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Notes Soft Gloss Gentle Ghost , 2 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Notes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Notes Soft Gloss Eyes in Skies, 2 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Notes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Notes Soft Gloss Coco Pink, 2 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Notes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Notes Soft Gloss Shy Dane, 2 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Notes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Notes Soft Gloss Blue Note, 2 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Notes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Luxi Väggfärg 5 Vit, 4,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Luxi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jem &amp; Fix</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skomagervej 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Luxi Väggfärg 10 Offwhite, 4,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Luxi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jem &amp; Fix</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skomagervej 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Colorex Briljant 15, Vit, 2,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colorex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Colorex Briljant 5, Bas C, 0,68 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colorex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Wallpassion Väggfärg, bas C, 2,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wallpassion</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tikkurila Harmony Clean Air, A-pm, 2,7 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FI/044/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tikkurila Harmony Clean Air, C-pm, 9 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FI/044/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Special Grund_120L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior High Finish 20 Bas 4, 2,8 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Notes Pure Matt White, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Notes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Wall Primer Pro White,120 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dekso Aïr Offwhite, 10 l (66662) </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Luxi Väggfärg Matt 7 Råvit, 9,1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Luxi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jem &amp; Fix</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skomagervej 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Luxi Väggfärg Matt 7 Svart, 2,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Luxi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jem &amp; Fix</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skomagervej 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Luxi Väggfärg Matt 7 Vit, 2,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Luxi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jem &amp; Fix</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skomagervej 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Luxi Väggfärg 5 Modevit, 2,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Luxi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jem &amp; Fix</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skomagervej 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sigmacryl 7 Matt Base ZN (2091), 2,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sigma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PPG Coatings Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gladsaxevej 300</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sigmacryl 25 Semi‐matt Offwhite (2093), 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sigma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PPG Coatings Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gladsaxevej 300</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Chic Furniture Paint, Whipped Cream, 750ml</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DE/044/046</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Indoor paints (EU-Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>EU44 Indoor and outdoor paints and varnishes</x:v>
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Chic</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Chic</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dragstrupvej 9</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gilleleje</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Nordic Chic Furniture Paint, Pink Icing, 750ml</x:v>
+        <x:v>Nordic Chic Furniture Paint, Dusty Green, 750ml</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DE/044/046</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Indoor paints (EU-Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>EU44 Indoor and outdoor paints and varnishes</x:v>
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Chic</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Chic</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dragstrupvej 9</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gilleleje</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Nordic Chic Furniture Paint, Blue Jeans, 150ml</x:v>
+        <x:v>Nordic Chic Furniture Paint, Pacific Ocean, 750ml</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DE/044/046</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Indoor paints (EU-Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>EU44 Indoor and outdoor paints and varnishes</x:v>
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Chic</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Chic</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dragstrupvej 9</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gilleleje</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Nordic Chic Furniture Paint, Cafe Au Lait, 150ml</x:v>
+        <x:v>Nordic Chic Furniture Paint, Midnight Blues, 750ml</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DE/044/046</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Indoor paints (EU-Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>EU44 Indoor and outdoor paints and varnishes</x:v>
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Chic</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Chic</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dragstrupvej 9</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gilleleje</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Nordic Chic Furniture Paint, Lilac Blossom, 150ml</x:v>
+        <x:v>Nordic Chic Furniture Paint, Baby Rose, 150ml</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DE/044/046</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Indoor paints (EU-Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>EU44 Indoor and outdoor paints and varnishes</x:v>
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Chic</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Chic</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dragstrupvej 9</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gilleleje</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Nordic Chic Furniture Paint, Mamma Rosa, 150ml</x:v>
+        <x:v>Nordic Chic Furniture Paint, Hot Lips, 150ml</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DE/044/046</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Indoor paints (EU-Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>EU44 Indoor and outdoor paints and varnishes</x:v>
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Chic</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Chic</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dragstrupvej 9</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gilleleje</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Nordic Chic Furniture Paint, Dusty Green, 150ml</x:v>
+        <x:v>Nordic Chic Furniture Paint, Purple Rain, 150ml</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DE/044/046</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Indoor paints (EU-Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>EU44 Indoor and outdoor paints and varnishes</x:v>
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Chic</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Chic</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dragstrupvej 9</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gilleleje</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Nordic Chic Furniture Paint, Azur, 150ml</x:v>
+        <x:v>Nordic Chic Furniture Paint, French Mustard, 150ml</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DE/044/046</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Indoor paints (EU-Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>EU44 Indoor and outdoor paints and varnishes</x:v>
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Chic</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Chic</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dragstrupvej 9</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gilleleje</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Nordic Chic Furniture Paint, Sandy, 150ml</x:v>
+        <x:v>Nordic Chic Furniture Paint, Fudge, 150ml</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DE/044/046</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Indoor paints (EU-Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>EU44 Indoor and outdoor paints and varnishes</x:v>
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Chic</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Chic</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dragstrupvej 9</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gilleleje</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Nordic Chic Furniture Paint, Ruby Wine, 150ml</x:v>
+        <x:v>Lackfärg Halvmatt 20 Misty Pink, 0,75 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlson</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlson AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlsons väg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>INSJÖN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lackfärg Halvmatt 20 Light Green, 0,75 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlson</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlson AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlsons väg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>INSJÖN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex Pro 7 Eggshell S0502-Y, 9,1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex Pro 7 Base 3, 2,8 l (30815)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex Pro 7 Base 3, 9,1 l (30817)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Dekso H2O 20 White/Base 1, 2,8 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Chic Wall, Blissful Therapy, 2,5l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DE/044/046</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Indoor paints (EU-Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>EU44 Indoor and outdoor paints and varnishes</x:v>
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Chic</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Chic</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dragstrupvej 9</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gilleleje</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Nordic Chic Furniture Paint, Forrest, 150ml</x:v>
+        <x:v>Nordic Chic Wall, Blushing Bride, 2,5l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DE/044/046</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Indoor paints (EU-Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>EU44 Indoor and outdoor paints and varnishes</x:v>
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Chic</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Chic</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dragstrupvej 9</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gilleleje</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Clas Ohlson Väggfärg Matt 5 Dark Green, 3 l</x:v>
+        <x:v>Nordic Chic Wall, Dusty Green, 2,5l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DE/044/046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dragstrupvej 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gilleleje</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex Pro 10 Base 3, 0,7 l (50320)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Day Premium Wall Paint 5 Off White, 9,1 l </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Day Premium Kitchen &amp; Bath Off White, 2,7 l </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Day Proffs Wall Paint 20 Off White, 2,7 l </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hagmans Golvfärg 1K 002 Mellangrå, 4 l (39532) </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hagmans Golvfärg 1K Universalbas A, 3,6 l (39632) </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hagmans Golvfärg 1K Universalbas A, 9 l (39635) </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hagmans Golvfärg 1K Universalbas C, 3,6 l (39652) </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Pro Trim Paint Acryl+ 35 White, 0,75 l (21210)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Pro Trim Paint Acryl+ 35 Base BB, 0,7 l (21212)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Pro Trim Paint Acryl+ 35 RAL9010, 3 l (33258)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Dekso 20 H2O Base 3, 0.7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Väggfärg 20 Bas CC, 2,8 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Väggfärg 7 Bas CC, 0,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Väggfärg 7 Bas AA, 2,8 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 10 Base 3, 9,1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 10 Base 5, 9,1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 20S Base 4, 0,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 2S White, 10 l (76731)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 5 Bas 1, 9,1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 5 Bas 3, 9,1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 5 Base 4, 2,8 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 5 Base 6, 2,8 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 5 Modevit S0802-Y, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 5 Råvit S0500-N, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 5S Bas 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 6 Base 1, 9,1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 7S Bas 3, 0,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 7S Äggvit 0502-Y, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Förankringsgrund Non-drip, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Förankringsgrund Non-drip, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior Easy Finish 70 Bas 1, 2,8 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior Easy Finish 70 Bas 4, 0,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior Easy Finish 70 Vit, 0,75 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior High Finish 20 RAL 9010, 3 l (70150)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior High Finish 20 Svart, 0,75 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior High Finish 5 Vit/Bas 1, 9,1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior High Finish 50 Råvit S0500-N, 0,75 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior High Finish 90 Vit, 0,38 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hørpuskin 10S Hrimhvitt, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hørpuskin 10S Stofn 4, 2,8 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 10A Vit, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 7A Råvit S0500-N, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 7A Bas 1, 2,8 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 10A Bas 4, 2,8 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 10A Vit, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 10A Base 5, 2,8 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 7 Råvit, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 7 RAL9010, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 7S+ Råvit S0500-N, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 10 Base 6, 2,8 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 10 Råvit S0500-N, 0,75 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 10 Råvit S0500-N, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 10S, Base 1, 9,1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 20S Bas 3, 2,8 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 20S Base 4, 2,8 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 5 Bas 3, 0,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 5 Vit, 0,75 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 5S Råvit S0500-N, 0,75 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 6 Base 4, 9,1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 6 Base 6, 2,8 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 7S Bas 1, 9,1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 7S Base 4, 0,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 7S Kalkvit S0502-Y, 0,75 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 7S Råvit S0500-N, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior Easy Finish 40 Base 4, 2,8 l (94878)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior Easy Finish 40 Eggshell, 3 l (95528)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior Easy Finish 70 Bas 3, 0,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior Easy Finish 70 Kalkvit S0502-Y, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior Easy Finish 70 Råvit S0500-N, 0,75 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior High Finish 20 Base 3, 0,35 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior High Finish 20 Bas 5, 0,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior High Finish 20 Råvit, 0,75 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior High Finish 20 Vit, 0,38 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior High Finish 50 Bas 3, 0,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior High Finish 50 Bas 4, 2,8 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior High Finish 50 RAL 9010, 0,38 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior High Finish 50 Vit, 0,75 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Special Grund Bas 1, 2,8 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Special Grund Vit, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hørpuskin 10S Målarhvitt, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Colorex Älva Väggfärg, Vit/Bas A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colorex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sigmacryl 7 matt Hvid (Base LN), 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sigma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PPG Coatings Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gladsaxevej 300</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 7A Råvit S0500-N, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 7A Bas 1, 9,1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 7 Bas 1, 9,1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Dekso 5 Base 6, 2,8 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 7S+ Bas 1, 0,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 7S+ Råvit S0500-N, 0,75 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 5 Classic Bas 1, 9,1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 7 Bas 1, 2,8 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sigmacryl 5 Matt, Base LN/Hvid, 2,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sigma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PPG Coatings Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gladsaxevej 300</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sigmacryl 7 Matt Hvid (Base LN), 2,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sigma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PPG Coatings Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gladsaxevej 300</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PP Super Acryl 20 Vit / S0500-N, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PP Super Acryl 10 Hvid / S0500-N, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Chic Furniture Paint, Rusty, 750ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DE/044/046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dragstrupvej 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gilleleje</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Chic Furniture Paint, Ice Cream, 750ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DE/044/046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dragstrupvej 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gilleleje</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Chic Furniture Paint, Baby Blue, 750ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DE/044/046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dragstrupvej 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gilleleje</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Chic Furniture Paint, Pistache, 750ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DE/044/046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dragstrupvej 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gilleleje</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Chic Furniture Paint, Azur, 750ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DE/044/046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dragstrupvej 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gilleleje</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Chic Furniture Paint, Tinkerbell, 750ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DE/044/046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dragstrupvej 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gilleleje</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Chic Furniture Paint, Mum's Lipstick, 750ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DE/044/046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dragstrupvej 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gilleleje</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Landora RUS Väggfärg Premium V, vit/bas A, 2,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landora</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Landora Väggfärg 07 Svart, 2,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landora</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NordenPaint Freja Väggfärg, bas A, 9,4 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NordenPaint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Notes Pure Matt Mint My Day, 2 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Notes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Notes Pure Matt Double Truffle , 2 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Notes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Notes Pure Matt Daily Beige, 2 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Notes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Notes Pure Matt Earl Greyish, 2 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Notes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Notes Pure Matt Surf Soul, 2 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Notes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Notes Pure Matt Grey Limit, 2 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Notes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Notes Pure Matt Gentle Ghost , 2 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Notes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Notes Soft Gloss High on Life, 2 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Notes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Notes Soft Gloss Earl Greyish, 2 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Notes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PP Robust 5 Base BB, 9,1 l (57200)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Wall Paint 7 502 Eggshell S0502-Y, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Colorex Briljant 5, Bas A, 0,68 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colorex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Wallpassion Väggfärg, vit/bas A, 9,0 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wallpassion</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Landora Väggfärg 07, Målarvit, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landora</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex Pro 7 White / Base 1, 0,7 l (30810)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Perform 20 Vit/Bas 1, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior High Finish 50 Vit 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Notes Pure Matt Base 1, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Notes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Luxi Väggfärg Matt 7 Mörkgrå, 2,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Luxi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jem &amp; Fix</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skomagervej 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Luxi Väggfärg Matt 7 Ljusgrå, 2,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Luxi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jem &amp; Fix</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skomagervej 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Landora Väggfärg 07 Havregul 2,5 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landora</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PP Wood &amp; Metal PU 20 White, 2,5 l (29341)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Supertäck 20 Plus Bas D</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Caparol</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DAW Nordic AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 36115</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GÖTEBORG</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PP Super Acryl 5 S0500-N, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Clas Ohlson Takfärg Pure White, 3 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SE/044/007</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Indoor paints (EU-Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>EU44 Indoor and outdoor paints and varnishes</x:v>
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Clas Ohlson</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Clas Ohlson AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Clas Ohlsons väg</x:v>
       </x:c>
       <x:c t="str">
         <x:v>INSJÖN</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Flügger Flutex Pro 7 Offwhite S0500-N, 2,8 l</x:v>
-[...63 lines deleted...]
-        <x:v>Nordic Chic Wall, Whipped Cream, 2,5l</x:v>
+        <x:v>Clas Ohlson Lackfärg Pure White Semi Gloss, , 0,75 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlson</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlson AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlsons väg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>INSJÖN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Clas Ohlson Lackfärg Rose Semi Gloss, 0,75 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlson</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlson AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlsons väg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>INSJÖN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PP Super Acryl 10 Base AA, 9,1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PP Super Acryl 10 Hvid / S0500-N, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Lackfärg 20 Plus Bas BB, 0,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Lackfärg 50 Plus S0502-Y, 0,75 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Lackfärg 90 Plus 500 Vit, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Väggfärg 20 Bas AA, 0,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Väggfärg 7 502 Kalkvit S0502-Y, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Väggfärg 7 Bas BB, 9,1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Special Grund Bas 4, 2,8 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Dekso 5 Base 1, 9,1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Dekso 5 Base 3, 0,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Dekso 5 Base 5, 0,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Dekso 5 Svart, 0,75 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 10 Base 1, 0,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 10 Base 3, 4,9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 10 Base 5, 0,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Chic Furniture Paint, Forrest, 750ml</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DE/044/046</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Indoor paints (EU-Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>EU44 Indoor and outdoor paints and varnishes</x:v>
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Chic</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Chic</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dragstrupvej 9</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gilleleje</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Flügger Flutex Pro 5 Base 4, 2,8 l (30847)</x:v>
-[...171 lines deleted...]
-        <x:v>EU44 Indoor and outdoor paints and varnishes</x:v>
+        <x:v>Nordic Chic Furniture Paint, Silver Pearl, 750ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DE/044/046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dragstrupvej 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gilleleje</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Chic Furniture Paint, Grey, 150ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DE/044/046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dragstrupvej 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gilleleje</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Chic Furniture Paint, Nordic Chic, 150ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DE/044/046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dragstrupvej 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gilleleje</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Dekso 1 Ultramat Offwhite, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Dekso 1 Ultramat White / Base 1, 2,8 l (11046)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Clas Ohlson Väggfärg Matt 5 Dark Blue, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlson</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlson AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlsons väg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>INSJÖN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Clas Ohlson Lackfärg Halvblank 40 Saffron, 0,75 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlson</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlson AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlsons väg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>INSJÖN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Clas Ohlson Lackfärg Halvblank 40 Dark Blue, 0,75 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlson</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlson AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlsons väg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>INSJÖN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex Pro 7 Eggshell S0502-Y, 2,8 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Chic Wall, Doves Tail, 2,5l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DE/044/046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dragstrupvej 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gilleleje</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex Pro 5 Base 3, 0,7 l (30843)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Day Premium Ceiling Paint 2 Off White, 9,1 l </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Day Proffs Kitchen &amp; Bath Off White, 4,5 l </x:v>
-[...11 lines deleted...]
-        <x:v>EU44 Indoor and outdoor paints and varnishes</x:v>
+        <x:v>Day Premium Wall Paint 20 Off White, 9,1 l </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Day Proffs Ceiling Paint 2 Off White, 2,7 l </x:v>
-[...11 lines deleted...]
-        <x:v>EU44 Indoor and outdoor paints and varnishes</x:v>
+        <x:v>Flügger Dekso 1 Ultramat Base 4, 0,7 l (11455)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hagmans Golvfärg 1K 005 Gråblå, 1 l (39601) </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hagmans Golvfärg 1K Universalbas C, 9 l (39655) </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Pro Trim Paint Acryl+ 35 Base AA, 0,7 l (21211)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Pro Trim Paint Acryl+ 35 Base CC, 2,8 l (38472)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Dekso 20 H2O Base 3, 2.8 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Colorex Vagans 7, vit/bas A, 0,9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colorex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eicó Nordfärg Vägg, Base C, 4,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>eicó paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kraso Ceramic Paint, Base C, 0,45 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KRASO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rum Væg 5 Hvid, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>XL-Byg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PPG Coatings Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gladsaxevej 300</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Silvanol Væg 5 Base 30, 2,25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SILVANOL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PPG Coatings Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gladsaxevej 300</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Silvanol Væg 5 Base 30, 4,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SILVANOL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PPG Coatings Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gladsaxevej 300</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>DYRUP Væg Pro 05 Ekstra Hvid, 9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dyrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PPG Coatings Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gladsaxevej 300</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>DYRUP Væg Ekstra Dækkende 5 Base 10, 9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dyrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PPG Coatings Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gladsaxevej 300</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>DYRUP Væg Pro 05 Ekstra Hvid, 4,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dyrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PPG Coatings Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gladsaxevej 300</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Color Stories Wet, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Color Stories</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beck &amp; Jørgensen A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rosenkæret 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sigmacryl 25 Satin, LR8014, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sigma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PPG Coatings Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gladsaxevej 300</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Pro Universal Wall Primer, 9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex Pro 7 Kalkhvid S0502-Y, 120 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ultra Matte, 2 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blēo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beck &amp; Jørgensen A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rosenkæret 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>High Gloss, 2 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blēo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beck &amp; Jørgensen A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rosenkæret 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Clas Ohlson Lackfärg Halvmatt 20 Turquoise, 0,75 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlson</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlson AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlsons väg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>INSJÖN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Clas Ohlson Lackfärg Halvblank 40 Dark Red, 0,75 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlson</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlson AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlsons väg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>INSJÖN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Clas Ohlson Lackfärg Halvblank 40 Dark Green, 0,75 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlson</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlson AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlsons väg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>INSJÖN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex Pro 7 Eggshell S0502-Y, 0,75 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex Pro 7 White / Base 1, 2,8 l (30811)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Dekso H2O 20 Offwhite, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Dekso H2O 20 Offwhite, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Dekso H2O 20 White/Base 1, 9,1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Chic Wall, Lovely Duckling, 2,5l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DE/044/046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dragstrupvej 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gilleleje</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Chic Wall, Sage, 2,5l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DE/044/046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dragstrupvej 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gilleleje</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex Pro 5 Base 4, 0,7 l (30846)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Day Premium Ceiling Paint 2 Off White, 2,7 l </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Day Proffs Wall Paint 10 Off White, 2,7 L </x:v>
-[...11 lines deleted...]
-        <x:v>EU44 Indoor and outdoor paints and varnishes</x:v>
+        <x:v>Day Premium Wall Paint 20 Off White, 2,7 l </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Flügger Dekso 1 Ultramat Base 3,  2,8 l (11453)</x:v>
-[...31 lines deleted...]
-        <x:v>Hagmans Golvfärg 1K 003 Ljusgrå, 4 l (39512) </x:v>
+        <x:v>Day Proffs Wall Paint 20 Off White, 9,1 l </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Day Proffs Wall Paint 10 Off White, 4,5 l </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Dekso 1 Ultramat Base 3,  0,7 l (11452)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Dekso 1 Ultramat Base 3, 9,1 l (11454)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hagmans Golvfärg 1K 002 Mellangrå, 1 l (39531) </x:v>
       </x:c>
       <x:c t="str">
         <x:v>SE/044/006</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Indoor paints (EU-Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>EU44 Indoor and outdoor paints and varnishes</x:v>
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hagmans</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hagmans Nordic AB (Fritsla)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 112</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Fritsla</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Flügger Flutex Pro 10 Vit, 10 l</x:v>
-[...127 lines deleted...]
-        <x:v>Colorex Eminent 2 Takfärg, 1,0 l</x:v>
+        <x:v>Hagmans Golvfärg 1K Universalbas C, 0,9 l (39651) </x:v>
       </x:c>
       <x:c t="str">
         <x:v>SE/044/006</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Indoor paints (EU-Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>EU44 Indoor and outdoor paints and varnishes</x:v>
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Pro Trim Paint Acryl+ 35 Base CC, 0,7 l (21213)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Pro Trim Paint Acryl+ 35 White, 3 l (38471) </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Dekso 20 H2O Base 4, 0.7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Dekso 20 H2O Base 4, 9.0 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Perform 5 Base 3, 2,8 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Colorex Vagans Pro+ 4, Vit/Bas A, 2,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Colorex</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hagmans Nordic AB (Fritsla)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 112</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Fritsla</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Colorex Eminent 2 Takfärg, 3,0 l</x:v>
+        <x:v>Colorex Vagans Pro+ 4, Vit/Bas A, 9,0 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SE/044/006</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Indoor paints (EU-Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>EU44 Indoor and outdoor paints and varnishes</x:v>
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Colorex</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hagmans Nordic AB (Fritsla)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 112</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Fritsla</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Colorex Vagans Pro 20, vit/bas A, 0,9 l</x:v>
+        <x:v>Colorex Älva Väggfärg, bas C, 2,7 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SE/044/006</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Indoor paints (EU-Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>EU44 Indoor and outdoor paints and varnishes</x:v>
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Colorex</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hagmans Nordic AB (Fritsla)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 112</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Fritsla</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Colorex Vagans Pro+ 7, bas C, 9,0 l</x:v>
+        <x:v>Eicó Helmatt 4, Base A, 9,0 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SE/044/006</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Indoor paints (EU-Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>EU44 Indoor and outdoor paints and varnishes</x:v>
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>eicó paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eicó Nordfärg Vägg, Base A, 2,25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>eicó paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kraso Ceramic Paint, Base C, 9,0 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KRASO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Landora RUS Väggfärg Premium V, vit/bas A, 9,0 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landora</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Landora RUS Väggfärg Pro 4 V, bas C, 0,9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landora</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Landora RUS Väggfärg Pro 4 V, vit/bas A, 2,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landora</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Landora Väggfärg 07 Sober, 2,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landora</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NordenPaint Freja Väggfärg, bas A, 0,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NordenPaint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Notes Pure Matt Hello Yellow, 2 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Notes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Supertäck 7 Plus Vit S0500-N</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Caparol</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DAW Nordic AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 36115</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GÖTEBORG</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior Easy Finish 40 Bas 4, 2,8 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Clas Ohlson Lackfärg Lemon Semi Gloss, 0,75 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlson</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlson AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlsons väg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>INSJÖN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Clas Ohlson Lackfärg Mountain Rock Semi Gloss, 0,75 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlson</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlson AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlsons väg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>INSJÖN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Clas Ohlson Väggfärg 7 Glacier Blue, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlson</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlson AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlsons väg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>INSJÖN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Clas Ohlson Väggfärg 7 Light Steel, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlson</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlson AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlsons väg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>INSJÖN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Clas Ohlson Väggfärg 7 Pure White, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlson</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlson AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlsons väg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>INSJÖN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Lackfärg 50 Plus 500 Vit, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Lackfärg 50 Plus S0502-Y, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Lackfärg 90 Plus 500 Vit, 0,75 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Väggfärg 10 Bas BB, 9,1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Väggfärg 10 Bas CC, 2,8 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Väggfärg 10 Bas AA, 0,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Väggfärg 20 Bas CC, 9,1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Wall Paint 5 500 White, 10 L (81877)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Väggfärg 5 Bas BB, 9,1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Väggfärg 7 500 Vit, 0,75 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Dekso 5 Base 1, 0,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Dekso 5 Blå, 0,75 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Dekso 5 Grön, 0,75 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 10 Base 4, 9,1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 10 Kalkvit S0502-Y, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 10 RAL 9010, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 20S Bas 1, 9,1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 20S Vit, 0,75 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 20S Vit, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 3 Vit, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 4 Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 5 Base 6, 9,1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 5 Vit, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 5 RAL 9010, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 5S Bas 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 5S Bas 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 5S Bas 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 5S Vit, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 6 Base 4, 4,9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 7S Råvit S0500-N, 0,75 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior Easy Finish 40 Base 1, 0,7 l (94823)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior Easy Finish 40 RAL9010, 3 l (75959)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior Easy Finish 70 Vit, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior High Finish 20 RAL 9010, 0,38 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior High Finish 20 Svart, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior High Finish 5 Vit/Bas 1, 2,8 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior High Finish 50 Bas 1, 0,35 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior High Finish 90 Bas 1, 0,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior High Finish 90 S0500-N, 0,75 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior High Finish 90 Svart, 0,75 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior High Finish 90 Vit, 0,75 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hørpuskin 10S Hvitt, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hørpuskin 10S Målarhvitt, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 7A Råvit S0500-N, 0,75 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 7A Äggevit 0502-Y, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 7A Bas 3, 2,8 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 10A Råvit S0500-N, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 10A Bas 1, 9,1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 10A Bas 4, 0,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Clas Ohlson Wall Paint 7 Warm Sand, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlson</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlson AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlsons väg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>INSJÖN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 7S+ Kalkvit S0502-Y, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 7S+ Råvit S0500-N, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sigmacryl 5 Matt Offwhite, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sigma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PPG Coatings Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gladsaxevej 300</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sigmacryl 5 Matt, Base ZN, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sigma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PPG Coatings Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gladsaxevej 300</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 10 White, 9,1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 20 White, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior Strong Finish 20 Offwhite, 0,75 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sigmacryl 7 Matt off white (2091), 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sigma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PPG Coatings Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gladsaxevej 300</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Chic Furniture Paint, Cafe Au Lait, 750ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DE/044/046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dragstrupvej 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gilleleje</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Chic Furniture Paint, Silky Yellow, 750ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DE/044/046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dragstrupvej 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gilleleje</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Chic Furniture Paint, Lime, 750ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DE/044/046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dragstrupvej 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gilleleje</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Chic Furniture Paint, Sandy, 750ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DE/044/046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dragstrupvej 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gilleleje</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Chic Furniture Paint, Deep Blue, 750ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DE/044/046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dragstrupvej 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gilleleje</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Chic Furniture Paint, Ruby Wine, 750ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DE/044/046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dragstrupvej 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gilleleje</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Chic Furniture Paint, Black Diamond, 750ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DE/044/046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dragstrupvej 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gilleleje</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Chic Furniture Paint, Blue Eyes, 750ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DE/044/046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dragstrupvej 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gilleleje</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Chic Furniture Paint, Pumpkin, 150ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DE/044/046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dragstrupvej 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gilleleje</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Chic Furniture Paint, Ice Cream, 150ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DE/044/046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dragstrupvej 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gilleleje</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Chic Furniture Paint, Lime, 150ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DE/044/046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dragstrupvej 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gilleleje</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Chic Furniture Paint, Tinkerbell, 150ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DE/044/046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dragstrupvej 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gilleleje</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Chic Furniture Paint, Christmas Red, 150ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DE/044/046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dragstrupvej 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gilleleje</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Dekso 1 Ultramat Offwhite, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Notes Pure Matt Purple Rush, 2 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Notes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Notes Pure Matt Beige Blend, 2 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Notes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Notes Pure Matt Sunday Funk, 2 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Notes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Notes Pure Matt Easy Peachy, 2 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Notes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Notes Pure Matt Bubble Blues, 2 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Notes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Notes Soft Gloss Notes White, 2 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Notes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Notes Soft Gloss Midnight Espresso, 2 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Notes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Notes Soft Gloss Little Kiwi, 2 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Notes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Notes Pure Matt Midnight Espresso, 2 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Notes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Notes Pure Matt Garden Note, 2 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Notes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Notes Pure Matt High on Life, 2 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Notes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Notes Soft Gloss Grey Limit, 2 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Notes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Notes Soft Gloss Odd Orange, 2 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Notes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Notes Soft Gloss Double Truffle, 2 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Notes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Notes Soft Gloss Bubble Blues, 2 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Notes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PP Robust 5 White/Base AA, 9,1 l (30799)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Perform Airless, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Color Stories Maling, 0,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Color Stories</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beck &amp; Jørgensen A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rosenkæret 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Color Stories Maling, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Color Stories</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beck &amp; Jørgensen A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rosenkæret 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Colorex Briljant 5, Vit, 0,68 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Colorex</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hagmans Nordic AB (Fritsla)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 112</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Fritsla</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Kraso Ceramic Paint, Base A, 0,9 l</x:v>
+        <x:v>Colorex Vagans Pro+ 4, S0500-N, 9 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SE/044/006</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Indoor paints (EU-Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>EU44 Indoor and outdoor paints and varnishes</x:v>
-[...5 lines deleted...]
-        <x:v>KRASO</x:v>
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colorex</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hagmans Nordic AB (Fritsla)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 112</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Fritsla</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Kraso Ceramic Paint, Base A, 9,0</x:v>
+        <x:v>Tikkurila Harmony Clean Air, C-pm, 0,9 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FI/044/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 2S Airless White, 120 l (77713)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex Pro 7 Eggshell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002, 3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel, Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Lackfärg 50 Plus RAL 9010 0,75 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EFAcare Vægmaling 10, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EFA Paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Esbjerg Farve- &amp; Lakfabrik A/S / Esbjerg Paints</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Energivej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Esbjerg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Wallpassion Snickerifärg, C-bas, 0,68 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SE/044/006</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Indoor paints (EU-Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>EU44 Indoor and outdoor paints and varnishes</x:v>
-[...5 lines deleted...]
-        <x:v>KRASO</x:v>
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wallpassion</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hagmans Nordic AB (Fritsla)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 112</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Fritsla</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Kraso Ceramic Paint, Base C, 2,7 l</x:v>
+        <x:v>Flügger Wall Primer Pro Base 1, 9,1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Wall Primer Perform White , 10 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Luxi Väggfärg 5 Vit, 9,1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Luxi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jem &amp; Fix</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skomagervej 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Pro Classic 05 White / Base 1, 9,1 l (50891)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>XtraProff Vægmaling 7 Hvid, 9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>XL-Byg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PPG Coatings Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gladsaxevej 300</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rum Væg 5 Hvid, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>XL-Byg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PPG Coatings Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gladsaxevej 300</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Droppen Elegance Väggfärg 7 Mud Grey</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Droppen Elegance Väggfärg 7 Beach Shell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Droppen Elegance Kök &amp; Badrum 20 Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Droppen Elegance Dörr &amp; Panel 50 Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Väggfärg 5 Bas BB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Wall Primer Pro White, 3 l (36232)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Pro Universal Wall Primer, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ultra Matte, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blēo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beck &amp; Jørgensen A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rosenkæret 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Gloss, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blēo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beck &amp; Jørgensen A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rosenkæret 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 2S Eggshell, 10 l (77801)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 2S Offwhite, 10 l (74951)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 5 Vitgrå, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 5 Kalkvit S0502-Y, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 5 Råvit S0500-N, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 5 Råvit S0500-N, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 7S Bas 1, 2,8 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 7S Bas 3, 2,8 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 7S Base 4, 2,8 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 7S Kalkvit S0502-Y, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 7S Råvit S0500-N, 120 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior Easy Finish 40 Base 3, 0,7 l (94869)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior Easy Finish 40 Base 3, 2,8 l (94850)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior Easy Finish 40 White, 0,75 l (95555)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior High Finish 20 Råvit, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior High Finish 50 Bas 1, 2,8 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior High Finish 50 Bas 3, 2,8 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior High Finish 50 Bas 4, 0,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior High Finish 50 Bas 5, 0,35 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior High Finish 50 RAL 9010, 0,75 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior High Finish 50 Svart, 0,38 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior High Finish 90 Bas 4, 0,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hørpuskin 10S Hvitt, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hørpuskin 10S Målarhvitt, 0,75 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 7A Bas 4, 0,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 10A Bas 1, 2,8 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 10A Bas 3, 0,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 10A Bas 3, 2,8 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 7S+ Bas 3, 9,1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 7, Eggvit, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PP Super Acryl 5 RAL 9010, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 5 Classic Modehvid, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Chic Furniture Paint, Lavender, 750ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DE/044/046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dragstrupvej 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gilleleje</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Chic Furniture Paint, Blue Jeans, 750ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DE/044/046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dragstrupvej 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gilleleje</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Chic Furniture Paint, Turkish Delight, 750ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DE/044/046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dragstrupvej 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gilleleje</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Chic Furniture Paint, Muskat Nut, 750ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DE/044/046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dragstrupvej 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gilleleje</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Chic Furniture Paint, Hot Lips, 750ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DE/044/046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dragstrupvej 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gilleleje</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Chic Furniture Paint, lovely duckling, 750ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DE/044/046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dragstrupvej 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gilleleje</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Chic Furniture Paint, Rosy Posy, 750ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DE/044/046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dragstrupvej 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gilleleje</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Chic Furniture Paint, Storm Grey, 750ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DE/044/046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dragstrupvej 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gilleleje</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Chic Furniture Paint, Fudge, 750ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DE/044/046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dragstrupvej 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gilleleje</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Chic Furniture Paint, Whipped Cream, 150ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DE/044/046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dragstrupvej 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gilleleje</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Chic Furniture Paint, Rusty, 150ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DE/044/046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dragstrupvej 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gilleleje</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Chic Furniture Paint, Muskat Nut, 150ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DE/044/046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dragstrupvej 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gilleleje</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior Easy Finish 40 Bas 4, 0,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Clas Ohlson Lackfärg Aged White Semi Gloss, 0,75 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlson</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlson AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlsons väg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>INSJÖN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Clas Ohlson Lackfärg Candy Semi Gloss, 0,75 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlson</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlson AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlsons väg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>INSJÖN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Clas Ohlson Väggfärg 7 Copper Green, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlson</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlson AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlsons väg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>INSJÖN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Clas Ohlson Väggfärg 7 Midnight Sun, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlson</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlson AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlsons väg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>INSJÖN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Clas Ohlson Väggfärg 7 Soft Clouds, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlson</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlson AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlsons väg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>INSJÖN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Lackfärg 20 Plus Bas AA, 2,8 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Lackfärg 50 Plus 500 Vit, 0,38 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Lackfärg 50 Plus Bas CC, 2,8 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Reflexfri Takfärg 2 Vit, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Väggfärg 10 Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Wall Paint 5 Base AA, 2,8 l (81727)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Väggfärg 7 Bas BB, 0,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Väggfärg 7 Bas CC, 9,1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Special Grund Bas 6, 2,8 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Dekso 5 Base 6, 0,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Dekso 5 Vit, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Dekso 5 Kalkvit S0502-Y, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Dekso 5 Råvit S0500-N, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 10 Base 3, 0,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 10 Base 6, 0,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 10 Råvit S0500-N, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 10S RAL 9010, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 20S Bas 3, 9,1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 20S Kalkvit S0502-Y, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 20S Råvit S0500-N, 0,75 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Pro Trim Paint Acryl+ 35 Eggshell, 3 l (62048)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Notes Pure Matt Eyes in Skies, 2 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Notes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Notes Pure Matt Dark Tomo, 2 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Notes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Notes Pure Matt Cute Cumber, 2 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Notes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Notes Soft Gloss After Dark, 2 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Notes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Notes Soft Gloss Surf Soul, 2 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Notes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Notes Soft Gloss Pop Around, 2 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Notes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Notes Soft Gloss Sunday Funk, 2 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Notes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Notes Soft Gloss Cute Cumber, 2 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Notes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Notes Pure Matt Light Toni, 2 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Notes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex Pro 7 Offwhite</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002, 3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel, Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Color Stories Maling, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Color Stories</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beck &amp; Jørgensen A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rosenkæret 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Colorex Briljant 15, Bas C, 0,68 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SE/044/006</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Indoor paints (EU-Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>EU44 Indoor and outdoor paints and varnishes</x:v>
-[...5 lines deleted...]
-        <x:v>KRASO</x:v>
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colorex</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hagmans Nordic AB (Fritsla)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 112</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Fritsla</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Kraso Projekt 4, bas C, 0,9 l</x:v>
+        <x:v>Colorex Briljant 40, Bas A, 2,7 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SE/044/006</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Indoor paints (EU-Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>EU44 Indoor and outdoor paints and varnishes</x:v>
-[...5 lines deleted...]
-        <x:v>KRASO</x:v>
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colorex</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hagmans Nordic AB (Fritsla)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 112</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Fritsla</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Kraso Projekt 7, bas A, 0,45 l</x:v>
+        <x:v>Colorex Briljant 40, Vit, 0,68 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SE/044/006</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Indoor paints (EU-Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>EU44 Indoor and outdoor paints and varnishes</x:v>
-[...5 lines deleted...]
-        <x:v>KRASO</x:v>
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colorex</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hagmans Nordic AB (Fritsla)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 112</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Fritsla</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Landora Väggfärg 07 Gräddvit, 2,5 l</x:v>
+        <x:v>Colorex Briljant 40, Vit, 2,7 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SE/044/006</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Indoor paints (EU-Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>EU44 Indoor and outdoor paints and varnishes</x:v>
-[...5 lines deleted...]
-        <x:v>Landora</x:v>
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colorex</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hagmans Nordic AB (Fritsla)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 112</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Fritsla</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Landora Väggfärg 07 Sand, 2,5 l</x:v>
+        <x:v>Wallpassion Takfärg, 1 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SE/044/006</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Indoor paints (EU-Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>EU44 Indoor and outdoor paints and varnishes</x:v>
-[...5 lines deleted...]
-        <x:v>Landora</x:v>
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wallpassion</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hagmans Nordic AB (Fritsla)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 112</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Fritsla</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Landora Väggfärg 07 VIT, 2,5 l</x:v>
+        <x:v>Wallpassion Väggfärg, bas C, 0,9 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SE/044/006</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Indoor paints (EU-Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>EU44 Indoor and outdoor paints and varnishes</x:v>
-[...5 lines deleted...]
-        <x:v>Landora</x:v>
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wallpassion</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hagmans Nordic AB (Fritsla)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 112</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Fritsla</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Novel Projekt Ceramica, Base A, 2,7 l</x:v>
+        <x:v>Flügger Interior Strong Finish 20 Base 3, 2,8 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002, 3096 0032</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel, Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tikkurila Harmony Clean Air, A-pm, 9 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FI/044/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tikkurila Harmony Clean Air, C-pm, 2,7 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FI/044/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior High Finish 20 Bas 3, 2,8 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EFAcare Vægmaling 5, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EFA Paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Esbjerg Farve- &amp; Lakfabrik A/S / Esbjerg Paints</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Energivej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Esbjerg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Wallpassion Snickerifärg, A-bas, 2,7 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SE/044/006</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Indoor paints (EU-Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>EU44 Indoor and outdoor paints and varnishes</x:v>
-[...5 lines deleted...]
-        <x:v>Novel</x:v>
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wallpassion</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hagmans Nordic AB (Fritsla)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 112</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Fritsla</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Notes Pure Matt Daylight Jive, 2 l</x:v>
-[...223 lines deleted...]
-        <x:v>Colorex Briljant 40, 0502-Y, 3 l</x:v>
+        <x:v>Wallpassion Snickerifärg, Vit, 2,7 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SE/044/006</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Indoor paints (EU-Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>EU44 Indoor and outdoor paints and varnishes</x:v>
-[...5 lines deleted...]
-        <x:v>Colorex</x:v>
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wallpassion</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hagmans Nordic AB (Fritsla)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 112</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Fritsla</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Colorex Briljant 40, Bas C, 2,7 l</x:v>
-[...779 lines deleted...]
-        <x:v>EU44 Indoor and outdoor paints and varnishes</x:v>
+        <x:v>Flügger Dekso 1 Ultramat White / Base 1, 0,7 l (50340)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Dekso 1 Ultramat, 120 l (70641)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Pro Classic 05 Offwhite S0500-N (50890)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Droppen Elegance Takfärg 3 Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Droppen Elegance Kök &amp; Badrum 20 Modevit</x:v>
-[...479 lines deleted...]
-        <x:v>Nordic Chic Furniture Paint, Camelia, 750ml</x:v>
+        <x:v>Nordic Chic Furniture Paint, Slate, 150ml</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DE/044/046</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Indoor paints (EU-Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>EU44 Indoor and outdoor paints and varnishes</x:v>
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Chic</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Chic</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dragstrupvej 9</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gilleleje</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Nordic Chic Furniture Paint, Grey, 750ml</x:v>
+        <x:v>Nordic Chic Furniture Paint, Black Diamond, 150ml</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DE/044/046</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Indoor paints (EU-Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>EU44 Indoor and outdoor paints and varnishes</x:v>
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Chic</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Chic</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dragstrupvej 9</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gilleleje</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Nordic Chic Furniture Paint, Sage, 750ml</x:v>
+        <x:v>Nordic Chic Furniture Paint, Blue Eyes, 150ml</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DE/044/046</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Indoor paints (EU-Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>EU44 Indoor and outdoor paints and varnishes</x:v>
-[...19839 lines deleted...]
-        <x:v>EU44 Indoor and outdoor paints and varnishes</x:v>
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Chic</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Chic</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dragstrupvej 9</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gilleleje</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Flügger Dekso 1 Ultramat White / Base 1, 9,1 l (11045)
 </x:v>
       </x:c>
       <x:c t="str">
         <x:v>SE/044/002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Indoor paints (EU-Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>EU44 Indoor and outdoor paints and varnishes</x:v>
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Lackfärg Halvblank 40 Warm Grey, 0,75 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SE/044/007</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Indoor paints (EU-Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>EU44 Indoor and outdoor paints and varnishes</x:v>
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Clas Ohlson</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Clas Ohlson AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Clas Ohlsons väg</x:v>
       </x:c>
       <x:c t="str">
         <x:v>INSJÖN</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Nordic Chic Wall, Concrete Jungle, 2,5l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DE/044/046</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Indoor paints (EU-Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>EU44 Indoor and outdoor paints and varnishes</x:v>
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Chic</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Chic</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dragstrupvej 9</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gilleleje</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Flügger Flutex Pro 5 Base 3, 2,8 l (30844)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SE/044/002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Indoor paints (EU-Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>EU44 Indoor and outdoor paints and varnishes</x:v>
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Flügger Flutex Pro 10 Offwhite</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SE/044/002, 3096 0024, 3096 0024</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel, Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Indoor paints (EU-Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>EU44 Indoor and outdoor paints and varnishes</x:v>
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Flügger Flutex Pro 10 White / Base 1, 10 l (50319)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SE/044/002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Indoor paints (EU-Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>EU44 Indoor and outdoor paints and varnishes</x:v>
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Flügger Flutex Pro 10 Base 3, 9,1 l (50326)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SE/044/002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Indoor paints (EU-Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>EU44 Indoor and outdoor paints and varnishes</x:v>
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Day Premium Wall Paint 10 Off White, 4,5 l </x:v>
       </x:c>
       <x:c t="str">
         <x:v>SE/044/002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Indoor paints (EU-Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>EU44 Indoor and outdoor paints and varnishes</x:v>
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Day Proffs Wall Paint 5 Off White, 2,7 l </x:v>
       </x:c>
       <x:c t="str">
         <x:v>SE/044/002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Indoor paints (EU-Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>EU44 Indoor and outdoor paints and varnishes</x:v>
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Hagmans Golvfärg 1K 000 Vit, 4 l (39522) </x:v>
       </x:c>
       <x:c t="str">
         <x:v>SE/044/006</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Indoor paints (EU-Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>EU44 Indoor and outdoor paints and varnishes</x:v>
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hagmans</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hagmans Nordic AB (Fritsla)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 112</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Fritsla</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Hagmans Golvfärg 1K 005 Gråblå, 4 l (39602) </x:v>
       </x:c>
       <x:c t="str">
         <x:v>SE/044/006</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Indoor paints (EU-Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>EU44 Indoor and outdoor paints and varnishes</x:v>
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hagmans</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hagmans Nordic AB (Fritsla)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 112</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Fritsla</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Flügger Interior Easy Finish 40 Bas 4, 0,7 l</x:v>
-[...31 lines deleted...]
-        <x:v>Clas Ohlson Lackfärg Aged White Semi Gloss, 0,75 l</x:v>
+        <x:v>Clas Ohlson Gloss Paint 80 Aged White High Gloss, 0,75 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SE/044/007</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Indoor paints (EU-Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>EU44 Indoor and outdoor paints and varnishes</x:v>
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Clas Ohlson</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Clas Ohlson AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Clas Ohlsons väg</x:v>
       </x:c>
       <x:c t="str">
         <x:v>INSJÖN</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Clas Ohlson Lackfärg Candy Semi Gloss, 0,75 l</x:v>
+        <x:v>Flügger Dekso 20 H2O Base 3, 9.0 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Perform 5 Base 3, 9,1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Perform 5 White / Base 1, 2,8 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Perform 5 Base 4, 9,1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Perform 10 Base 4, 9,1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Klint Väggfärg, 1 dl</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Klint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Klint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sehlstedtgatan 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Colorex Vagans 7, vit/bas A, 2,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colorex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Colorex Vagans Pro 20, vit/bas A, 9,0 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colorex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Colorex Vagans Pro+ 4, bas C, 9,0 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colorex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eicó Helmatt 4, Base A, 4,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>eicó paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kraso Ceramic Paint, Base A, 2,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KRASO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kraso Projekt 20, bas A, 9,0 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KRASO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kraso Projekt 4, bas A, 0,45 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KRASO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kraso Projekt 4, bas A, 0,9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KRASO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kraso Projekt 7, bas A, 0,9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KRASO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Landora RUS Väggfärg Pro 4 V, bas C, 2,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landora</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Landora RUS Väggfärg Pro 4 V, bas C, 9,0 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landora</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Väggfärg 10 Bas CC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Dekso 5 Base 4, 0,7 l (37486)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Dekso 5 Base 4, 2,8 l (37483)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Dekso 5 Flügger White / Base 1, 9,1 l (37479)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Dekso 5 Base 4, 2,8 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Dekso 5 Råvit S0500-N, 0,75 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Dekso 5 Råvit S0500-N, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 10 Base 1, 2,8 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 10 Base 4, 0,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 10 Base 4, 4,9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 10 Vit, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 10 Vit, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 10 Modevit S0802-Y, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 20S Bas 1, 2,8 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 20S Bas 6, 2,8 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 20S Råvit S0500-N, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 2S White, 3 l (76733)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 2S Svart, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 5 Base 4, 0,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 5S Bas 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 7S Ass., 10 l (base 4 colour)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 7S Bas 5, 2,8 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Förankringsgrund Non-drip, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior Easy Finish 40 Offwhite, 3 l (95500)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior Easy Finish 70 Bas 1, 0,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior High Finish 20 Base 4, 0,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior High Finish 5 Base 4, 0,7 l (79494)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior High Finish 5 Vit/Bas 1, 0,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior High Finish 50 Bas 1, 0,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior High Finish 50 Bas 3, 0,35 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior High Finish 50 Bas 6, 0,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior High Finish 50 Svart, 0,75 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior High Finish 50 Vit, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior High Finish 90 Bas 3, 0,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior High Finish 90 Bas 4, 2,8 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior High Finish 90 RAL 9010, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior High Finish 90 Vit, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Special Grund Ass., 10 l (base 4 colour)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Special Grund, Vit, 120 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Special Grund Vit, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hørpuskin 10S Stofn 1, 2,8 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hørpuskin 10S Stofn 3, 0,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hørpuskin 10S Stofn 3, 2,8 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Special Grund Bas 3, 2,8 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sigmacryl 25 Semi-matt Hvid (Base 5), 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sigma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PPG Coatings Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gladsaxevej 300</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 7A Vit, 0,75 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 7A Vit, 10 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 7A Bas 1, 0,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 7A Bas 4, 9,1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 10A Äggevit 0502-Y, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 7 Vit, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Dekso 5 Base 5, 2,8 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 7S+ Bas 3, 0,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 7S+ Äggvit 0502-Y, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 7S+ Vit, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 7S+ Vit, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sigmacryl 25 Semi-matt Hvid (Base 5), 2,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sigma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PPG Coatings Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gladsaxevej 300</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 5 Classic Hvid, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sigmacryl 7 Matt NCS S0500-N, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sigma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PPG Coatings Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gladsaxevej 300</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Supertäck 20 Plus Bas A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Caparol</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DAW Nordic AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 36115</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GÖTEBORG</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Supertäck 20 Plus Vit S0500-N</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Caparol</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DAW Nordic AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 36115</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GÖTEBORG</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Lackfärg 20 Plus 500 Vit, 0,75 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Lackfärg 20 Plus Bas CC, 0,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Lackfärg 90 Plus Bas AA, 2,8 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Väggfärg 10 Bas BB, 2,8 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Väggfärg 10 Bas AA, 2,8 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Väggfärg 5 Svart, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Väggfärg 7 Bas AA, 9,1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rum Væg 5 Base 10, 2,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>XL-Byg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PPG Coatings Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gladsaxevej 300</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sigmacryl 25 Satin, RH833, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sigma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PPG Coatings Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gladsaxevej 300</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior Radiator Finish Base 1, 2,8 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sigmacryl 10 Semi‐Matt Hvit Base lN (2092), 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sigma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PPG Coatings Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gladsaxevej 300</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flutex 2S svart</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Chic Furniture Paint, Pumpkin, 750ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DE/044/046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dragstrupvej 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gilleleje</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Chic Furniture Paint, Mamma Rosa, 750ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DE/044/046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dragstrupvej 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gilleleje</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Chic Furniture Paint, Concrete Jungle, 750ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DE/044/046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dragstrupvej 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gilleleje</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Chic Furniture Paint, Slate, 750ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DE/044/046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dragstrupvej 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gilleleje</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Chic Furniture Paint, Taupe, 750ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DE/044/046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dragstrupvej 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gilleleje</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Chic Furniture Paint, Nordic Chic, 750ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DE/044/046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dragstrupvej 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gilleleje</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Chic Furniture Paint, Olive, 750ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DE/044/046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dragstrupvej 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gilleleje</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Chic Furniture Paint, Emerald Queen, 750ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DE/044/046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dragstrupvej 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gilleleje</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Chic Furniture Paint, Orange Passion, 750ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DE/044/046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dragstrupvej 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gilleleje</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Chic Furniture Paint, Lavender, 150ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DE/044/046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dragstrupvej 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gilleleje</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Chic Furniture Paint, Sage, 150ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DE/044/046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dragstrupvej 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gilleleje</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Chic Furniture Paint, Pistache, 150ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DE/044/046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dragstrupvej 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gilleleje</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Chic Furniture Paint, Silky Yellow, 150ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DE/044/046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dragstrupvej 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gilleleje</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Chic Furniture Paint, Taupe, 150ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DE/044/046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dragstrupvej 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gilleleje</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Chic Furniture Paint, Olive, 150ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DE/044/046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dragstrupvej 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gilleleje</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Chic Furniture Paint, Deep Blue, 150ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DE/044/046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dragstrupvej 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gilleleje</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Chic Furniture Paint, lovely duckling, 150ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DE/044/046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dragstrupvej 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gilleleje</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Chic Furniture Paint, Midnight Blues, 150ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DE/044/046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dragstrupvej 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gilleleje</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Chic Furniture Paint, Silver Pearl, 150ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DE/044/046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dragstrupvej 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gilleleje</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Väggfärg 7 Sidenmatt Warm Grey, 3 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SE/044/007</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Indoor paints (EU-Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>EU44 Indoor and outdoor paints and varnishes</x:v>
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Clas Ohlson</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Clas Ohlson AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Clas Ohlsons väg</x:v>
       </x:c>
       <x:c t="str">
         <x:v>INSJÖN</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Clas Ohlson Väggfärg 7 Copper Green, 3 l</x:v>
+        <x:v>Grundfärg Tak &amp; Vägg, 3 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SE/044/007</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Indoor paints (EU-Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>EU44 Indoor and outdoor paints and varnishes</x:v>
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Clas Ohlson</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Clas Ohlson AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Clas Ohlsons väg</x:v>
       </x:c>
       <x:c t="str">
         <x:v>INSJÖN</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Clas Ohlson Väggfärg 7 Midnight Sun, 3 l</x:v>
+        <x:v>Flügger Flutex Pro 7 Eggwhite</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002, 3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel, Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex Pro 7 White / Base 1, 9,1 l (30812)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Dekso H2O 20 White/Base 1, 0,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex Pro 5 Råhvid, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex Pro 10 Råhvid, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex Pro 10 White / Base 1, 2,8 l (50316)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex Pro 10 Base 4, 0,7 l (50327)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex Pro 10 Base 4, 2,8 l (50328)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex Pro 10 Base 4, 9,1 l (50329)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Day Premium Wall Paint 20 Off White, 4,5 l </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Day Premium Kithcen &amp; Bath Off White, 4,5 l </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Day Premium Wall Paint 5 Off White, 2,7 l </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Day Proffs Wall Paint 10 Off White, 9,1 l </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Day Proffs Kitchen &amp; Bath Off White, 9,1 l </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Day Proffs Wall Paint 20 Off White, 4,5 l </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Day Proffs Kitchen &amp; Bath Off White, 2,7 l </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Dekso 1 Ultramat Base 4, 2,8 l (11456)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hagmans Golvfärg 1K 002 Mellangrå, 10 l (39535) </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hagmans Golvfärg 1K Universalbas B, 0,9 l (39641) </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior High Finish 50 Eggvit, 0,75 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Perform 10 Offwhite</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002, 3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel, Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Perform 7 Base 3, 2,8 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Perform 7 White / Base 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Klint Väggfärg, 2 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Klint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Klint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sehlstedtgatan 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Klint Väggfärg, 4 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Klint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Klint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sehlstedtgatan 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Klint Takfärg, 4 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Klint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Klint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sehlstedtgatan 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Colorex Vagans Pro+ 4, bas C, 2,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colorex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Colorex Vagans Pro+ 7, Vit/Bas A, 2,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colorex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Colorex Älva Väggfärg, vit/bas A, 2,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colorex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eicó Helmatt 4, Base C, 9,0 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>eicó paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eicó Nordfärg Vägg, Base A, 0,9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>eicó paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kraso Ceramic Paint, Base C, 0,9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KRASO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kraso Projekt 4, bas A, 2,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KRASO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kraso Projekt 4, bas C, 2,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KRASO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kraso Projekt 7, bas A, 16,0 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KRASO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kraso Projekt 7, bas A, 9,0 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KRASO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Landora RUS Väggfärg Premium V, bas C, 0,9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landora</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Landora RUS Väggfärg Premium V, bas C, 9,0 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landora</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Landora Väggfärg 07 Granit, 2,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landora</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Landora Väggfärg 07 Savann, 2,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landora</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Landora Väggfärg 07 VIT, 4 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landora</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NordenPaint Freja Väggfärg, bas C, 2,82 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NordenPaint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PP Robust 10 Base BB, 9,1 l (40485)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Notes Soft Gloss Daylight Jive, 2 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Notes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Notes Soft Gloss Beige Blend, 2 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Notes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Notes Soft Gloss Goofy Grey, 2 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Notes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Notes Pure Matt Beauty in Brown, 2 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Notes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Notes Pure Matt Little Kiwi, 2 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Notes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Notes Soft Gloss Kind of Khaki, 2 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Notes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Notes Soft Gloss Power Grass, 2 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Notes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Notes Soft Gloss Daily Beige, 2 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Notes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Notes Soft Gloss Dark Tomo, 2 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Notes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Notes Soft Gloss Mingle More, 2 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Notes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Luxi Väggfärg 5 Modevit, 4,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Luxi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jem &amp; Fix</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skomagervej 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Luxi Väggfärg 10 Modevit, 4,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Luxi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jem &amp; Fix</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skomagervej 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Colorex Briljant 70, Bas C, 0,68 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colorex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Mood Air Wall, bas A, 2,7 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FI/044/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Mood Air Wall, bas A, 9 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FI/044/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior High Finish 5 Base 4, 2,8 L (77400)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Notes Pure Matt Base 3, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Notes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Wallpassion Snickerifärg, A-bas, 0,68 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wallpassion</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Dekso 1 Ultramat Offwhite S0500-N, 120 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Wall Primer Perform White , 3 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Landora Väggfärg 07 Mocca 2,5 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landora</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rum Væg 5 Base 10, 2,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>XL-Byg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PPG Coatings Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gladsaxevej 300</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sigmacryl 25 Satin, RH833, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sigma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PPG Coatings Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gladsaxevej 300</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior Radiator Finish Base 1, 2,8 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Dekso 5 Flügger White / Base 1, 2,8 l (37480)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Landora Väggfärg 07 Sidengrå, 2,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landora</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NordenPaint Freja Väggfärg, bas C, 0,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NordenPaint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NordenPaint Freja Väggfärg, bas C, 9,4 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NordenPaint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Novel Projekt Ceramica, Base A, 9,0 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Notes Pure Matt Notes White, 2 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Notes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Notes Pure Matt Ocean Crush, 2 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Notes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Notes Pure Matt Shy Dane, 2 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Notes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Notes Soft Gloss Hello Yellow, 2 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Notes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Notes Soft Gloss Purple Rush, 2 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Notes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Notes Soft Gloss Berry Moment, 2 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Notes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Notes Pure Matt Odd Orange, 2 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Notes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Notes Pure Matt Pop Around, 2 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Notes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Notes Pure Matt See You Cigar, 2 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Notes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Notes Soft Gloss Lemon Cloud, 2 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Notes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Notes Soft Gloss Light Toni, 2 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Notes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Notes Soft Gloss See You Cigar, 2 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Notes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex Pro 5 Offwhite</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002, 3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel, Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Colorex Briljant 15, Bas C, 2,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colorex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Colorex Briljant 15, Vit, 0,68 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colorex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Colorex Briljant 40, Bas A, 0,68 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colorex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Wallpassion Väggfärg, bas C, 9,0 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wallpassion</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Wallpassion Väggfärg, vit/bas A, 2,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wallpassion</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Landora Väggfärg 07, Mistel, 2,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landora</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Wallpassion Takfärg, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wallpassion</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Wallpassion Takfärg, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wallpassion</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior Strong Finish 40 Base 4, 0,35 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002, 3096 0032</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel, Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Mood Air Wall, bas C, 9 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FI/044/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Heidehofintie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vantaa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Lackfärg 50 Plus RAL 9010, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Notes Pure Matt Base 4, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Notes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Wall Primer Pro Base 4, 9,1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex Pro 7 Ass. &gt;440L_10 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PP Super Primer Base AA_10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dekso Aïr White, 10 l (66661)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Luxi Väggfärg Matt 7 Vit, 9,1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Luxi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jem &amp; Fix</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skomagervej 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Luxi Väggfärg 5 Vit, 2,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Luxi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jem &amp; Fix</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skomagervej 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Landora Väggfärg 07 Salvia 2,5 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landora</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>XtraProff Vægmaling 7 Lys råhvid, 9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>XL-Byg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PPG Coatings Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gladsaxevej 300</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sigmacryl 5 Matt RH822, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sigma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PPG Coatings Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gladsaxevej 300</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>DYRUP Væg Ekstra DækkendeE 5 Base 10, 2,25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dyrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PPG Coatings Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gladsaxevej 300</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>DYRUP Væg Ekstra Dækkende 5 Base 10, 4,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dyrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PPG Coatings Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gladsaxevej 300</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Droppen Elegance Väggfärg 7 Cloudy Day</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex Pro 7 Offwhite S0500-N, 9,1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex Pro 7 Offwhite S0500-N, 0,75 l​</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex Pro 5 RAL9010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex Pro 5 Råhvid, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex Pro 5 White / Base 1 , 2,8 L (30841)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Day Premium Wall Paint 5 Off White, 4,5 l </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Day Premium Wall Paint 10 Off White, 2,7 l </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Day Proffs Ceiling Paint 2 Off White, 9,1 l </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Day Proffs Wall Paint 5 Off White, 9,1 l </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Day Proffs Wall Paint 5 Off White, 4,5 l </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Dekso 1 Ultramat Base 4, 9,1 l (11457)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hagmans Golvfärg 1K 003 Ljusgrå, 1 l (39511) </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hagmans Golvfärg 1K Universalbas A, 0,9 l (39631) </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hagmans Golvfärg 1K 000 Vit, 10 l 39525) </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hagmans Golvfärg 1K 003 Ljusgrå, 10 l (39515) </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hagmans Golvfärg 1K Universalbas B, 3,6 l (39642) </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hagmans Golvfärg 1K Universalbas B, 9 l (39645) </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Pro Trim Paint Acryl+ 35 Base AA, 2,8 l (38473)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex Pro 10 Vit, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Perform 5 Base 4, 2,8 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Perform 10 Base 4, 2,8 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Perform 7 Eggshell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002, 3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel, Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Perform 10 Base 3, 9,1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Perform 7 Base 3, 9,1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Perform 7 Eggwhite</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002, 3096 0024, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel, Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Klint Takfärg, 2 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Klint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Klint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sehlstedtgatan 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Colorex Vagans 7, vit/bas A, 9,0 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colorex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Colorex Älva Väggfärg, bas C, 9,0 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colorex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Colorex Älva Väggfärg, vit/bas A, 0,9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colorex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Colorex Älva Väggfärg, vit/bas A, 9,0 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colorex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eicó Nordfärg Vägg, Base C, 2,25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>eicó paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Landora RUS Väggfärg Premium V, vit/bas A, 0,9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landora</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Landora RUS Väggfärg Pro 4 V, vit/bas A, 0,9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landora</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Landora Väggfärg 07 Grafit, 2,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landora</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 5S Råvit S0500-N, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 6 Base 1, 4,9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 7S Bas 1, 0,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 7S Vit, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior Easy Finish 40 Base 1, 2,8 l (94814)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior Easy Finish 40 Base 4, 0,7 l (94887)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior Easy Finish 40 Offwhite, 0,75 l (95519)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior High Finish 20 Base 1, 9,1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior High Finish 20 Råvit, 0,38 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior High Finish 20 Vit, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior High Finish 50 Bas 6, 0,35 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior High Finish 50 Råvit S0500-N, 0,38 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior High Finish 50 Svart, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior High Finish 50 Vit, 0,38 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior High Finish 90 RAL 9010, 0,75 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hørpuskin 10S Beinhvitt, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hørpuskin 10S Hrimhvitt, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hørpuskin 10S Stofn 1, 0,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hørpuskin 10S Stofn 4, 0,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Colorex Älva Väggfärg, Bas C</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colorex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sigmacryl 5 Matt, Base LN/Hvid, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sigma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PPG Coatings Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gladsaxevej 300</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 5 Classic Råhvid, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 7A Bas 4, 2,8 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 7A Svart, 0,75 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 10A Råvit S0500-N, 0,75 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 10A Kalkvit S0502-Y, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 10A Bas 1, 0,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 10A Bas 4, 9,1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 7A Base 5, 2,8 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 7 Modevit, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 7S+ Bas 1, 2,8 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 7S+ Bas 1, 9,1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 7S+ Bas 3, 2,8 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 7S+ Bas 4, 9,1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Chic Furniture Paint, French Mustard, 750ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DE/044/046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dragstrupvej 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gilleleje</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Chic Furniture Paint, Camelia, 150ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DE/044/046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dragstrupvej 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gilleleje</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Chic Furniture Paint, Turkish Delight, 150ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DE/044/046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dragstrupvej 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gilleleje</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Chic Furniture Paint, Concrete Jungle, 150ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DE/044/046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dragstrupvej 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gilleleje</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Chic Furniture Paint, Baby Blue, 150ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DE/044/046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dragstrupvej 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gilleleje</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Chic Furniture Paint, Pacific Ocean, 150ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DE/044/046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dragstrupvej 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gilleleje</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Chic Furniture Paint, Rosy Posy, 150ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DE/044/046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Chic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dragstrupvej 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gilleleje</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Supertäck 20 Plus Bas B</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Caparol</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DAW Nordic AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 36115</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GÖTEBORG</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Supertäck 7 Plus Bas A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Caparol</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DAW Nordic AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 36115</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GÖTEBORG</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior Easy Finish 40 RAL 9010, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Clas Ohlson Väggfärg 7 Iron Ore, 3 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SE/044/007</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Indoor paints (EU-Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>EU44 Indoor and outdoor paints and varnishes</x:v>
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Clas Ohlson</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Clas Ohlson AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Clas Ohlsons väg</x:v>
       </x:c>
       <x:c t="str">
         <x:v>INSJÖN</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Clas Ohlson Väggfärg 7 Soft Clouds, 3 l</x:v>
+        <x:v>Clas Ohlson Väggfärg 7 Pure White, 10 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SE/044/007</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Indoor paints (EU-Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>EU44 Indoor and outdoor paints and varnishes</x:v>
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Clas Ohlson</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Clas Ohlson AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Clas Ohlsons väg</x:v>
       </x:c>
       <x:c t="str">
         <x:v>INSJÖN</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Yunik Lackfärg 20 Plus Bas AA, 2,8 l</x:v>
-[...11 lines deleted...]
-        <x:v>EU44 Indoor and outdoor paints and varnishes</x:v>
+        <x:v>PP Pro Ceiling 2, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Lackfärg 50 Plus 500 Vit, 0,75 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Yunik</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Yunik Lackfärg 50 Plus 500 Vit, 0,38 l</x:v>
-[...11 lines deleted...]
-        <x:v>EU44 Indoor and outdoor paints and varnishes</x:v>
+        <x:v>Yunik Lackfärg 50 Plus Bas BB, 2,8 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Yunik</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Yunik Lackfärg 50 Plus Bas CC, 2,8 l</x:v>
-[...11 lines deleted...]
-        <x:v>EU44 Indoor and outdoor paints and varnishes</x:v>
+        <x:v>Yunik Lackfärg 50 Plus Bas AA, 0,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Yunik</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Yunik Reflexfri Takfärg 2 Vit, 10 l</x:v>
-[...11 lines deleted...]
-        <x:v>EU44 Indoor and outdoor paints and varnishes</x:v>
+        <x:v>Yunik Väggfärg 10 Bas CC, 9,1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Yunik</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Yunik Väggfärg 10 Vit</x:v>
-[...43 lines deleted...]
-        <x:v>EU44 Indoor and outdoor paints and varnishes</x:v>
+        <x:v>Yunik Väggfärg 20 500 Vit, 0,75 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Yunik</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Yunik Väggfärg 7 Bas BB, 0,7 l</x:v>
-[...11 lines deleted...]
-        <x:v>EU44 Indoor and outdoor paints and varnishes</x:v>
+        <x:v>Yunik Väggfärg 20 500 Vit, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Yunik</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Yunik Väggfärg 7 Bas CC, 9,1 l</x:v>
-[...11 lines deleted...]
-        <x:v>EU44 Indoor and outdoor paints and varnishes</x:v>
+        <x:v>Yunik Väggfärg 20 Bas AA, 9,1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Yunik</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Flügger Special Grund Bas 6, 2,8 l</x:v>
-[...1035 lines deleted...]
-        <x:v>EU44 Indoor and outdoor paints and varnishes</x:v>
+        <x:v>Yunik Väggfärg 5 Svart, 0,75 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Yunik</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Flügger Flutex 20S Råvit S0500-N, 3 l</x:v>
-[...951 lines deleted...]
-        <x:v>Gladsaxevej 300</x:v>
+        <x:v>Yunik Väggfärg 7 500 Vit, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Väggfärg 7 Bas BB, 2,8 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Väggfärg 7 Bas AA, 0,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Special Grund Bas 4, 9,1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Dekso 5 Base 4, 0,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Dekso 5 Röd, 0,75 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Dekso 5 Svart, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 10 Base 1, 9,1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 20S Bas 5, 2,8 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 20S Råvit S0500-N, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 2S Ass , &gt;440 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 3 Vit, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 4 Råvit S0500-N, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 5 Bas 1, 0,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 5 Base 5, 2,8 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 5 Base 5, 9,1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 5 Vit, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Gloss, 2 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blēo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beck &amp; Jørgensen A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rosenkæret 25</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søborg</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Flügger Flutex 7A Vit, 0,75 l</x:v>
-[...8721 lines deleted...]
-        <x:v/>
+        <x:v>Flügger Dekso 5 Base 3, 0,7 l (37485)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Indoor paints (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>