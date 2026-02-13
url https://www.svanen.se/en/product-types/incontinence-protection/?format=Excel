--- v0 (2025-12-13)
+++ v1 (2026-02-13)
@@ -1,85 +1,309 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3414dfa75ed4880" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb9e409e681d54fcc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R914a5b08223844bb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="Rd499a5f9811e4b93"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R914a5b08223844bb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd499a5f9811e4b93" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Brand</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Licensee</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c t="str">
         <x:v>City</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>TENA Pants Regular Large</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0053, 3023 0032, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Abri-Soft Light 60x60</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0074, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abri-Soft</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Slip Maxi Small</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0069, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Slip Ultima Medium</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0069, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Pants Super XL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0038, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Flex Normal M</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0069, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Flex Plus M</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0069, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>TENA Lady Normal (sw)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3023 0038, 3023 0023</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Incontinence protection</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Protective and Absorbent Hygiene Products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>TENA</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Essity Hygiene and Health AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Broplatsen 3</x:v>
@@ -1380,10618 +1604,10586 @@
       </x:c>
       <x:c t="str">
         <x:v>Incontinence protection</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Protective and Absorbent Hygiene Products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends Healthcare AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Järnvägsgatan 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aneby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Abri-Soft Light 60x60</x:v>
+        <x:v>Attends Soft Micro 0, 224 pcs (2205273)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0117</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Slip Air Comfort 10M, 104 pcs (213773)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Discreet Ultra Mini Plus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0037, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Abri-Soft Ultra Light 60x60</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5023 0074, 5023 0001</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Incontinence protection</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Protective and Absorbent Hygiene Products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Abri-Soft</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Abena Produktion A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Erik Jessen Vej 37</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aabenraa</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>TENA Slip Maxi Small</x:v>
+        <x:v>ABENA Abri-Soft Classic 75x60</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0074, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abri-Soft</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Comfort Extra</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0023, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Pants Super S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0038, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Pants Super M</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0038, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Flex Plus L</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3023 0069, 3023 0023</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Incontinence protection</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Protective and Absorbent Hygiene Products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>TENA</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Essity Hygiene and Health AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Broplatsen 3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Mölndal</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>TENA Slip Ultima Medium</x:v>
+        <x:v>TENA Flex Plus XL</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3023 0069, 3023 0023</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Incontinence protection</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Protective and Absorbent Hygiene Products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>TENA</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Essity Hygiene and Health AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Broplatsen 3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Mölndal</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>TENA Pants Super XL</x:v>
+        <x:v>TENA Flex Maxi M</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0069, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Flex Maxi XL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0069, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Bed PlusWing SZone, 180x80</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0032, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Pants PlusClassic XL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0032, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA San 5, 36 pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Pants S1, 16 pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Wing XL2, Premium, 15 pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0087, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Soft Normal 2, 96 pcs (207567)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Soft 5, 152 pcs (204771)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Contours Regular 5, 210 pcs (205228)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Contours Regular 10, 84 pcs (205532)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Contours Air Comfort 9, 112 pcs (203859)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Contours Air Comfort 11, 84 pcs (206171)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends F6, 160 pcs (205198)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Pull-Ons 4 XL, 72 pcs (211861)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Pull-Ons 10 XL, 56 pcs (209417)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Abri-Wing M3, Premium, 15 pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0087, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abri-Wing</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Men Active Fit Level 3 (bag)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0037, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Men Active Fit Level 3 (carton)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0037, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Man Premium - Formula 0, 14 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Man</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Lady Mini</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA San 1A Premium, 28 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA San 4 Premium, 30 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Soft 3 Extra, 90 pcs (212691)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends For Men Level 3, 168 pcs (205952)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0095</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Let Normal, 34 stk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Slip Plus XL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0069, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Slip Ultima XL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0069, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Pants Plus Classic Large</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0053, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Pant Discreet Large</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0069, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Nova Slip M-L2, 24 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Nova</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Pants L3 Premium, 15 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Stretch Night Medium</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0032, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Stretch Night Large</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0032, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Hybrid Inserts Night Medium</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0069, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Slip M4, 21 pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Slip L3, 20 pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Wing M4, Premium, 15 pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0087, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Soft Extra Plus 3+, 120 pcs (205112)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Lady Night Pad 6, 120 pcs (211939)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Pull-Ons 6 Medium, 72 pcs (211809)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Pull-Ons 8 Medium, 64 pcs (207406)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Bed Plus SecureZone, 60x75</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0069, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Flex 9 XL, 88 pcs (206928)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Flex 10 XL, 80 pcs (206942)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Adjustable 10 Medium, 84 pcs (206454)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Abri-Wing S2, Premium, 15 pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0087, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abri-Wing</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Abri-Wing XL1, Premium, 15 pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0087, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abri-Wing</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Men Active Fit Level 1 (bag)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0037, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Light Premium 1, 20 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Light Premium 1A, 16 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA San 3 Premium, 28 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA San 3A Premium, 28 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Cover Dri Special Care 60x60, 152 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Soft 2 Normal, 120 pcs (212684)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Flex 9 Small, 104 pcs (206744)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Men Protective Underwear Maxi L/XL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0069, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Nova San 10, 18 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Nova</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Abri-Soft Superdry 80x180 cm, 30 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0074, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abri-Soft</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Flex 10+M Ultima, 72 pcs (214435)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Flex 7L, 90 pcs (214398)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Slip Air Comfort 10+M Ultima, 88 pcs (216057)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Slip Air Comfort 10+L, 66 pcs (214299)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Nova San 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Nova</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Abri-Soft Light 90x60</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0074, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abri-Soft</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Abri-Soft Superdry 60x60</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0074, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abri-Soft</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Abri-Soft Classic 60x60</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0074, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abri-Soft</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Comfort Maxi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0023, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Pants Plus M</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3023 0038, 3023 0023</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Incontinence protection</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Protective and Absorbent Hygiene Products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>TENA</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Essity Hygiene and Health AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Broplatsen 3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Mölndal</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>TENA Flex Normal M</x:v>
+        <x:v>TENA Pants Plus L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0038, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Pants Maxi L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0038, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Flex Normal L</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3023 0069, 3023 0023</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Incontinence protection</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Protective and Absorbent Hygiene Products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>TENA</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Essity Hygiene and Health AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Broplatsen 3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Mölndal</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>TENA Flex Plus M</x:v>
+        <x:v>TENA Flex Super S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3023 0069, 3023 0023</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Incontinence protection</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Protective and Absorbent Hygiene Products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>TENA</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Essity Hygiene and Health AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Broplatsen 3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Mölndal</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>TENA Pants Regular Large</x:v>
+        <x:v>TENA Flex Super L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0069, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Pants Night Super M</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0038, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Comfort Ultima</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0023, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Pants Extra S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0032, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA San 11, 21 pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA San Special, 28 pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Pants M1, 15 pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Slip M1, 26 pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Slip Plus Medium</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0069, 3023 0032, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Slip Super Large</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0069, 3023 0032, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Men 2 Protective Shield, 90 pcs (212790)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Hybrid Inserts Night Large</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0069, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Pants Plus Classic Medium</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0032, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Abri-Soft Ultra Light 90x60</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0074, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abri-Soft</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Pants Plus XXS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0038, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Slip Plus Small</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0069, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Abri-Soft Superdry 75x60</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0074, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abri-Soft</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Discrete 4, 210 pcs (202395)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Flex 8 Large, 112 pcs (206843)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Slip Active 9 Medium , 112 pcs (201510)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Slip Active 8 Large, 112 pcs (201336)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Men Active Fit Level 1 (carton)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0037, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Pants Light Large, 15 pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Light Ultra Mini 0, 24 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0089, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Slip Special M4, 14 stk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Stretch Day Medium</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0032, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Stretch Day Large</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0032, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Pants Discreet L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0038, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Slip Air Comfort 10L, 78 pcs (213797)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Slip Air Comfort 10+L Ultima, 66 pcs (216071)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Slip L-XL1 Flexi Fit, 26 pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Contours Air Comfort 4, 210 pcs (203750)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Contours Regular 6, 140 pcs (201251)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Slip M3, 23 pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Slip M0, 27 pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Slip L2, 22 pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Slip M2, 24 pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA San 6, 34 pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Lady Extra</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0038, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Bed Plus SecureZone, 60x60</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0032, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Abri-Soft Superdry 40x60</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0074, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abri-Soft</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Pants Night Super L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0038, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Flex Ultima S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0069, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Discreet Normal Night</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0038, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Flex Ultima XL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0069, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Pants Maxi XL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0038, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Lady Normal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0038, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Nova Form S2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Nova</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Slip Maxi Medium</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0069, 3023 0032, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Slip Maxi Large</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0069, 3023 0032, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Contours Air Comfort 6, 140 pcs (203798)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Bed Plus SecureZone, 60x90</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0069, 3023 0032, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Pants Plus Large</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0053, 3023 0069, 3023 0032, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Pants Plus Medium</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0032, 3023 0069, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Discreet Ultra Mini</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0037, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Hybrid Inserts Day Large</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0069, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Abri-Soft Ultra Light 60x40</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0074, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abri-Soft</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Abri-Soft Basic 90x60</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0074, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abri-Soft</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Abri-Soft Basic 60x40</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0074, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abri-Soft</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Abri-Soft Classic 90x60</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0074, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abri-Soft</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Comfort Normal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0023, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Bed Super SecureZone, 60x60</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0032, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Pants Normal Small</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0032, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Pants Plus XS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0038, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Pants PlusClassic S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0032, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Pants Super L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0038, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Flex Plus S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0069, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA San 7, 30 pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Wing XL3, Premium, 15 pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0087, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Wing L2, Premium, 15 pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0087, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Wing S3, Premium, 15 pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0087, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Wing M3, Premium, 15 pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0087, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Man Premium - Special, 23 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Man</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Pants Light Medium, 15 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Slip Active 8 Medium , 112 pcs (200735)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Slip Regular 10 Large, 52 pcs (207666)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Slip Regular 10 Medium, 104 pcs (207697)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Adjustable 10 Large, 84 pcs (206652)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Pull-Ons 4 Medium, 88 pcs (211786)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Pull-Ons 6 Small, 72 pcs (211762)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA San 10, 25 pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Flex 10 Medium, 88 pcs (206829)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Soft  4 Maxi, 96 pcs (204894)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Slip Active 10 Medium</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Abri-Wing L2, Premium, 15 pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0087, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abri-Wing</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Abri-Wing M4, Premium, 15 pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0087, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abri-Wing</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Nova Slip M-L4, 21 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Nova</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Nova Slip L-XL4, 18 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Nova</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Pants L1 Premium, 15 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Nova Slip S2, 21 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Nova</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Nova San 7, 24 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Nova</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Let Anatomic, 30 stk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Soft 4 Maxi, 120 pcs (212677)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Pants Normal Large</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0032, 3023 0069, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Pants Plus XL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0038, 3023 0032, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Slip Plus Large</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0069, 3023 0032, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Hybrid Inserts Day Medium</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0069, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Soft 7, 136 pcs (204818)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Pull-Ons 6 Large, 72 pcs (211847)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Pull-Ons 8 Large, 64 pcs (207468)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Pull-Ons 6 XL, 64 pcs (211885)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Bed Plus SecureZone, 60x40</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0069, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Flex 9 Medium, 104 pcs (206805)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Slip Active 9 Large, 112 pcs (201398)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Abri-Wing S3, Premium, 15 pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0087, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abri-Wing</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Men Active Fit Level 2 (bag)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0037, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Light Premium 3, 10 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Man Premium - Formula 1, 15 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Man</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Deoplus Insert</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Flex 8 Small, 112 pcs (206720)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Flex 10 Small, 88 pcs (206768)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Pants Premium, XXL1, 20 stk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0093, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Slip Maxi XL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0069, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Slip Plus XS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0069, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Pants Plus Small</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0032, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA San 12 Premium, 16 stk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Pants Regular XL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0032, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Slip Regular 9XS, 128 pcs (208199)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0095</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Flex 10L, 72 pcs (214411)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Slip Air Comfort 8M, 120 pcs (213636)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Slip Air Comfort 10+M, 88 pcs (214275)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Slip Air Comfort 8L, 120 pcs (213650)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Slip Air Comfort 9+L, 78 pcs (214251)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Nova San 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Nova</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Abri-Soft Excellent 90x60</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0074, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abri-Soft</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Abri-Soft Basic 60x60</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0074, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abri-Soft</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Slip Super Small</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0069, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Slip Ultima Large</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0069, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Pants Normal XL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0032, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Pants Plus S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0038, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Pants Maxi M</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0038, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Flex Super XL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0069, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Flex Maxi L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0069, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Pants Maxi Small</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0038, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Pants Extra XL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0032, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Comfort Mini Extra</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0038, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Lady Mini Plus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0038, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Discreet Maxi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0038, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA San 11/XXL, 16 pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Slip L0, 26 pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Slip L-XL2 Flexi Fit, 22 pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Slip L-XL3 Flexi Fit, 20 pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Slip L-XL4 Flexi Fit, 18 pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Wing L1, Premium, 15 pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0087, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Wing XL1, Premium, 15 pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0087, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Soft Extra 3, 80 pcs (207581)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Pull-Ons Discreet Underwear 3 Large, 60 pcs (212776)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Discreet Mini Magic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0037, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Soft Mini 1, 240 pcs (205327)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086, 3023 0095</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Pants Regular Medium</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3023 0053, 3023 0032, 3023 0023</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Incontinence protection</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Protective and Absorbent Hygiene Products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>TENA</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Essity Hygiene and Health AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Broplatsen 3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Mölndal</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Abri-Soft Ultra Light 60x60</x:v>
+        <x:v>Attends Pull-Ons Discreet Underwear 3 Medium, 60 pcs (212769)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Pants Extra Large</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0032, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Abri-Soft Classic 60x40</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5023 0074, 5023 0001</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Incontinence protection</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Protective and Absorbent Hygiene Products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Abri-Soft</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Abena Produktion A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Erik Jessen Vej 37</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aabenraa</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>ABENA Abri-Soft Classic 75x60</x:v>
+        <x:v>ABENA Slip L1, 10 pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Slip L2, 10 pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Wing M1, Premium, 15 pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0087, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Wing L3, Premium, 15 pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0087, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Wing L4, Premium, 15 pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0087, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Soft Mini Long 1, 192 pcs (204863)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Soft Extra 3, 180 pcs (208267)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Soft 5 Maxi Plus, 96 pcs (206706)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Contours Air Comfort 8, 112 pcs (203835)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Pull-Ons 8 Small, 64 pcs (207338)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Pull-Ons 4 Large, 88 pcs (211823)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Flex 9 Large, 104 pcs (206867)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Slip Regular 8 Large, 112 pcs (203712)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Comfort Plus Comp</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0023, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Abri-Wing L1, Premium, 15 pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0087, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abri-Wing</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Abri-Wing L3, Premium, 15 pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0087, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abri-Wing</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Abri-Wing L4, Premium, 15 pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0087, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abri-Wing</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Abri-Wing XL2, Premium, 15 pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0087, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abri-Wing</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Men Active Fit Level 2 (carton)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0037, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Light Premium 3A, 10 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Pants Super XS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0038, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Pant Discreet Medium</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0069, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Nova Slip L-XL2, 22 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Nova</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Pants L0 Premium, 15 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Pants L2 Premium, 15 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Pull-Ons 6 XXS, 90 pcs (213544)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0095</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Discreet Ultra Pads Mini</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0038, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Discreet Ultra Pads Normal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0038, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Flex 10+XL Ultima, 54 pcs (214473)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Flex Super M</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0069, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Abri-Soft Light 40x60</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5023 0074, 5023 0001</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Incontinence protection</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Protective and Absorbent Hygiene Products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Abri-Soft</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Abena Produktion A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Erik Jessen Vej 37</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aabenraa</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>TENA Comfort Extra</x:v>
+        <x:v>TENA Flex Ultima L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0069, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Flex Ultima M</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0069, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Comfort Mini Plus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0038, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Discreet Maxi Night</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0038, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Flex Maxi S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0069, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Discreet Normal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0038, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Lady Super</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0038, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Nova San 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Nova</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Lady Super (BTXB)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0038, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Pants XL3, 16 pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Slip S2, 28 pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Slip Super Medium</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0069, 3023 0032, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Men 3 Protective Shield, 60 pcs (212813)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Slip Air Comfort 9XS, 128 pcs (213674)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0095</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Pants M2, 15 pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA San 9, 28 pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Pants Normal Medium</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0032, 3023 0069, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Comfort Mini Super</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0038, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Discreet Extra</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0038, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA San 8, 22 pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA San 7/XXL, 26 pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Pants XL2, 16 pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Pants XL1, 16 pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Slip L1, 26 pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Slip XL2, 21 pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Slip XL4, 12 pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Slip S4, 25 pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Slip M-L1 Flexi Fit, 27 pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Slip M-L3 Flexi Fit, 23 pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Wing M2, Premium, 15 pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0087, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Soft Extra 3, 80 pcs (207260)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends soft 4 Super, 180 pcs (208281)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Contours Regular 4, 210 pcs (203507)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Contours Regular 4, 126 pcs (205761)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Contours Regular 7, 112 pcs (201275)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Contours Regular 8, 112 pcs (201299)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Contours Air Comfort 10, 84 pcs (205556)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Pull-Ons 4 Small, 88 pcs (211748)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Pull-Ons 8 XL, 56 pcs (204351)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Flex 8 Medium, 112 pcs (206782)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Flex 8 XL, 104 pcs (206904)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Slip Regular 9 Large, 112 pcs (201398)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Abri-Wing XL3, Premium, 15 pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0087, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abri-Wing</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA San 2 Premium, 30 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Slip XS2 Premium, 32 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Soft 3+ Extra Plus, 90 pcs (212714)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Maternity Pads Premium, 15 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends For Men Level 4, 168 pcs (205976)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0095</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Men Protective Underwear Maxi S/M</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0069, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Nova San 6, 28 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Nova</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Abri-Soft Superdry 80x90, 30 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0074, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abri-Soft</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Pants Regular Small</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0032, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Flex 7 M, 120 pcs (214374)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Slip Air Comfort 9M, 112 pcs (213711)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Comfort Super</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3023 0023, 3023 0023</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Incontinence protection</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Protective and Absorbent Hygiene Products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>TENA</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Essity Hygiene and Health AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Broplatsen 3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Mölndal</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>TENA Pants Super S</x:v>
-[...191 lines deleted...]
-        <x:v>TENA Bed PlusWing SZone, 180x80</x:v>
+        <x:v>TENA Comfort Plus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0023, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Pants Extra Medium</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3023 0032, 3023 0023</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Incontinence protection</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Protective and Absorbent Hygiene Products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>TENA</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Essity Hygiene and Health AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Broplatsen 3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Mölndal</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>TENA Pants PlusClassic XL</x:v>
+        <x:v>TENA Bed Plus SecureZone, 90x80</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3023 0032, 3023 0023</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Incontinence protection</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Protective and Absorbent Hygiene Products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>TENA</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Essity Hygiene and Health AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Broplatsen 3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Mölndal</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>ABENA San 5, 36 pcs.</x:v>
-[...95 lines deleted...]
-        <x:v>Attends Soft Normal 2, 96 pcs (207567)</x:v>
+        <x:v>TENA Bed Super SecureZone, 60x90</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0032, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Duchesse Diskret Maxi Night, 96 pcs (216545)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3023 0086</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Incontinence protection</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Protective and Absorbent Hygiene Products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Pull-Ons 6XS, 72 pcs (217009)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
         <x:v>Attends</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends Healthcare AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Järnvägsgatan 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aneby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Attends Soft 5, 152 pcs (204771)</x:v>
-[...2 lines deleted...]
-        <x:v>3023 0086</x:v>
+        <x:v>Attends Soft Ultra Mini 0, 224 pcs (2205075)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0117</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Incontinence protection</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Protective and Absorbent Hygiene Products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends Healthcare AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Järnvägsgatan 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aneby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Attends Contours Regular 5, 210 pcs (205228)</x:v>
-[...1599 lines deleted...]
-        <x:v>Abri-Soft Superdry 80x180 cm, 30 pcs</x:v>
+        <x:v>Abri-Soft Superdry 90x60</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5023 0074, 5023 0001</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Incontinence protection</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Protective and Absorbent Hygiene Products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Abri-Soft</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Abena Produktion A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Erik Jessen Vej 37</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aabenraa</x:v>
-      </x:c>
-[...8222 lines deleted...]
-        <x:v>Aneby</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>