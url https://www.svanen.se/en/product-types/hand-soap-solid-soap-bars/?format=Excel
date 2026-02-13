--- v0 (2025-12-24)
+++ v1 (2026-02-13)
@@ -1,85 +1,117 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R17122f62ebb84080" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf42179d2d3a84266" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R71390b6d3b9f4590"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R3dbeb7a0a42b47fa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R71390b6d3b9f4590" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3dbeb7a0a42b47fa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Brand</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Licensee</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c t="str">
         <x:v>City</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>ACE HOTEL Soap, 15g</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3090 0356</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hand soap, solid soap bars</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ACE Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Albogroup S.R.L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Arti E Mestieri, 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lallio (BG)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Hopal Vegetable soap, 40 g (B1840HP)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3090 0218, 3090 0415, 3090 0416, 3090 0218</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hand soap, solid soap bars</x:v>
       </x:c>
       <x:c t="str">
         <x:v>090 Cosmetic products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hopal</x:v>
       </x:c>
       <x:c t="str">
         <x:v>GFL SA</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Via Sorengo 1</x:v>
@@ -164,82 +196,50 @@
       </x:c>
       <x:c t="str">
         <x:v>Hand soap, solid soap bars</x:v>
       </x:c>
       <x:c t="str">
         <x:v>090 Cosmetic products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Anyah</x:v>
       </x:c>
       <x:c t="str">
         <x:v>GFL SA</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Via Sorengo 1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lugano (CH)</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>ACE HOTEL Soap, 15g</x:v>
-[...30 lines deleted...]
-      <x:c t="str">
         <x:v>Eco by Green Culture, 20 g</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3090 0356</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hand soap, solid soap bars</x:v>
       </x:c>
       <x:c t="str">
         <x:v>090 Cosmetic products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Eco by Green Culture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Albogroup S.R.L</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Via Arti E Mestieri, 7</x:v>
@@ -516,142 +516,142 @@
       </x:c>
       <x:c t="str">
         <x:v>Hand soap, solid soap bars</x:v>
       </x:c>
       <x:c t="str">
         <x:v>090 Cosmetic products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hopal</x:v>
       </x:c>
       <x:c t="str">
         <x:v>GFL SA</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Via Sorengo 1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lugano (CH)</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Eco-Boutique, 30 g</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3090 0356</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hand soap, solid soap bars</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eco-Boutique</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Albogroup S.R.L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Arti E Mestieri, 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lallio (BG)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ECO BOUTIQUE ESMA soap, 30 g</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3090 0356</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hand soap, solid soap bars</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Albogroup S.R.L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Arti E Mestieri, 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lallio (BG)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>V- Touch Vegetable Soap, 20 gr (B1820HP#034859)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3090 0218, 3090 0415, 3090 0416, 3090 0218</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hand soap, solid soap bars</x:v>
       </x:c>
       <x:c t="str">
         <x:v>090 Cosmetic products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>V-Touch</x:v>
       </x:c>
       <x:c t="str">
         <x:v>GFL SA</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Via Sorengo 1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lugano (CH)</x:v>
-      </x:c>
-[...62 lines deleted...]
-        <x:v>Lallio (BG)</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Eco by Green Culture Sapone, 20 g</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3090 0356</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hand soap, solid soap bars</x:v>
       </x:c>
       <x:c t="str">
         <x:v>090 Cosmetic products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Eco by Green Culture</x:v>
       </x:c>
       <x:c t="str">