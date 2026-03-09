--- v0 (2026-01-08)
+++ v1 (2026-03-09)
@@ -1,5521 +1,5521 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89567c76cd994a54" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc305991a2c4b4f82" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R47ada0f7265547ae"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="products" sheetId="1" r:id="Rdd74ccc572af4c3d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R47ada0f7265547ae" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rdd74ccc572af4c3d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Brand</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Licensee</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c t="str">
         <x:v>City</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Matas Striber Curly Re-fresh Hair Mist, 200 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0091, 5090 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Striber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ingredien Smoothing Styling serum, 50 ml UP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0174</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ingredien Moisture Leave in Conditioner, 50 ml MP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0174</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ingredien Soft - Leave In Conditioner, 50 ml UP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0174</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Naturigin Breakage Stop Thermal Protector, 195 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0097, 5090 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Naturigin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Allison A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hjortkærvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bramming</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Matas Salt Water Spray, 150 ml</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5090 0097, 5090 0003</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Haircare product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>090 Cosmetic products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Matas Striber</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Allison A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hjortkærvej 2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bramming</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Naturigin Breakage Stop Thermal Protector, 195 ml</x:v>
+        <x:v>ingredien Curl - Design Volume UP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0174</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ZENZ Anti Hair Loss Scalp Tonic Pure no. 23, 200 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0381, 5090 0375</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ Organic Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Thoravej 7, st.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København NV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Striber Curly 2 Silk Protein Conditioner, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0001, 5090 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Striber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ingredien Curl Build M+ Treatment, uden parfume, 180 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ingredien Maximum Protein Treatment, 150 ml MP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ingredien Dry Shampoo, 300 ml MP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0174</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Striber Curly 3 Mousse uden parfume, 150 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0091, 5090 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Striber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pure-n-nice Heat Protection Spray med parfume, 250 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0174</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pure-n-Nice</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ingredien Strong Texture Spray, 50 mp MP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0174</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ingredien Extreme Boogie Booster -  Hardcore Volume Cream, 150 ml MP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0174</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ingredien Body Floff Mousse, 50 ml UP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0174</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Monkey Mould Springy Fiber - Strong hold wax, 100 ml MP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0174</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Monkey Mould Hair Wax</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pure-n-nice leave in Conditioner med parfume, 150 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0174</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pure-n-Nice</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ingredien Moisture Leave in Conditioner, 50 ml UP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0174</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ZENZ Styling Gel Sweet Orange no. 12, 130 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0381, 5090 0375</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ Organic Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Thoravej 7, st.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København NV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Striber Curly 3 Leave-in Hair Mask, 150 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0091, 5090 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Striber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ingredien Concrete Paste - Hardcore wax, 100 ml MP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0174</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pure-n-nice Heat Protection Spray uden parfume, 250 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0174</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pure-n-Nice</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pure-n-nice Volume Cream uden parfume, 150 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0174</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pure-n-Nice</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ingredien Bonkey Bop Cream - Curl Cream, 50 ml UP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0174</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ingredien Dry Clay Wax, 100 ml UP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0174</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Zenz Styling Wax PURE No. 09, 60 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0381, 5090 0375</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ Organic Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Thoravej 7, st.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København NV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ZENZ Salt Water Spray Pure No. 14, 200 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0381, 5090 0375</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ Organic Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Thoravej 7, st.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København NV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ingredien Hero Drops, 50 ml - UP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0174</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ingredien Soft - Leave In Conditioner, 50 ml MP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0174</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ingredien Medium Texture Spray, 200 ml MP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0174</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Natur Solution Reduce Hair Loss Scalp Serum Fragrance Free, 125 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0091, 5090 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Natur</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ingredien Hero Creme, 150 ml - UP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0174</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ingredien Straight-A-Head - Straightening cream, 150 ml MP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0174</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ingredien Volume Kick - Thickening root lift spray, 50 ml UP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0174</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Zenz Wax Pure No. 09, 75 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0094, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ingredien Bonkey Bop Cream - Curl Cream, 50 ml MP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0174</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ingredient Volume Kick Thickening Root Lift Spray MP, 200 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0174</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Zenz Hair Styling Mousse PURE No. 90, 200 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0381, 5090 0375</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ Organic Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Thoravej 7, st.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København NV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ingredien Bonkey Bop Cream - Curl Cream, 150 ml UP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0174</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Zenz Styling Paste PURE No. 06, 50 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0381, 5090 0375</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ Organic Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Thoravej 7, st.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København NV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ingredien Smooth Leave In Conditioner, 50 ml MP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0174</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ingredien Extreme Boogie Booster -  Hardcore Volume Cream, 150 ml UP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0174</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ingredien Heat-A-Way - Heat protection spray, 250 ml UP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0174</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ingredien Moisture Leave in Conditioner, 150 ml UP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0174</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pure-n-nice Curl Cream med parfume, 150 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0174</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pure-n-Nice</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ingredien Soft Treatment, 180 ml UP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ZENZ Volume Hair Spray Pure No. 86, 200 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0381, 5090 0375</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ Organic Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Thoravej 7, st.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København NV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ingredien Dry Structure Wax, 100 ml UP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0174</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Monkey Mould Bamboo Fiber - Extreme hold wax, 100 ml UP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0174</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Monkey Mould Hair Wax</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ZENZ Styling Gel Pure no. 13, 130 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0381, 5090 0375</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ Organic Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Thoravej 7, st.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København NV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ingredien Salt Water Cream, 150 ml UP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0174</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ingredien Curl - Design control MP, 150 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0174</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Striber Gel wax uden parfume, 75 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0091, 5090 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Striber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Zenz Treatment PURE NO. 03, 785 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0002, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ingredien Power Protein Treatment, 180 ml UP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ingredien Moulding Paste - Moulding wax, 100 ml UP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0174</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ingredien Body load - Volume spray, 250 ml UP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0174</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pure-n-nice Moisturizing Protection Cream med parfume, 100 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0174</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pure-n-Nice</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ingredien Straight-A-Head - Straightening cream, 50 ml MP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0174</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ingredien Heat-A-Way - Heat Protection Spray, 50 ml UP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0174</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Moisture Treatment, 180 ml MP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ingredien Body Floff Mousse, 200 ml MP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0174</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Zenz Styling Gel Sweet Orange No. 12, 50 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0381, 5090 0375</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ Organic Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Thoravej 7, st.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København NV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ingredien Curl Build Protein booster, uden parfume, 250 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Striber Curly Re-fresh Hair Mist uden parfume, 200 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0091, 5090 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Striber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Damana Shampoo, 375 ml (602004)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3090 0198, SE/030/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel, EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sterisol AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 149</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstena</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Zenz Oil Treatment PURE No. 97, 100 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0381, 5090 0375</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ Organic Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Thoravej 7, st.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København NV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ingredien Curl - Build M care MP, 150 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0174</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Zenz Treatment Pure no. 03, 50 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0375, 5090 0375</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ Organic Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Thoravej 7, st.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København NV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ingredien Curl - Build M&amp;P treatment MP, 250 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ingredien Curl - Design Cast UP, 150 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0174</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ingredien Dry Shampoo, 300 ml UP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0174</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Striber Hyaluron Hårkur, 200 ml - 26001561</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0002, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Striber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ingredien Smoothing Styling serum, 50 ml MP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0174</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pure-n-nice leave in Conditioner uden parfume, 150 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0174</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pure-n-Nice</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Striber Curly 2 Conditioner, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0001, 5090 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Striber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Natur Curly 3 Leave-in Hair Treatment, Fragrance Free, 150 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0091, 5090 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Natur</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ingredien Hair Snap - Leave In Conditioner, 50 ml UP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0174</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ingredien Strong Texture Spray, 50 mp UP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0174</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Striber Curly 3 Curl Cream, 150 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0091, 5090 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Striber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Striber Curly 3 Curl Cream fragrance free, 150 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0091, 5090 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Striber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ingredien Moulding Paste - Moulding wax, 100 ml MP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0174</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Monkey Mould Bamboo Fiber - Extreme hold wax, 100 ml MP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0174</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Monkey Mould Hair Wax</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ingredien Salty Beach - Volume spray, 250 ml MP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0174</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ingredien Moisture Leave in Conditioner, 150 ml MP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0174</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ingredien Curl - Design control UP, 150 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0174</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pure-n-nice moist treatment uden parfume, 180 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pure-n-Nice</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ingredien Smooth Leave In Conditioner, 150 ml MP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0174</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pure-n-nice Salt Water Volume Spray uden parfume, 250 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0174</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pure-n-Nice</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Zenz Oil Treatment PURE No. 97, 1000 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0381, 5090 0375</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ Organic Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Thoravej 7, st.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København NV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pure-n-nice Volume Cream med parfume, 150 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0174</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pure-n-Nice</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ingredien Hair Snap - Leave In Conditioner, 50 ml MP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0174</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ingredien Smooth Treatment, 180 ml MP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ingredien Body Load - Volume Spray, 50 ml MP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0174</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Moisture Treatment, 180 ml UP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ingredien Silky Paste - Soft and smooth wax, 100 ml UP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0174</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ingredien Body load - Volume spray, 250 ml MP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0174</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ingredien Smooth Treatment, 180 ml UP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Paragon Nordic Hair Mousse, 200 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3090 0335</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Paragon Nordic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Paragon Nordic AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 61</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ingredien Salt Water Cream, 150 ml MP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0174</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Natur Curly 3 Curl Cream, Fragrance Free, 150 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0091, 5090 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Natur</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ingredien Soft Treatment, 180 ml MP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pure-n-nice Moisturizing Protection Cream uden parfume, 100 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0174</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pure-n-Nice</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ingredien Strong Texture Spray, 200 ml UP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0174</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Natur Nourishing Hair Treatment Fragrance Free, 200 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0001, 5090 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Natur</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ingredien Salty Beach - Volume spray, 250 ml UP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0174</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ZENZ Salt Water Spray Sweet Orange No. 15, 200 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0381, 5090 0375</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ Organic Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Thoravej 7, st.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København NV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ingredien Hero Drops, 50 ml - MP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0174</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ingredien Straight-A-Head - Straightening cream, 150 ml UP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0174</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ingredien Concrete Paste - Hardcore wax, 100 ml UP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0174</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ingredien Extreme Boogie Booster - Hardcore Volume Cream, 50 ml UP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0174</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ingredien Heat-A-Way - Heat Protection Spray, 50 ml MP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0174</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ingredien Flex Paste UP, 100 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0174</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ingredien Power Protein Treatment, 180 ml MP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ingredien Body Load - Volume Spray, 50 ml UP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0174</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Zenz Treatment Pure no. 03, 1000 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0375, 5090 0375</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ Organic Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Thoravej 7, st.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København NV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ZENZ Finishing Hair Spray Pure No. 88, 200 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0381, 5090 0375</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ Organic Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Thoravej 7, st.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København NV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Natur Nourishing Leave-In Hair Treatment, Fragrance Free, 150 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0091, 5090 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Natur</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pure-n-nice Curl Cream uden parfume, 150 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0174</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pure-n-Nice</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Paragon Nordic Dry Shampoo, 200 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3090 0335</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Paragon Nordic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Paragon Nordic AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 61</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ingredien Body Floff Mousse, 200 ml UP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0174</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Salt Water Spray, 50 ml</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5090 0097, 5090 0003</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Haircare product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>090 Cosmetic products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Naturigin</x:v>
+        <x:v>Matas Striber</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Allison A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hjortkærvej 2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bramming</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Ingredien Extreme Boogie Booster -  Hardcore Volume Cream, 150 ml MP</x:v>
-[...66 lines deleted...]
-        <x:v>5090 0174</x:v>
+        <x:v>Ingredien Bonkey Bop Cream - Curl Cream, 150 ml MP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0174</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pure-n-nice moist treatment med parfume, 180 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0073</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Haircare product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>090 Cosmetic products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Pure-n-Nice</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ingredien A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rho 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hinnerup</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Ingredien Moisture Leave in Conditioner, 50 ml MP</x:v>
-[...191 lines deleted...]
-        <x:v>ZENZ Anti Hair Loss Scalp Tonic Pure no. 23, 200 ml</x:v>
+        <x:v>Ingredien Salty Beach - Volume Spray, 50 ml MP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0174</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ingredien Volume Kick - Thickening root lift spray, 50 ml MP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0174</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ingredien Dry Shampoo, 50 ml UP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0174</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Zenz Hair Styling Mousse SWEET ORANGE No. 91, 200 ml</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5090 0381, 5090 0375</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Haircare product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>090 Cosmetic products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ZENZ</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ZENZ Organic Products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Thoravej 7, st.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>København NV</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Ingredien Maximum Protein Treatment, 150 ml MP</x:v>
+        <x:v>Ingredien Curl - Build M care UP, 150 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0174</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ingredien Curl - Design Cast MP, 150 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0174</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ingredien Smooth Leave In Conditioner, 50 ml UP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0174</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ingredien Curl - Build M&amp;P treatment UP, 250 ml</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5090 0073</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Haircare product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>090 Cosmetic products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ingredien</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ingredien A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rho 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hinnerup</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>ingredien Curl Build M+ Treatment, uden parfume, 180 ml</x:v>
+        <x:v>Ingredien Hero Leave In Spray, 250 ml - MP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0174</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ingredien Extreme Boogie Booster - Hardcore Volume Cream, 50 ml MP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0174</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ingredien Medium Texture Spray, 50 ml MP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0174</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ingredien Flex Paste MP, 100 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0174</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ingredien Curl - Design Volume MP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0174</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Striber Curly 2 Hair Mask, 250 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0001, 5090 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Striber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Zenz Treatment PURE NO. 03, 250 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0002, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Paragon Nordic Hairspray Strong, 300 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3090 0335</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Paragon Nordic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Paragon Nordic AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 61</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Zenz Treatment PURE No. 03, 2500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0375, 5090 0375</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ Organic Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Thoravej 7, st.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København NV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ingredien Curl Build Protein booster, med parfume, 250 ml</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5090 0073</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Haircare product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>090 Cosmetic products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ingredien</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ingredien A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rho 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hinnerup</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Matas Striber Curly 2 Silk Protein Conditioner, 500 ml</x:v>
+        <x:v>Zenz Treatment Pure no. 03, 250 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0375, 5090 0375</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ Organic Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Thoravej 7, st.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København NV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ingredien Salty Beach - Volume Spray, 50 ml UP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0174</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ingredien Body Floff Mousse, 50 ml MP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0174</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Natur Solution Dry &amp; Irritated Scalp Treatment Fragrance Free, 200 ml</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5090 0001, 5090 0001</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Haircare product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>090 Cosmetic products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
+        <x:v>Matas Natur</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ingredient Volume Kick Thickening Root Lift Spray UP, 200 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0174</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Zenz Styling Paste PURE No. 06, 130 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0381, 5090 0375</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ Organic Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Thoravej 7, st.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København NV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ingredien Curl Build M+ Treatment, med parfume, 180 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ingredien Maximum Protein Treatment, 150 ml UP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ingredien Medium Texture Spray, 200 ml UP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0174</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ingredien Dry Structure Wax, 100 ml MP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0174</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ingredien Dry Shampoo, 50 ml MP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0174</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Idun Minerals Refreshing Dry Shampoo, 200 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3090 0335</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Paragon Nordic AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 61</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ingredien Hero Leave In Spray, 250 ml - UP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0174</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ingredien Hero Creme, 150 ml - MP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0174</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Striber Curly 1 Low-Poo Shampoo, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0001, 5090 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
         <x:v>Matas Striber</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Persano Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Skaaremosevej 11-14, Blistrup</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Graested</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Matas Striber Curly Re-fresh Hair Mist, 200 ml</x:v>
-[...95 lines deleted...]
-        <x:v>Monkey Mould Springy Fiber - Strong hold wax, 100 ml MP</x:v>
+        <x:v>ingredien Dry Clay Wax, 100 ml MP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0174</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pure-n-nice Salt Water Volume Spray med parfume, 250 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0174</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pure-n-Nice</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ingredien Heat-A-Way - Heat protection spray, 250 ml MP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0174</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ingredien Straight-A-Head - Straightening cream, 50 ml UP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0174</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ingredien Strong Texture Spray, 200 ml MP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0174</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Monkey Mould Springy Fiber - Strong hold wax, 100 ml UP</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5090 0174</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Haircare product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>090 Cosmetic products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Monkey Mould Hair Wax</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ingredien A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rho 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hinnerup</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Ingredien Straight-A-Head - Straightening cream, 150 ml MP</x:v>
-[...66 lines deleted...]
-        <x:v>5090 0381, 5090 0375</x:v>
+        <x:v>Ingredien Smooth Leave In Conditioner, 150 ml UP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0174</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ingredien Medium Texture Spray, 50 ml UP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0174</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haircare product</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Zenz Styling Gel Sweet Orange No. 12, 130 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0094, 5090 0002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Haircare product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>090 Cosmetic products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ZENZ</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>ZENZ Organic Products</x:v>
-[...362 lines deleted...]
-        <x:v>Zenz Wax Pure No. 09, 75 ml</x:v>
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Derma Man Mud Wax, 75 ml - 20001655</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5090 0094, 5090 0002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Haircare product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>090 Cosmetic products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>ZENZ</x:v>
+        <x:v>Derma</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DermaPharm A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Europavej 10</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Fårup</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>ZENZ Styling Gel Sweet Orange no. 12, 130 ml</x:v>
-[...3550 lines deleted...]
-      <x:c t="str">
         <x:v>Ingredien Silky Paste - Soft and smooth wax, 100 ml MP</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5090 0174</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Haircare product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>090 Cosmetic products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ingredien</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ingredien A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rho 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hinnerup</x:v>
-      </x:c>
-[...766 lines deleted...]
-        <x:v>Graested</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Matas Striber Curly 3 Curl Mousse, 150 ml</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5090 0091, 5090 0001</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Haircare product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>090 Cosmetic products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Matas Striber</x:v>
       </x:c>
       <x:c t="str">