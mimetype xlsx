--- v0 (2025-12-30)
+++ v1 (2026-02-17)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08a3f4b7b1694b1e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9da855d8a94f4b31" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R4e502c91260f4dff"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R73a24e9226df488f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4e502c91260f4dff" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R73a24e9226df488f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">