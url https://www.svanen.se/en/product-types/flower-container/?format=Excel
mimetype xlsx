--- v0 (2025-12-24)
+++ v1 (2026-02-11)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1fbd9427617f4d2f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R293a202d9d234c12" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R5ada96e321a148ec"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R3342e8c5737546ca"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R5ada96e321a148ec" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3342e8c5737546ca" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
@@ -132,50 +132,178 @@
       </x:c>
       <x:c t="str">
         <x:v>Flower container </x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HAGS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HAGS Aneby AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 133</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ANEBY</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Solsiden planteringskärl 400 liter, utemöbler, alla färger, 81-210-130</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flower container </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Solsiden planteringskärl 160 liter, utemöbler, alla färger, 81-210-020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flower container </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Planter Flox item. 8034852</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3073 0020, 3073 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flower container </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAGS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAGS Aneby AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ANEBY</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Planter Flox item. 8034853</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3073 0020, 3073 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flower container </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAGS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAGS Aneby AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ANEBY</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>April Go Planter (Large, Tall, Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2073 0007</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flower container </x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vestre</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vestre AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Drammensveien 44 A</x:v>
@@ -388,686 +516,558 @@
       </x:c>
       <x:c t="str">
         <x:v>Flower container </x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vestre</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vestre AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Drammensveien 44 A</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Oslo</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Solsiden planteringskärl 400 liter, utemöbler, alla färger, 81-210-130</x:v>
+        <x:v>Bloc Planter (60 cm, Galvanised, Powder coated (all RAL-classic colours))</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flower container </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vroom Planter (Small, Galvanised, Powder coated (all RAL-classic colours))</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flower container </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>5286 Stones Planter (Galvanised, Powder coated (all RAL-classic colours)All mounting options)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flower container </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>5290 Stones Planter (Galvanised, Powder coated (all RAL-classic colours)All mounting options)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flower container </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Torget Planteringskärl 400 l, alla färger, utemöbler, 81-210-260</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2073 0010</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flower container </x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grønvoldvegen 290</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ULEFOSS</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Solsiden planteringskärl 160 liter, utemöbler, alla färger, 81-210-020</x:v>
+        <x:v>Torget Planteringskärl 160 l, alla färger, utemöbler, 81-210-220</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2073 0010</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flower container </x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grønvoldvegen 290</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ULEFOSS</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Planter Flox item. 8034852</x:v>
+        <x:v>Torget Planteringskärl 250 l, alla färger, utemöbler, 81-210-250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flower container </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Torget Planteringskärl 70 l, alla färger, utemöbler, 81-210-210</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flower container </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>April Go Planter (Large, Short, Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flower container </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Stripes Planter (Small, Tall, Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flower container </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>5860 Vestre Habitats Decay (Galvanised, Powder coated (all RAL-classic colours)All mounting options)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flower container </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>5868 Vestre Habitats Decay (Galvanised, Powder coated (all RAL-classic colours)All mounting options)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flower container </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>5288 Stones Planter (Galvanised, Powder coated (all RAL-classic colours)All mounting options)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flower container </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vestre AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammensveien 44 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oslo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Solsiden planteringskärl 400 liter, utemöbler, alla färger, 81-210-030</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flower container </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Torget Planteringskärl 400 l, alla färger, utemöbler, 81-210-230</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flower container </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Planter Flox item. 8034851</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3073 0020, 3073 0020</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flower container </x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HAGS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HAGS Aneby AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 133</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ANEBY</x:v>
-      </x:c>
-[...542 lines deleted...]
-        <x:v>ULEFOSS</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Stripes Planter (Large, Half open, Galvanised, Powder coated (all RAL-classic colours), Nordic Pine, Oiled oak, Oiled ash, Kebony, Accoya)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2073 0007</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flower container </x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vestre</x:v>
       </x:c>
       <x:c t="str">