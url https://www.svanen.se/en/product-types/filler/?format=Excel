--- v0 (2025-12-21)
+++ v1 (2026-02-24)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb9fe171a81fe445e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a43f8648a834240" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R202db8bb7e8c40e6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="Rd39b4f9297514666"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R202db8bb7e8c40e6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd39b4f9297514666" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
@@ -484,9274 +484,9338 @@
       </x:c>
       <x:c t="str">
         <x:v>Filler</x:v>
       </x:c>
       <x:c t="str">
         <x:v>097 Chemical building products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>PP</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Dalapro Roll Premium, 12 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0004, 3097 0051, 3097 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dalapro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Malmvägen 76</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dalapro Airless Spray, 15 l sack</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0004, 3097 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dalapro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Malmvägen 76</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dalapro Nova, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0004, 3097 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dalapro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Malmvägen 76</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dalapro Lightning Max, 15 l sack</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0004, 3097 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dalapro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Malmvägen 76</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dalapro Joint, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0004, 3097 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dalapro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Malmvägen 76</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dalapro Lightning Joint, 15 l sack</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0004, 3097 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dalapro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Malmvägen 76</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Teknos Silora J, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0004, 3097 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Malmvägen 76</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dalapro Max Plus, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0004, 3097 0051, 3097 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dalapro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Malmvägen 76</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dalapro Habito Joint, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0004, 3097 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dalapro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Malmvägen 76</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Teknos Silora J, 15 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0004, 3097 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Malmvägen 76</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Teknospro Max+, 15 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0004, 3097 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Malmvägen 76</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dalapro Lightning Nova, 15 l bucket</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0004, 3097 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dalapro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Malmvägen 76</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Gjöco Spröytesparkel Medium, 15 l bag</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0004, 3097 0051, 3097 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dalapro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Malmvägen 76</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dalapro Nova - new formula 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0004, 3097 0051, 3097 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dalapro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Malmvägen 76</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Filler Pro H2O, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008, 3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Flügger Filler Pro LGS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3097 0008</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Filler</x:v>
       </x:c>
       <x:c t="str">
         <x:v>097 Chemical building products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Dalapro Roll Premium, 12 l</x:v>
+        <x:v>RK Finishing Filler LF, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rakennuskemia Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kerkkolankatu 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HYVINKÄÄ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Handspackel Medium</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0020, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lando Rullspackel Allround</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0026</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>SimFAS Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 129</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Simrishamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lando Rullspackel LM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0026</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>SimFAS Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 129</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Simrishamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lando Väggspackel LV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0026</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>SimFAS Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 129</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Simrishamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö PROFESSIONAL GROVSPACKEL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0017, 3097 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö Professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö PROFESSIONAL GROV SPRUTSPACKEL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0017, 3097 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö Professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>RAW Roller Medium, 15 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5097 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>RAW</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dana Lim A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Københavnsvej 220</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Køge</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Sandplast LSR sprut och rull, säck, 15 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008, 3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Sandplast LSR, 12 l (71727)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008, 3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö PROFESSIONAL Rems- och skarvspackel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0017, 3097 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö Professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Sandplast 696, 3 l (29310)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008, 3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Pro Hand Filler Coarse, 10 l (38456)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008, 3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Pro Filler Airless Coarse, 15 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008, 3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Scotte AG Plus Spackel, 15 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0020, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Scotte A Plus Spackel, 15 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0020, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dana Lim Lättspackel Våtrum 626, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5097 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dana Lim</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dana Lim A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Københavnsvej 220</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Køge</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NORDSJÖ PROFESSIONAL ALLROUND+</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0017, 3097 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö Professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Professional Maskinspackel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0017, 3097 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö Professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Projekt Sprutspackel Medium, 15 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5097 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dana Lim</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dana Lim A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Københavnsvej 220</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Køge</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Projekt Sprutspackel Grov,15 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5097 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dana Lim</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dana Lim A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Københavnsvej 220</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Køge</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Jotun Sprutspackel Grov 6988, 15 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5097 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dana Lim A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Københavnsvej 220</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Køge</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Jotun spackel vägg &amp; tak 0.4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Scotte RG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0020, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dana Lim Lättspackel Medium Extra 623, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5097 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dana Lim</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dana Lim A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Københavnsvej 220</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Køge</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Pro Filler M Hand</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008, 3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Pro Filler M</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008, 3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PP Filler G, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008, 3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PP Filler M, 12 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008, 3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dalapro Roll Joint 12 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0004, 3097 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dalapro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Malmvägen 76</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Pro Filler G</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Filler Pro LG, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008, 3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Filler Pro LGS, 12 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008, 3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Filler Pro LH Extra, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008, 3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Sandplast S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>RK Universal Filler LH, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rakennuskemia Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kerkkolankatu 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HYVINKÄÄ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alltek LF Lätt Basspackel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0031</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>International Coating Products SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Espace d'Activités Blossieu</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lagnieu</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>KC 14 Spartel, 9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008, 3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Handspackel Grov</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0020, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rollfiller Max, 12 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0066, 3097 0065</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>DAW Nordic AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 36115</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GÖTEBORG</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Jotun Spackel GipsskivaFin, 10L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Sandplast LG, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008, 3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Scotte LF</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0020, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Jotun Spackel Vegg&amp;Tak/Loft Medium 15L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö ORIGINAL VÄGG&amp;TAKSPACKEL MEDIUM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0017, 3097 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sadolin RULLSPACKEL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0017, 3097 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sadolin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sadolin VÄGGSPACKEL GROV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0017, 3097 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sadolin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Jotun Sprutsparckel Medium 6887, 15 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5097 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dana Lim A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Københavnsvej 220</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Køge</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö MASTER WALL FILLER</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0017, 3097 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Sandplast LH Extra, 10 l (76458)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008, 3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Sandplast LB, 15 l (77172)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008, 3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Pro Sand Filler Plaster, 10 l (33794)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008, 3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Sandplast LW, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008, 3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PP Spackel bazooka, 15l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008, 3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö Professional Våtrumsspackel+</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0021, 3097 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>JOTUN Spackel för grova underlag 10L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Filler PRO H2O Airless, 15 l (47601)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008, 3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Jotun Våtrumsspackel 10 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Scotte LS Spackel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0020, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ProGOLD Handspackel Medium, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0019, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Filler Allround, 10 l (72167)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008, 3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Filler Perform P, 15 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008, 3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ProGOLD Rullspackel Medium, 12 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0019, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ProGold</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PP Filler Joint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dalapro Nova, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0004, 3097 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dalapro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Malmvägen 76</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dalapro Maximum, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0004, 3097 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dalapro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Malmvägen 76</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dalapro Roll Maximum, 12 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0004, 3097 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dalapro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Malmvägen 76</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dalapro Nova, 400 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0004, 3097 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dalapro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Malmvägen 76</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Teknospro R, 12 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0004, 3097 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Malmvägen 76</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Gjöco Spröytesparkel Joint, 15 l bag</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0051, 3097 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dalapro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Malmvägen 76</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dalapro Edge 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0004, 3097 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dalapro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Malmvägen 76</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dalapro Nova - new formula 3 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3097 0004, 3097 0051, 3097 0004</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Filler</x:v>
       </x:c>
       <x:c t="str">
         <x:v>097 Chemical building products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dalapro</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Norra Malmvägen 76</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sollentuna</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Dalapro Airless Spray, 15 l sack</x:v>
+        <x:v>Dalapro Roll Nova - new formula, 12 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0051, 3097 0004, 3097 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dalapro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Malmvägen 76</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dalapro Lightning Nova - new formula, 15 l bucket</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0051, 3097 0004, 3097 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dalapro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Malmvägen 76</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Filler Pro LB, 15 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008, 3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Filler Pro LSR, 15 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008, 3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Filler Perform, 12 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008, 3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Filler Pro H2O</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Sandplast S, 15 l (32794)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008, 3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lando Väggspackel LF</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0026</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>SimFAS Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 129</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Simrishamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Jotun Spackel Vegg &amp; Tak Medium, 3L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Sandplast LGS, 15 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008, 3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Spackel, Fin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0019, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Scotte RS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0020, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Sandplast LH, 10 l (29914)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008, 3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö PROFESSIONAL Multisprutspackel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0021, 3097 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö Professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Pro Hand Filler Medium, 10 l (38457)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008, 3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Filler Pro Roll, 12 l (75253)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008, 3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Filler PRO H2O Roll, 12 l (47600)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008, 3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Cello Sparkel Medium, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5097 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cello</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dana Lim A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Københavnsvej 220</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Køge</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Jotun Rullspackel Medium universal 10 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Spackel Medium, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0057</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>JOTUN Spackel för grova underlag 3L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SADOLIN FILLER FINE</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0017, 3097 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sadolin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vådrum Sprøjtespartel 642, 15 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5097 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dana Lim</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dana Lim A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Københavnsvej 220</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Køge</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Handfiller Max, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0065, 3097 0065</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Caparol</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DAW Nordic AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 36115</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GÖTEBORG</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sadolin FILLER MEDIUM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0017, 3097 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sadolin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ProGOLD Handspackel Grov, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0019, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö Professional Rems- &amp; Skarv Sprutspackel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0017, 3097 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dalapro Roll Nova, 12 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3097 0004, 3097 0004</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Filler</x:v>
       </x:c>
       <x:c t="str">
         <x:v>097 Chemical building products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dalapro</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Norra Malmvägen 76</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sollentuna</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Dalapro Nova, 500 ml</x:v>
+        <x:v>Teknos Silora LF, 3 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3097 0004, 3097 0004</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Filler</x:v>
       </x:c>
       <x:c t="str">
         <x:v>097 Chemical building products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
+        <x:v>Teknos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Malmvägen 76</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dalapro Airless Nova, 15 L bucket</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0004, 3097 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
         <x:v>Dalapro</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Norra Malmvägen 76</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sollentuna</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Dalapro Lightning Max, 15 l sack</x:v>
+        <x:v>Dalapro Max Plus, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0004, 3097 0051, 3097 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dalapro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Malmvägen 76</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dalapro Max, 10 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3097 0004, 3097 0004</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Filler</x:v>
       </x:c>
       <x:c t="str">
         <x:v>097 Chemical building products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dalapro</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Norra Malmvägen 76</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sollentuna</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Dalapro Joint, 10 l</x:v>
+        <x:v>Dalapro Max, 3 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3097 0004, 3097 0004</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Filler</x:v>
       </x:c>
       <x:c t="str">
         <x:v>097 Chemical building products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dalapro</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Norra Malmvägen 76</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sollentuna</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Dalapro Lightning Joint, 15 l sack</x:v>
+        <x:v>Habito Joint Mix</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3097 0004, 3097 0004</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Filler</x:v>
       </x:c>
       <x:c t="str">
         <x:v>097 Chemical building products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Malmvägen 76</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dalapro Joint, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0004, 3097 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
         <x:v>Dalapro</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Norra Malmvägen 76</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sollentuna</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Teknos Silora J, 10 l</x:v>
+        <x:v>Dalapro Wood Finish Plus, 3 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3097 0004, 3097 0004</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Filler</x:v>
       </x:c>
       <x:c t="str">
         <x:v>097 Chemical building products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
+        <x:v>Dalapro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Malmvägen 76</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Gjöco Spröytesparkel Joint, 15 l bucket</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0004, 3097 0051, 3097 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dalapro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Malmvägen 76</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dalapro Maximum, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0051, 3097 0004, 3097 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dalapro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Malmvägen 76</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dalapro Lightning Nova - new formula, 15 l sack</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0051, 3097 0004, 3097 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dalapro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Malmvägen 76</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dalapro S, 15 l sack</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0051, 3097 0004, 3097 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dalapro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Malmvägen 76</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>JOTUN Prosjektsparkel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Filler Pro 696, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008, 3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Filler Allround</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Filler Pro 696</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PP Filler G</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Pro Filler M Hand</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Finspackel 3L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0020, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>RK Universal Filler LH, 400 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rakennuskemia Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kerkkolankatu 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HYVINKÄÄ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>RK Finishing Filler LF, 400 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rakennuskemia Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kerkkolankatu 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HYVINKÄÄ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>RK Finishing Filler LF, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rakennuskemia Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kerkkolankatu 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HYVINKÄÄ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lando Rullspackel LV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0026</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>SimFAS Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 129</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Simrishamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lando Sprutspackel Medium</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0026</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>SimFAS Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 129</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Simrishamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Sprutspackel Lätt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0020, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Jotun Sparkel Gipsskiva Fin 0.4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Jotun Spackel GipsskivaFin, 3L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Scotte A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0020, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö ORIGINAL GROVSPACKEL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0017, 3097 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>RAW Light Medium Airless, 15 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5097 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>RAW</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dana Lim A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Københavnsvej 220</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Køge</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dana Lim Lättspackel Grov 624, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5097 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dana Lim</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dana Lim A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Københavnsvej 220</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Køge</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Sandplast LB, 12 l (71779)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008, 3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Sandplast LSR sprut och rull, hink, 15 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008, 3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Sandplast LSR PRO, 15 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008, 3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Sandplast LG, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008, 3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Filler Perform Airless Medium, 15 l (64655)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008, 3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Filler PRO H2O, 3 l (47602)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008, 3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Spackel Grov,10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0057</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Spackel Medium, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0057</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dana Lim Lättspackel Våtrum 626, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5097 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dana Lim</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dana Lim A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Københavnsvej 220</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Køge</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NORDSJÖ ORIGINAL FINSPACKEL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0017, 3097 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rollfiller Max, 12 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0065, 3097 0065</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Caparol</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DAW Nordic AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 36115</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GÖTEBORG</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sadolin FILLER ROUGH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0017, 3097 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sadolin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sadolin FILLER ROLLER</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0017, 3097 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sadolin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lando Väggspackel LM Primo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0026</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lando</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SimFAS Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 129</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Simrishamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ProGOLD Handspackel Våt, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0019, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ProGOLD Rullspackel Grov, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0019, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Pro Filler G</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008, 3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PP Filler Wet, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008, 3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PP Filler Super M</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PP Filler Wet</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lando Väggspackel LM Classic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0026</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lando</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SimFAS Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 129</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Simrishamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dalapro Premium, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0004, 3097 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dalapro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Malmvägen 76</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dalapro Lightning Maximum, 15 l bag</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0051, 3097 0004, 3097 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dalapro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Malmvägen 76</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dalapro Maximum 3L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0051, 3097 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dalapro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Malmvägen 76</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dalapro Roll Max Plus, 12 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0004, 3097 0051, 3097 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dalapro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Malmvägen 76</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dalapro Airless Nova, 15 l sack</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0004, 3097 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dalapro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Malmvägen 76</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dalapro Hydro, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0004, 3097 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dalapro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Malmvägen 76</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dalapro Hydro, 400 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0004, 3097 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dalapro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Malmvägen 76</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dalapro Lightning Premium, 15 l bucket</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0051, 3097 0004, 3097 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dalapro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Malmvägen 76</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dalapro Wood Finish Plus, 0,2 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0004, 3097 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dalapro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Malmvägen 76</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Gjöco Spröytesparkel Medium, 15 l bucket</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0004, 3097 0051, 3097 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dalapro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Malmvägen 76</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dalapro Nova - new formula 200 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0004, 3097 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dalapro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Malmvägen 76</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dalapro Roll Max, 12 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0004, 3097 0051, 3097 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dalapro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Malmvägen 76</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Filler Pro LB, 12 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008, 3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Rullspackel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0020, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>RK Universal Filler LH, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rakennuskemia Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kerkkolankatu 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HYVINKÄÄ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Midun Lätt Rullspackel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0031</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Midun</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>International Coating Products SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Espace d'Activités Blossieu</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lagnieu</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Handspackel Skarv</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0020, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lando Väggspackel LM Standard</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0026</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>SimFAS Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 129</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Simrishamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Scotte R</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0020, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dana Lim Lättspackel Medium Extra 623, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5097 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dana Lim</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dana Lim A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Københavnsvej 220</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Køge</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Jotun Spackel Gipsplate/skiva Fin 15L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö ORIGINAL RULLSPACKEL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0017, 3097 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö PROFESSIONAL RULLSPACKEL GROV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0017, 3097 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö Professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dana Lim Lättspackel Grov 624, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5097 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dana Lim</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dana Lim A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Københavnsvej 220</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Køge</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Sandplast LB, 15 l (76576)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008, 3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Raw Light Rough, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5097 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>RAW</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dana Lim A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Københavnsvej 220</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Køge</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PP Filler Airless C, 15 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008, 3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Jotun Våtrumsspackel 3 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ProGOLD Rullspackel Medium, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0019, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beck &amp; Jörgensen 718, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0004, 3097 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beck &amp; Jørgensen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Malmvägen 76</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dalapro Nova, 200 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0004, 3097 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dalapro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Malmvägen 76</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dalapro Lightning Max Plus, 15 l bucket</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0051, 3097 0004, 3097 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dalapro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Malmvägen 76</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dalapro Lightning Max, 15 l bucket</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0051, 3097 0004, 3097 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dalapro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Malmvägen 76</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dalapro Lightning Medium Plus, 15 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0051, 3097 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dalapro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Malmvägen 76</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dalapro Lightning Maximum, 15 l bucket</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0051, 3097 0004, 3097 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dalapro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Malmvägen 76</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Teknos Silora J, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0004, 3097 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
         <x:v>Teknos</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Norra Malmvägen 76</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sollentuna</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Dalapro Max Plus, 10 l</x:v>
+        <x:v>Yunik Pro Filler J</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Filler Pro LG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Filler Pro LH Extra</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PP Filler M</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>DETALE KC 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Pro Filler M</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PP Filler Hand M, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008, 3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Pro Filler J</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008, 3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PP Filler Super M, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008, 3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Filler Pro LSR, 12 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008, 3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Filler Pro LB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Handspackel, 400 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0019, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Finspackel, 400 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0019, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Lätt Sprutspackel Plus, 15 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0020, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lando Väggspackel LF Tonad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0026</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>SimFAS Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 129</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Simrishamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Handfiller Max, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0066, 3097 0065</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>DAW Nordic AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 36115</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GÖTEBORG</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ProGOLD Handspackel Våt, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0019, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ProGOLD Rullspackel Grov, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0019, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö PROFESSIONAL MEDIUMSPACKEL/LS 104 i burk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0017, 3097 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö Professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sadolin VÄGGSPACKEL MEDIUM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0017, 3097 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sadolin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>RAW Light Medium  Extra, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5097 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>RAW</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dana Lim A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Københavnsvej 220</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Køge</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Scotte LH Plus Spackel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0020, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Sandplast LSR, 15 l (76043)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008, 3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Sandplast 696, 10 l (29912)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008, 3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Pro Sand Filler Airless Medium, 15 l (38458)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008, 3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Sandplast LW, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008, 3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Sandplast LGS, 12 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008, 3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Filler Pro Airless, 15 l (75252)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008, 3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Filler Perform Plus Medium White, 15 l (64656)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008, 3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Scotte J plus Spackel 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0020, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Jotun Rullespartel Grov,12 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5097 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dana Lim A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Københavnsvej 220</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Køge</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Spackel Grov, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0057</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dana Lim Joint Filler 637, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5097 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dana Lim</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dana Lim A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Københavnsvej 220</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Køge</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Filler Allround, 5 l (72137)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008, 3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dalapro Premium, 3 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3097 0004, 3097 0051, 3097 0004</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Filler</x:v>
       </x:c>
       <x:c t="str">
         <x:v>097 Chemical building products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dalapro</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Norra Malmvägen 76</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sollentuna</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Dalapro Habito Joint, 10 l</x:v>
+        <x:v>Dalapro Lightning Nova, 15 l sack</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3097 0004, 3097 0004</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Filler</x:v>
       </x:c>
       <x:c t="str">
         <x:v>097 Chemical building products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dalapro</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Norra Malmvägen 76</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sollentuna</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Teknos Silora J, 15 l</x:v>
+        <x:v>Teknos Silora LF, 400 ml</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3097 0004, 3097 0004</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Filler</x:v>
       </x:c>
       <x:c t="str">
         <x:v>097 Chemical building products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Teknos</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Norra Malmvägen 76</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sollentuna</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Teknospro Max+, 15 l</x:v>
+        <x:v>Teknos Silora LF, 10 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3097 0004, 3097 0004</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Filler</x:v>
       </x:c>
       <x:c t="str">
         <x:v>097 Chemical building products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Teknos</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Norra Malmvägen 76</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sollentuna</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Dalapro Lightning Nova, 15 l bucket</x:v>
+        <x:v>Dalapro Roll Maximum 12L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0051, 3097 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dalapro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Malmvägen 76</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dalapro Nova, 3 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3097 0004, 3097 0004</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Filler</x:v>
       </x:c>
       <x:c t="str">
         <x:v>097 Chemical building products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dalapro</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Norra Malmvägen 76</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sollentuna</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Gjöco Spröytesparkel Medium, 15 l bag</x:v>
+        <x:v>Beck &amp; Jörgensen 719, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0004, 3097 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beck &amp; Jørgensen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Malmvägen 76</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Gjöco Proff Rullesparkel, 12 l bucket</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0004, 3097 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gjøco</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Malmvägen 76</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dalapro Lightning Medium Plus, 15 l sack</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0004, 3097 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dalapro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Malmvägen 76</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Gjöco Spröytesparkel Joint 15 l  bag</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0004, 3097 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dalapro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Malmvägen 76</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dalapro Wood Finish Plus, 0,4 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0004, 3097 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dalapro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Malmvägen 76</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dalapro Magnetic, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0004, 3097 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dalapro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Malmvägen 76</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Promix Max 10L bucket</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0004, 3097 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Malmvägen 76</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PP Filler Hand M</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Pro Filler W</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Filler Perform, 15 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008, 3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Filler Pro 696, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008, 3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Filler Perform</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Filler Pro LSR</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Filler Perform W White</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Maskinspackel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0020, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Sprutspackel Allround</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0020, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Rullspackel Grov</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0020, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Handspackel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0020, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>RK Universal Filler LH, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rakennuskemia Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kerkkolankatu 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HYVINKÄÄ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>RK Finishing Filler LF, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rakennuskemia Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kerkkolankatu 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HYVINKÄÄ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Midun Hand- &amp; Skarvspackel Medium</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0031</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Midun</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>International Coating Products SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Espace d'Activités Blossieu</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lagnieu</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Sprutspackel Allround Plus, 15 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0020, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MIDUN LÄTT RULLSPACKEL,12 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0060</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>International Coating Products SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Espace d'Activités Blossieu</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lagnieu</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ProGOLD Rullspackel Grov, 12 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0019, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ProGold</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Jotun Spackel Vegg &amp; Tak Medium, 10L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Scotte LH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0020, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö PROFESSIONAL MEDIUM/LS 104 SPRUT</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0017, 3097 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö Professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Sandplast LH, 3 l (51892)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008, 3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lady Minerals Revive</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Lady</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Sandplast S+, 15 l (20600)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008, 3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Scotte LG plus Spackel 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0020, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Scotte LW plus Spackel 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0020, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Scotte LW plus Spackel 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0020, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Jotun Våtrumsspackel 0,4 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dana Lim Lättspackel Våtrum 626, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5097 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dana Lim</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dana Lim A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Københavnsvej 220</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Køge</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ProGOLD Handspackel Grov, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0019, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ProGOLD Handspackel Medium, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0019, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ProGOLD Rullspackel Medium, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0019, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Filler Perform P</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Filler Pro H2O, 12 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008, 3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dalapro Lightning Max Plus, 15 l sack</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0004, 3097 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dalapro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Malmvägen 76</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dalapro Lightning Premium, 15 l sack</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0004, 3097 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dalapro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Malmvägen 76</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dalapro Premium, 10 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3097 0004, 3097 0051, 3097 0004</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Filler</x:v>
       </x:c>
       <x:c t="str">
         <x:v>097 Chemical building products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dalapro</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Norra Malmvägen 76</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sollentuna</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Dalapro Nova - new formula 10 l</x:v>
-[...2 lines deleted...]
-        <x:v>3097 0004, 3097 0051, 3097 0004</x:v>
+        <x:v>Dalapro Hydro, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0004, 3097 0004</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Filler</x:v>
       </x:c>
       <x:c t="str">
         <x:v>097 Chemical building products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dalapro</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Norra Malmvägen 76</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sollentuna</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Flügger Filler Pro H2O, 5 l</x:v>
-[...991 lines deleted...]
-        <x:v>Dalapro Roll Joint 12 l</x:v>
+        <x:v>Dalapro Lightning Joint, 15 l bucket</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3097 0004, 3097 0004</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Filler</x:v>
       </x:c>
       <x:c t="str">
         <x:v>097 Chemical building products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dalapro</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Norra Malmvägen 76</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sollentuna</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Flügger Filler Pro LG, 10 l</x:v>
-[...1023 lines deleted...]
-        <x:v>Dalapro Nova, 10 l</x:v>
+        <x:v>Dalapro Nova - new formula 400 ml</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3097 0004, 3097 0004</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Filler</x:v>
       </x:c>
       <x:c t="str">
         <x:v>097 Chemical building products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dalapro</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Norra Malmvägen 76</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sollentuna</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Dalapro Maximum, 3 l</x:v>
-[...2 lines deleted...]
-        <x:v>3097 0004, 3097 0004</x:v>
+        <x:v>Dalapro Edge, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0051, 3097 0004</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Filler</x:v>
       </x:c>
       <x:c t="str">
         <x:v>097 Chemical building products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dalapro</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Norra Malmvägen 76</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sollentuna</x:v>
-      </x:c>
-[...6654 lines deleted...]
-        <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>