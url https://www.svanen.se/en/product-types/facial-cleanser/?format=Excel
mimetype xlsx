--- v0 (2025-12-13)
+++ v1 (2026-02-13)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55a84549e8a944f5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6bf72b0e1bcf4781" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="Rb590ceff4051487b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R7d559750246d4f7b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb590ceff4051487b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R7d559750246d4f7b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
@@ -164,986 +164,1050 @@
       </x:c>
       <x:c t="str">
         <x:v>Facial cleanser</x:v>
       </x:c>
       <x:c t="str">
         <x:v>090 Cosmetic products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Meraki</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DermaPharm A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Europavej 10</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Fårup</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Matas Striber Men Face Wash, Fragrance Free, Blemish-Prone Skin, 150 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Facial cleanser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Men</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>AVIVIR Aloe Vera Cleaning Foam, 150 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0294, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Facial cleanser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AVIVIR Aloe Vera</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Matas Natur Nourishing Cleansing Gel Fragrance Free, 200 ml</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5090 0001, 5090 0001</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Facial cleanser</x:v>
       </x:c>
       <x:c t="str">
         <x:v>090 Cosmetic products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Matas Natur</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Persano Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Skaaremosevej 11-14, Blistrup</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Graested</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>AVIVIR Aloe Vera Cleaning Foam, 150 ml</x:v>
-[...17 lines deleted...]
-        <x:v>AVIVIR Aloe Vera</x:v>
+        <x:v>Matas Striber Mild Face Wash Gel, Fragrance Free, 250 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Facial cleanser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Striber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lykkegaard Micellar 3 in 1 Face Tonic, 150 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0097, 5090 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Facial cleanser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lykkegaard</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Allison A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hjortkærvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bramming</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mums with love Cleansing water, 250 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0112, 5090 0040</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Facial cleanser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mums with love</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Sense A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mads Clausens Vej 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silkeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Derma Eco Gentle Makeup Remover, 200 ml - 20002000</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0094, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Facial cleanser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Derma</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DermaPharm A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Europavej 10</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Fårup</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Matas Striber Mild Face Wash Gel, Fragrance Free, 250 ml</x:v>
+        <x:v>Coop Änglamark Dermacare Face wash, 150 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0040, 5090 0040</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Facial cleanser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Änglamark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Sense A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mads Clausens Vej 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silkeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Meraki Cleansing Foam, 150 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0002, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Facial cleanser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meraki</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lykkegaard Refreshing Cleansing Foam, 150 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Facial cleanser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lykkegaard</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Allison A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hjortkærvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bramming</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Natur Nourishing Cleansing Gel Fragrance Free, 80 ml</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5090 0001, 5090 0001</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Facial cleanser</x:v>
       </x:c>
       <x:c t="str">
         <x:v>090 Cosmetic products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
+        <x:v>Matas Natur</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Derma Family Cleansing Face Wash, 150 ml - 26001291</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Facial cleanser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Derma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>The Core Hyaluron Micellar Water, 250 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0091, 5090 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Facial cleanser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
         <x:v>Matas Striber</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Persano Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Skaaremosevej 11-14, Blistrup</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Graested</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Lykkegaard Micellar 3 in 1 Face Tonic, 150 ml</x:v>
+        <x:v>ABENA Washing Lotion, No colorants or Perfume, 200 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0094, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Facial cleanser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Derma Family Hydrating Makeup Remover, 200 ml - 20002227</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0094, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Facial cleanser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Derma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Striber Mild Cleansing Mousse, Fragrance Free, 150 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0001, 5090 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Facial cleanser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Striber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Natur Nourishing Foaming Cleanser fragrance free, 150 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0001, 5090 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Facial cleanser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Natur</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Derma Woman Rensegel, 150 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0002, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Facial cleanser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Derma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Neutral Skin Tonic, 200 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0106, 5090 0025</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Facial cleanser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neutral</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Unilever Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ørestads Boulevard 73</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København S</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Änglamark Skintonic, 200 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0094, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Facial cleanser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Änglamark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rudolph Care Hydrating Cleansing Milk, 25 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0150, 5090 0045</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Facial cleanser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rudolph Care</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rudolph Care Nourishing Cleansing Oil, 100 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0150, 5090 0045</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Facial cleanser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rudolph Care</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Natur Nourishing micellar water fragrance free, 200 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0091, 5090 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Facial cleanser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Natur</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Derma Eco Clarifying Skin Tonic, 200 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0094, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Facial cleanser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Derma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Striber Skintonic Dry Skin, Fragrance Free, 75 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0091, 5090 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Facial cleanser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Striber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Striber Mild Micellar Water Sensitive, Fragrance Free, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0091, 5090 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Facial cleanser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Striber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Striber Mild Cleansing Milk, Fragrance Free, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0091, 5090 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Facial cleanser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Striber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Änglamark 3 in 1 face cleanser, 200 ml</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5090 0097, 5090 0003</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Facial cleanser</x:v>
       </x:c>
       <x:c t="str">
         <x:v>090 Cosmetic products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Lykkegaard</x:v>
+        <x:v>Änglamark</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Allison A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hjortkærvej 2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bramming</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Mums with love Cleansing water, 250 ml</x:v>
-[...34 lines deleted...]
-        <x:v>5090 0094, 5090 0002</x:v>
+        <x:v>ICA Ansikts- och Makeupservett, oparfymerad, 25 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3090 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Facial cleanser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>K. Ungh AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skjutbanevägen 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bollnäs</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Natur Nourishing Eye makeup remover fragrance free, 125 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0091, 5090 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Facial cleanser</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Natur</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Derma Eco Face scrub, 75 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0002, 5090 0002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Facial cleanser</x:v>
       </x:c>
       <x:c t="str">
         <x:v>090 Cosmetic products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Derma</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DermaPharm A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Europavej 10</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Fårup</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Derma Family Cleansing Face Wash, 150 ml - 26001291</x:v>
-[...2 lines deleted...]
-        <x:v>5090 0002</x:v>
+        <x:v>Matas Striber Men Face Wash, Fragrance Free, Sensitive Skin, 150 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0001</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Facial cleanser</x:v>
       </x:c>
       <x:c t="str">
         <x:v>090 Cosmetic products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Derma</x:v>
-[...744 lines deleted...]
-        <x:v>Fårup</x:v>
+        <x:v>Matas Men</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>