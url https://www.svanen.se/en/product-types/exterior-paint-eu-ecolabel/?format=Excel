--- v0 (2025-12-17)
+++ v1 (2026-02-11)
@@ -1,2781 +1,2557 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc80d744c64584d6c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49efce054d204d75" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R9c247bbb284f4622"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="Rd35f817b298a4874"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R9c247bbb284f4622" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd35f817b298a4874" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Brand</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Licensee</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c t="str">
         <x:v>City</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>LYCKE REKO UTOMHUS Fasadfärg Utevit, 3 l</x:v>
-[...11 lines deleted...]
-        <x:v>EU44 Indoor and outdoor paints and varnishes</x:v>
+        <x:v>Sigma Solid Topcoat Aqua Base ZN, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sigma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PPG Coatings Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gladsaxevej 300</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sigma Solid Topcoat Aqua Sort, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sigma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PPG Coatings Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gladsaxevej 300</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex Pro 5, Ass, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SIGMA Woodprotect Solid WB; Base ZN, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sigma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PPG Coatings Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gladsaxevej 300</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>LYCKE UTOMHUS FASADFÄRG; Base C, 2,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lycke - Skönhet för alla hem</x:v>
       </x:c>
       <x:c t="str">
         <x:v>PPG Coatings Danmark A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gladsaxevej 300</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søborg</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Ultra Matte, 5 l</x:v>
-[...43 lines deleted...]
-        <x:v>EU44 Indoor and outdoor paints and varnishes</x:v>
+        <x:v>Luxi Väggfärg Helmatt Kit, 2,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Luxi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jem &amp; Fix</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skomagervej 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior High Finish 90 Bas 1, 2,8 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sigma Solid Topcoat Aqua Hvid/Base LN, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sigma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PPG Coatings Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gladsaxevej 300</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sigma Solid Topcoat Aqua Sort, 2,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sigma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PPG Coatings Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gladsaxevej 300</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SIGMA Solid Window Aqua Base ZN, 2,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sigma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PPG Coatings Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gladsaxevej 300</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lycke Utomhus Fasadfärg Base A, 0,325 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lycke - Skönhet för alla hem</x:v>
       </x:c>
       <x:c t="str">
         <x:v>PPG Coatings Danmark A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gladsaxevej 300</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søborg</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Luxi Väggfärg Helmatt Kit, 2,5 l</x:v>
+        <x:v>Flügger Interior Strong Finish 20 White, 0,38 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger  Interior Strong Finish 40 Offwhite, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior Strong Finish 20 Base 4, 0,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002, 3096 0032</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel, Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior Strong Finish 40 White, 0,75 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SIGMA Woodprotect Solid WB; Base WN, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sigma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PPG Coatings Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gladsaxevej 300</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SIGMA Woodprotect Solid WB; Base WN, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sigma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PPG Coatings Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gladsaxevej 300</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lycke Utomhus Fasadfärg Base C, 9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lycke - Skönhet för alla hem</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PPG Coatings Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gladsaxevej 300</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lycke Utomhus Fasadfärg; Base C. 0,675 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lycke - Skönhet för alla hem</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PPG Coatings Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gladsaxevej 300</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Droppen Elegance, Super Täckande Trælasur oljebaserad, 4 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Droppen Elegance</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nowocoat Industrial A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stålvej 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Wall Paint 5 500 White, 3 L (81614)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex 7S+ Bas 4, 0,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sigma Solid Topcoat Aqua Hvid/Base LN, 0,75 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sigma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PPG Coatings Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gladsaxevej 300</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sigma Solid Window Aqua Hvid/Base LN, 2,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sigma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PPG Coatings Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gladsaxevej 300</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior Strong Finish 40 Base 3, 0,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002, 3096 0032</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel, Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior Strong Finish 40 Base 1, 0,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002, 3096 0032</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel, Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior Strong Finish 40 Offwhite, 0,75 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior Strong Finish 20 Base 3, 0,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002, 3096 0032</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel, Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SIGMA Woodprotect Solid WB; Base WN, 2,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sigma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PPG Coatings Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gladsaxevej 300</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lycke Utomhus Fasadfärg Utevit, 9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lycke - Skönhet för alla hem</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PPG Coatings Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gladsaxevej 300</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lycke Utomhus Fasadfärg Utevit, 2,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lycke - Skönhet för alla hem</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PPG Coatings Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gladsaxevej 300</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex Pro 2 White / Base 1, 9,1 l (40076)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Luxi Väggfärg Helmatt Mörk Mossa, 2,5 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DK/044/004</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Exterior paint (EU-Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>EU44 Indoor and outdoor paints and varnishes</x:v>
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Luxi</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Jem &amp; Fix</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Skomagervej 12</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vejle</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Sigma Solid Topcoat Aqua Base ZN, 5 l</x:v>
-[...11 lines deleted...]
-        <x:v>EU44 Indoor and outdoor paints and varnishes</x:v>
+        <x:v>Sigma Solid Topcoat Aqua Hvid/Base LN, 2,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sigma</x:v>
       </x:c>
       <x:c t="str">
         <x:v>PPG Coatings Danmark A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gladsaxevej 300</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søborg</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Sigma Solid Topcoat Aqua Sort, 5 l</x:v>
-[...11 lines deleted...]
-        <x:v>EU44 Indoor and outdoor paints and varnishes</x:v>
+        <x:v>Sigma Solid Topcoat Aqua Base ZN, 2,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sigma</x:v>
       </x:c>
       <x:c t="str">
         <x:v>PPG Coatings Danmark A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gladsaxevej 300</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søborg</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Flügger Flutex Pro 5, Ass, 10 l</x:v>
+        <x:v>Sigma Solid Topcoat Aqua Sort, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sigma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PPG Coatings Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gladsaxevej 300</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior Strong Finish 20 Base 3, 0,35 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SE/044/002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Exterior paint (EU-Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>EU44 Indoor and outdoor paints and varnishes</x:v>
-[...31 lines deleted...]
-        <x:v>EU44 Indoor and outdoor paints and varnishes</x:v>
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Flutex Pro 2 Offwhite S0500-N, 10 l (40075)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lycke Utomhus Fasadfärg; Base C;, 0,325 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lycke - Skönhet för alla hem</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PPG Coatings Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gladsaxevej 300</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SIGMA Solid Window Aqua; Hvid/LN, 2,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sigma</x:v>
       </x:c>
       <x:c t="str">
         <x:v>PPG Coatings Danmark A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gladsaxevej 300</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søborg</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Lycke Utomhus Fasadfärg Base A, 0,325 l</x:v>
-[...11 lines deleted...]
-        <x:v>EU44 Indoor and outdoor paints and varnishes</x:v>
+        <x:v>Sigma Solid Basecoat Aqua Hvid/Base LN, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sigma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PPG Coatings Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gladsaxevej 300</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sigma Solid Topcoat Aqua Svenskrød, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sigma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PPG Coatings Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gladsaxevej 300</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior Strong Finish 20 Base 4, 2,8 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002, 3096 0032</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel, Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior Strong Finish 40 Base 1, 2,8 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002, 3096 0032</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel, Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior Strong Finish 20 Base 4, 0,35 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior Strong Finish 20 Base 1, 0,35 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002, 3096 0032</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel, Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior Strong Finish 40 Base 1, 0,35 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002, 3096 0032</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel, Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior Strong Finish 40 Base 4, 0,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002, 3096 0032</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel, Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior Strong Finish 40 Base 4, 2,8 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SIGMA Woodprotect Solid WB; Base ZN, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sigma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PPG Coatings Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gladsaxevej 300</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Landora Väggfärg 07 Antikrosa 2,5 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landora</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lycke Utomhus Fasadfärg Base C, 0,675 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lycke - Skönhet för alla hem</x:v>
       </x:c>
       <x:c t="str">
         <x:v>PPG Coatings Danmark A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gladsaxevej 300</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søborg</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Lycke Utomhus Fasadfärg Base C, 9 l</x:v>
-[...11 lines deleted...]
-        <x:v>EU44 Indoor and outdoor paints and varnishes</x:v>
+        <x:v>Lycke Utomhus Fasadfärg Utevit, 0,675 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lycke - Skönhet för alla hem</x:v>
       </x:c>
       <x:c t="str">
         <x:v>PPG Coatings Danmark A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gladsaxevej 300</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søborg</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>High Gloss, 2 l</x:v>
-[...43 lines deleted...]
-        <x:v>EU44 Indoor and outdoor paints and varnishes</x:v>
+        <x:v>Lycke Utomhus Fasadfärg Base C, 0,325 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lycke - Skönhet för alla hem</x:v>
       </x:c>
       <x:c t="str">
         <x:v>PPG Coatings Danmark A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gladsaxevej 300</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søborg</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Flügger Interior High Finish 90 Bas 1, 2,8 l</x:v>
+        <x:v>SIGMA Woodprotect Solid WB; RAL 7016, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sigma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PPG Coatings Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gladsaxevej 300</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lycke Utomhus Fasadfärg Base A, 9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lycke - Skönhet för alla hem</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PPG Coatings Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gladsaxevej 300</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Luxi Väggfärg Helmatt Skogsgrön, 2,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Luxi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jem &amp; Fix</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skomagervej 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Luxi Väggfärg Helmatt Havsblå, 2,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Luxi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jem &amp; Fix</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skomagervej 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SIGMA Woodprotect Solid WB; Base ZN, 2,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sigma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PPG Coatings Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gladsaxevej 300</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SIGMA Woodprotect Solid WB; Black, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sigma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PPG Coatings Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gladsaxevej 300</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sigma Solid Topcoat Aqua Base ZN, 0,75 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sigma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PPG Coatings Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gladsaxevej 300</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger  Interior Strong Finish 40 White, 0,38 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SE/044/002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Exterior paint (EU-Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>EU44 Indoor and outdoor paints and varnishes</x:v>
-[...19 lines deleted...]
-        <x:v>Flügger Interior Strong Finish 20 White, 0,38 l</x:v>
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior Strong Finish 40 Base 3, 2,8 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002, 3096 0032</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel, Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior Strong Finish 20 Offwhite, 0,38 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SE/044/002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Exterior paint (EU-Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>EU44 Indoor and outdoor paints and varnishes</x:v>
-[...19 lines deleted...]
-        <x:v>Flügger  Interior Strong Finish 40 Offwhite, 3 l</x:v>
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lycke Utomhus Fasadfärg Base A, 0,675 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lycke - Skönhet för alla hem</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PPG Coatings Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gladsaxevej 300</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lycke Utomhus Fasadfärg Base A, 2,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lycke - Skönhet för alla hem</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PPG Coatings Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gladsaxevej 300</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lycke Utomhus Fasadfärg Base C, 2,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lycke - Skönhet för alla hem</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PPG Coatings Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gladsaxevej 300</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Luxi Väggfärg Hellmat Kvällsskog, 2,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Luxi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jem &amp; Fix</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skomagervej 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Luxi Väggfärg Helmatt Blygrå, 2,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Luxi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jem &amp; Fix</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skomagervej 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Droppen Elegance, SuperTäckende Trälasyr vattenbaserad, 4 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Droppen Elegance</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nowocoat Industrial A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stålvej 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sigma Solid Basecoat Aqua Hvid/Base LN, 2,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sigma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PPG Coatings Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gladsaxevej 300</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sigma Solid Topcoat Aqua Hvid/Base LN, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sigma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PPG Coatings Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gladsaxevej 300</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sigma Solid Topcoat Aqua Base ZN, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sigma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PPG Coatings Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gladsaxevej 300</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sigma Solid Topcoat Aqua RAL 7016, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sigma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PPG Coatings Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gladsaxevej 300</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior Strong Finish 40 White, 3 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SE/044/002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Exterior paint (EU-Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>EU44 Indoor and outdoor paints and varnishes</x:v>
-[...19 lines deleted...]
-        <x:v>Flügger Interior Strong Finish 40 White, 0,75 l</x:v>
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior Strong Finish 40 Base 3, 0,35 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/044/002, 3096 0032</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel, Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Interior Strong Finish 40 Offwhite, 0,38 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SE/044/002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Exterior paint (EU-Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>EU44 Indoor and outdoor paints and varnishes</x:v>
-[...223 lines deleted...]
-        <x:v>EU44 Indoor and outdoor paints and varnishes</x:v>
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>LYCKE UTOMHUS FASADFÄRG; Base C, 9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/044/003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint (EU-Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU44 Decorative paints, varnishes, and related products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lycke - Skönhet för alla hem</x:v>
       </x:c>
       <x:c t="str">
         <x:v>PPG Coatings Danmark A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gladsaxevej 300</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søborg</x:v>
-      </x:c>
-[...1982 lines deleted...]
-        <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>