--- v0 (2025-12-15)
+++ v1 (2026-02-04)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R42e094af3e1346b7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R01603da65f6c4b5f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R7a579b07b4ed486b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R827a9cf9c1a3487c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R7a579b07b4ed486b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R827a9cf9c1a3487c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
@@ -228,147 +228,339 @@
       </x:c>
       <x:c t="str">
         <x:v>Duvets and pillows hotels and institutions</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Norvigroup Norsk Dun</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Norvigroup Norsk Dun AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Postboks 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Mysen</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Høie Enviro Classic / Comfort dyner og puter til hotell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2112 0008, 2039 0051</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Duvets and pillows hotels and institutions</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Høie of Scandinavia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mascot Høie AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tverrveien 29</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brekstad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Hotel Extra Light dundyne 140x200 384g  </x:v>
       </x:c>
       <x:c t="str">
         <x:v>2112 0012</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Duvets and pillows hotels and institutions</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Norvigroup Norsk Dun</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Norvigroup Norsk Dun AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Postboks 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Mysen</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Hotel Medium Dundyne 260x220 1270g </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2112 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Duvets and pillows hotels and institutions</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norvigroup Norsk Dun</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norvigroup Norsk Dun AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mysen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hotel Light Dundyne 220x220 840g </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2112 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Duvets and pillows hotels and institutions</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norvigroup Norsk Dun</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norvigroup Norsk Dun AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mysen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Hotel Medium Dundyne 150x200 672g </x:v>
       </x:c>
       <x:c t="str">
         <x:v>2112 0012</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Duvets and pillows hotels and institutions</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Norvigroup Norsk Dun</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Norvigroup Norsk Dun AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Postboks 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Mysen</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Hotel Light Dundyne 220x220 840g </x:v>
-[...31 lines deleted...]
-        <x:v>Hotel Medium Dundyne 260x220 1270g </x:v>
+        <x:v>Norsk Dun 90 % andedun hotellpute Medium 50x90</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2112 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Duvets and pillows hotels and institutions</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norvigroup Norsk Dun</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norvigroup Norsk Dun AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mysen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hotel Extra High Luxury Dunpute 50x60 low</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2112 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Duvets and pillows hotels and institutions</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norvigroup Norsk Dun</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norvigroup Norsk Dun AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mysen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hotell Princess Dunpute 50x70 medium</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2112 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Duvets and pillows hotels and institutions</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norvigroup Norsk Dun</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norvigroup Norsk Dun AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mysen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hotel Extra Luxury Dundyne 220x220</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2112 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Duvets and pillows hotels and institutions</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norvigroup Norsk Dun</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norvigroup Norsk Dun AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mysen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hotel Extra Luxury Dundyne 160x220</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2112 0012</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Duvets and pillows hotels and institutions</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Norvigroup Norsk Dun</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Norvigroup Norsk Dun AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Postboks 4</x:v>
       </x:c>
@@ -388,242 +580,82 @@
       </x:c>
       <x:c t="str">
         <x:v>Duvets and pillows hotels and institutions</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Norvigroup Norsk Dun</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Norvigroup Norsk Dun AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Postboks 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Mysen</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Norsk Dun 90 % andedun hotellpute Medium 50x90</x:v>
-[...126 lines deleted...]
-      <x:c t="str">
         <x:v>Hotel Luxury Dundyne 150x210</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2112 0012</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Duvets and pillows hotels and institutions</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Norvigroup Norsk Dun</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Norvigroup Norsk Dun AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Postboks 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Mysen</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Hotell Princess Dunpute 50x70 medium</x:v>
-[...30 lines deleted...]
-      <x:c t="str">
         <x:v>Høie Scandic dyner og puter til hotell</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2112 0008, 2039 0051</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Duvets and pillows hotels and institutions</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Høie of Scandinavia</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Mascot Høie AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tverrveien 29</x:v>
@@ -2212,595 +2244,1107 @@
       </x:c>
       <x:c t="str">
         <x:v>Duvets and pillows hotels and institutions</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Høie of Scandinavia</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Mascot Høie AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tverrveien 29</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Brekstad</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Høie Enviro</x:v>
+        <x:v>Hotel Extra High Luxury Dunpute 50x60 high</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2112 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Duvets and pillows hotels and institutions</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norvigroup Norsk Dun</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norvigroup Norsk Dun AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mysen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hotel Extra High Luxury Dunpute 50x70 high</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2112 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Duvets and pillows hotels and institutions</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norvigroup Norsk Dun</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norvigroup Norsk Dun AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mysen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hotel Extra High Luxury Dunpute 50x70 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2112 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Duvets and pillows hotels and institutions</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norvigroup Norsk Dun</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norvigroup Norsk Dun AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mysen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hotel Extra High Luxury Dunpute 60x80 medium 530 g</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2112 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Duvets and pillows hotels and institutions</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norvigroup Norsk Dun</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norvigroup Norsk Dun AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mysen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hotel Extra Luxury Dundyne 150x200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2112 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Duvets and pillows hotels and institutions</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norvigroup Norsk Dun</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norvigroup Norsk Dun AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mysen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hotel Extra Luxury Dundyne 240x220</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2112 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Duvets and pillows hotels and institutions</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norvigroup Norsk Dun</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norvigroup Norsk Dun AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mysen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hotel Luxury Dundyne 140x200 550 g</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2112 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Duvets and pillows hotels and institutions</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norvigroup Norsk Dun</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norvigroup Norsk Dun AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mysen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hotel Luxury Dunpute 50x70 low</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2112 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Duvets and pillows hotels and institutions</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norvigroup Norsk Dun</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norvigroup Norsk Dun AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mysen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hotel Ultra Extreme Luxury Dundyne 220x220</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2112 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Duvets and pillows hotels and institutions</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norvigroup Norsk Dun</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norvigroup Norsk Dun AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mysen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hotel Ultra Luxury Dundyne 220x220</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2112 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Duvets and pillows hotels and institutions</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norvigroup Norsk Dun</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norvigroup Norsk Dun AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mysen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hotell Princess Dundyne 140x220</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2112 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Duvets and pillows hotels and institutions</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norvigroup Norsk Dun</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norvigroup Norsk Dun AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mysen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hotell Princess Dunpute 50x70 høy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2112 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Duvets and pillows hotels and institutions</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norvigroup Norsk Dun</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norvigroup Norsk Dun AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mysen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hotel Warm Dundyne 140x200 672g </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2112 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Duvets and pillows hotels and institutions</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norvigroup Norsk Dun</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norvigroup Norsk Dun AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mysen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hotel Extra Light Dundyne 150x200 432g </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2112 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Duvets and pillows hotels and institutions</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norvigroup Norsk Dun</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norvigroup Norsk Dun AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mysen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hotel Extra Light Dundyne 260x220 820g </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2112 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Duvets and pillows hotels and institutions</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norvigroup Norsk Dun</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norvigroup Norsk Dun AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mysen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hotel Dunpute 3-kammer 50x70 medium</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2112 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Duvets and pillows hotels and institutions</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norvigroup Norsk Dun</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norvigroup Norsk Dun AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mysen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hotel Comfy Dundyne 140x200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2112 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Duvets and pillows hotels and institutions</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norvigroup Norsk Dun</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norvigroup Norsk Dun AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mysen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Høie Enviro 2.0 dyner og puter til hotell</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2112 0008, 2039 0051</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Duvets and pillows hotels and institutions</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Høie of Scandinavia</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Mascot Høie AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tverrveien 29</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Brekstad</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Hotel Extra High Luxury Dunpute 50x60 high</x:v>
-[...511 lines deleted...]
-        <x:v>Hotel Comfy Dundyne 140x200</x:v>
+        <x:v>Hotel Warm Dundyne 150x200 720g </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2112 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Duvets and pillows hotels and institutions</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norvigroup Norsk Dun</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norvigroup Norsk Dun AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mysen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hotel Medium Dunpute 50x70 530g </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2112 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Duvets and pillows hotels and institutions</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norvigroup Norsk Dun</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norvigroup Norsk Dun AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mysen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hotel Dunpute 50x80 650g </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2112 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Duvets and pillows hotels and institutions</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norvigroup Norsk Dun</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norvigroup Norsk Dun AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mysen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Norsk Dun 90 % andedun hotellpute Medium 60x80</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2112 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Duvets and pillows hotels and institutions</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norvigroup Norsk Dun</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norvigroup Norsk Dun AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mysen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hotel Dunpute 3-kammer 50x60 medium</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2112 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Duvets and pillows hotels and institutions</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norvigroup Norsk Dun</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norvigroup Norsk Dun AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mysen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hotel Comfort King size pillow</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2112 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Duvets and pillows hotels and institutions</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norvigroup Norsk Dun</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norvigroup Norsk Dun AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mysen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hotel Extra High Luxury Dundyne 140x200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2112 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Duvets and pillows hotels and institutions</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norvigroup Norsk Dun</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norvigroup Norsk Dun AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mysen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hotel Extra High Luxury Dundyne 200x220 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2112 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Duvets and pillows hotels and institutions</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norvigroup Norsk Dun</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norvigroup Norsk Dun AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mysen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hotel Extra High Luxury Dunpute 50x60 low/medium</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2112 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Duvets and pillows hotels and institutions</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norvigroup Norsk Dun</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norvigroup Norsk Dun AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mysen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hotel Extra High Luxury Dunpute 50x60 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2112 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Duvets and pillows hotels and institutions</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norvigroup Norsk Dun</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norvigroup Norsk Dun AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mysen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hotel Extra High Luxury Dunpute 60x80 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2112 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Duvets and pillows hotels and institutions</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norvigroup Norsk Dun</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norvigroup Norsk Dun AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mysen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hotel Extra Luxury Dundyne 140x200 500 g</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2112 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Duvets and pillows hotels and institutions</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norvigroup Norsk Dun</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norvigroup Norsk Dun AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mysen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hotel Extra Luxury Dundyne 150x210</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2112 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Duvets and pillows hotels and institutions</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norvigroup Norsk Dun</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norvigroup Norsk Dun AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mysen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hotel Extra Luxury Dundyne 200x220</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2112 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Duvets and pillows hotels and institutions</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norvigroup Norsk Dun</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norvigroup Norsk Dun AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mysen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hotel Extra Luxus Dundyne 220x220</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2112 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Duvets and pillows hotels and institutions</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norvigroup Norsk Dun</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norvigroup Norsk Dun AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mysen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hotel Ultra Luxury Dundyne 140x200</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2112 0012</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Duvets and pillows hotels and institutions</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Norvigroup Norsk Dun</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Norvigroup Norsk Dun AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Postboks 4</x:v>
       </x:c>
@@ -2816,542 +3360,30 @@
         <x:v>2112 0008, 2039 0051</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Duvets and pillows hotels and institutions</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Høie of Scandinavia</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Mascot Høie AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tverrveien 29</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Brekstad</x:v>
-      </x:c>
-[...510 lines deleted...]
-        <x:v>Mysen</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>