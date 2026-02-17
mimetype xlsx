--- v0 (2025-12-16)
+++ v1 (2026-02-17)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb4b66188079747f2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R69d57d5e33034b3b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="Rcbb0e273cb374adc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R2c6c0fef749448b3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rcbb0e273cb374adc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R2c6c0fef749448b3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
@@ -260,50 +260,146 @@
       </x:c>
       <x:c t="str">
         <x:v>Dress and skirt</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sundsvej 62</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Herning</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Women's merino wool short sleeve dress - FG-9926-0269-999</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dress and skirt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Children's merino wool short sleeve dress - FG-0363-0169-369</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dress and skirt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool dress - FG-7535-0170-198</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dress and skirt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Women’s merino wool dress with straps - FG-7536-0265-999</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5112 0003</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dress and skirt</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sundsvej 62</x:v>
@@ -388,50 +484,114 @@
       </x:c>
       <x:c t="str">
         <x:v>Dress and skirt</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sundsvej 62</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Herning</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Baby merino wool short sleeve dress - FG-0233-0169-362</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dress and skirt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool short-sleeved dress - FG-0535-0169-362</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dress and skirt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Women's merino wool long sleeve dress - FG-7536-0170-441</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5112 0003</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dress and skirt</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sundsvej 62</x:v>
@@ -612,50 +772,114 @@
       </x:c>
       <x:c t="str">
         <x:v>Dress and skirt</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sundsvej 62</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Herning</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Women's merino wool dress - FG-7535-0170-068</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dress and skirt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool dress - FG-7535-0170-468</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dress and skirt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Women’s merino wool dress - FG-7536-0270-366</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5112 0003</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dress and skirt</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sundsvej 62</x:v>
@@ -900,50 +1124,82 @@
       </x:c>
       <x:c t="str">
         <x:v>Dress and skirt</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sundsvej 62</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Herning</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Women's merino wool dress - FG-7535-0170-568</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dress and skirt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Women's merino wool dress - FG-0536-0169-141</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5112 0003</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dress and skirt</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sundsvej 62</x:v>
@@ -965,50 +1221,82 @@
       <x:c t="str">
         <x:v>Dress and skirt</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sundsvej 62</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Herning</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Children's wool dress - FG-5360-0470-183</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dress and skirt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Children's merino wool short sleeve dress - FG-0363-0169-362</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5112 0003</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dress and skirt</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sundsvej 62</x:v>
       </x:c>