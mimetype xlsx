--- v0 (2026-01-22)
+++ v1 (2026-03-24)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re784f5d7ccca4b01" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf41d8705913d4659" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R07e7854331ef46fa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="products" sheetId="1" r:id="Rf8e3cca876fb4df8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R07e7854331ef46fa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf8e3cca876fb4df8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
@@ -68,115 +68,1651 @@
       </x:c>
       <x:c t="str">
         <x:v>Dining table</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Helland</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Helland Møbler AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Postboks 10</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stordal</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Xenia matbord utdragbart 200x120(250x120), runda hörn, profilkant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0098</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dining table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland Møbler AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stordal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bo matbord 200x100, justerbar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0098</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dining table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland Møbler AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stordal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bo matbord 180x90</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0098</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dining table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland Møbler AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stordal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pan matbord 80x80, rektangulär, hel skiva</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0098</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dining table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland Møbler AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stordal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bo matbord 180x90, justerbar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0098</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dining table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland Møbler AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stordal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bo matbord 160x80, justerbar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0098</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dining table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland Møbler AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stordal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pan matbord 160x80, rektangulär, hel skiva</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0098</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dining table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland Møbler AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stordal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Xenia matbord, hel skiva 200x120, profilkant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0098</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dining table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland Møbler AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stordal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pan matbord Ø90</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0098</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dining table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland Møbler AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stordal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boa Table linoleum tabletop, 280 x 110 x 75 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0150</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dining table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havnen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Horsens</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boa Table linoleum tabletop, 280 x 128 x 75 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0150</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dining table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havnen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Horsens</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bo matbord 180x80, justerbar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0098</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dining table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland Møbler AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stordal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Pan matbord 180x90, halv oval</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2031 0098</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dining table</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Helland</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Helland Møbler AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Postboks 10</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stordal</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Bo matbord 180x90, justerbar</x:v>
-[...31 lines deleted...]
-        <x:v>Xenia matbord utdragbart 200x120(250x120), runda hörn, profilkant</x:v>
+        <x:v>Bo matbord 120x70</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0098</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dining table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland Møbler AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stordal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bo matbord 140x90</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0098</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dining table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland Møbler AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stordal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bo matbord Ø120, justerbar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0098</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dining table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland Møbler AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stordal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boa Table linoleum tabletop, 220 x 110 x 105 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0150</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dining table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havnen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Horsens</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boa Table linoleum tabletop, 420 x 110 x 75 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0150</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dining table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havnen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Horsens</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bo matbord 140x80, justerbar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0098</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dining table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland Møbler AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stordal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bo matbord 140x90, höj/sänk, MDF kärna, fasad kant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0098</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dining table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland Møbler AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stordal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boa Table linoleum tabletop, 350 x 110 x 75 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0150</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dining table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havnen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Horsens</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bo matbord 160x90 halv oval, justerbar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0098</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dining table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland Møbler AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stordal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boa Table linoleum tabletop, 350 x 128 x 75 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0150</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dining table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havnen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Horsens</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pan matbord 180x90, rektangulär, hel skiva</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0098</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dining table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland Møbler AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stordal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pan matbord 180x80, rektangulär, hel skiva</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0098</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dining table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland Møbler AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stordal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Xenia matbord Ø120, profilkant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0098</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dining table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland Møbler AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stordal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bo matbord 220x90, justerbar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0098</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dining table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland Møbler AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stordal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bo matbord 180x80</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0098</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dining table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland Møbler AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stordal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bo matbord 160x90, justerbar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0098</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dining table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland Møbler AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stordal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bo matbord 180x90 halv oval, justerbar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0098</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dining table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland Møbler AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stordal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bo matbord 140x100, justerbar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0098</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dining table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland Møbler AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stordal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bo matbord 220x100, justerbar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0098</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dining table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland Møbler AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stordal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pan matbord 140x80, rektangulär, hel skiva</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0098</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dining table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland Møbler AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stordal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bo matbord 200x90, justerbar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0098</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dining table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland Møbler AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stordal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Xenia matbord 180x90, runda hörn, profilkant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0098</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dining table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland Møbler AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stordal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bo matbord Ø100, justerbar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0098</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dining table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland Møbler AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stordal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bo matbord 160x100, justerbar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0098</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dining table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland Møbler AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stordal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pan matbord 120x80, rektangulär, hel skiva</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0098</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dining table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland Møbler AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stordal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boa Table linoleum tabletop, 280 x 110 x 95 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0150</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dining table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havnen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Horsens</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boa Table linoleum tabletop, 420 x 128 x 75 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0150</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dining table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havnen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Horsens</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bo matbord 180x90, avrundade hörn, justerbar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0098</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dining table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland Møbler AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stordal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Xenia matbord 140x90, runda hörn, profilkant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0098</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dining table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland Møbler AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stordal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bo matbord 120x80</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0098</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dining table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland Møbler AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stordal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Xenia matbord utdragbart 240x120(290x120), rundad, profilkant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0098</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dining table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland Møbler AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stordal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pan matbord Ø120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0098</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dining table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland Møbler AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stordal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boa Table linoleum tabletop, 220 x 110 x 75 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0150</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dining table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havnen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Horsens</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bo matbord 160x80</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0098</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dining table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland Møbler AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stordal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bo spisebord 140x90 avrundede hjørner, regulerbar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0098</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dining table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland Møbler AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stordal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bo matbord 120x80, justerbar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0098</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dining table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland Møbler AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stordal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boa Table linoleum tabletop, 280 x 110 x 105 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0150</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dining table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havnen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Horsens</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bo matbord 120x70, justerbar</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2031 0098</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dining table</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Helland</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Helland Møbler AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Postboks 10</x:v>
       </x:c>
@@ -196,1683 +1732,147 @@
       </x:c>
       <x:c t="str">
         <x:v>Dining table</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Helland</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Helland Møbler AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Postboks 10</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stordal</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Pan matbord 180x80, rektangulär, hel skiva</x:v>
-[...30 lines deleted...]
-      <x:c t="str">
         <x:v>Pan matbord 140x90, rektangulär, hel skiva</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2031 0098</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dining table</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Helland</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Helland Møbler AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Postboks 10</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stordal</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Bo matbord 140x90, justerbar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0098</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dining table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland Møbler AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stordal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bo matbord 180x90 halv oval</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0098</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dining table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helland Møbler AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stordal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Bo matbord 180x100, justerbar</x:v>
-      </x:c>
-[...1566 lines deleted...]
-        <x:v>Bo matbord 160x80</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2031 0098</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dining table</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Helland</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Helland Møbler AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Postboks 10</x:v>
       </x:c>