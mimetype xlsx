--- v0 (2025-12-24)
+++ v1 (2026-02-24)
@@ -1,85 +1,213 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb4900892a7224a8c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R376ee53b35a64712" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="Redddfcea20f34ffe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="Rdf631e0d68ba44e8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Redddfcea20f34ffe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rdf631e0d68ba44e8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Brand</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Licensee</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c t="str">
         <x:v>City</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Minstingen Blöjor, size 3 (babydiaper, Midi)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0055, 5023 0055</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Minstingen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ontex BV (Aalst Office)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Genthof 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buggenhout</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Minstingen Blöjor, size 4 (babydiaper, Maxi)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0055, 5023 0055</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Minstingen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ontex BV (Aalst Office)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Genthof 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buggenhout</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Blöjor, Size 6 (Babydiaper, XL), 40st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0055, 5023 0055</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ontex BV (Aalst Office)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Genthof 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buggenhout</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Blöjor, Size 7 (Babydiaper, XXXL), 30st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0055, 5023 0055</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ontex BV (Aalst Office)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Genthof 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buggenhout</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Libero Comfort 6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3023 0023, 3023 0032, 3023 0053, 3023 0023</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Diaper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Protective and Absorbent Hygiene Products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Libero</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Essity Hygiene and Health AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Broplatsen 3</x:v>
@@ -228,5370 +356,5530 @@
       </x:c>
       <x:c t="str">
         <x:v>Diaper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Protective and Absorbent Hygiene Products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bambo Nature</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Abena Produktion A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Erik Jessen Vej 37</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aabenraa</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Moomin Baby Snap Pants 5 Big Pack</x:v>
+        <x:v>The Humble Co Baby Babblarna, Size 6 (Babypants, XL), 36 st.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0091, 5023 0055</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>The Humble Co.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ontex BV (Aalst Office)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Genthof 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buggenhout</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Giggles Mini 3-6 kg, 28 stk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0113</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Giggles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jfl Retail A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Østergade 9, 2 sal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ringkøbing</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Giggles Maxi 7-16 kg, 50 stk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0113</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Giggles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jfl Retail A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Østergade 9, 2 sal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ringkøbing</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Giggles Extra Large 15-30 kg, 40 stk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0113</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Giggles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jfl Retail A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Østergade 9, 2 sal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ringkøbing</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BP Coop Byxbloejor, Size 4, 46 st.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0048</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Coop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drylock Technologies s.r.o</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vlámská 801</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hrádek nad Nisou</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BP Coop Byxbloejor, Size 6, 38 st.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0048</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Coop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drylock Technologies s.r.o</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vlámská 801</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hrádek nad Nisou</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MT Lupilu, Maxi 22 stk (BP)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0048</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lupilu</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drylock Technologies s.r.o</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vlámská 801</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hrádek nad Nisou</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Babblarna, Mini, 28 stk (BD)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0048</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Coop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drylock Technologies s.r.o</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vlámská 801</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hrádek nad Nisou</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Babblarna, XL, 40 stk (BD)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0048</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Coop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drylock Technologies s.r.o</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vlámská 801</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hrádek nad Nisou</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eldorado Byxblöjor, storlek 4 (8-14 kg), 80 stycken</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0101</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eldorado</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MegaSoft (China) Co., Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>No.1 Xinqiang Road, Machinery Printing Base, Gaoxin District, Hongshan Town, Shishi City</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Quanzhou City</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Moomin Baby Diapers 4, 7-14 kg, Big Pack 63 pcs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4023 0019</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Diaper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Protective and Absorbent Hygiene Products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Moomin Baby</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Delipap Oy</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Teollisuustie 19</x:v>
       </x:c>
       <x:c t="str">
         <x:v>VEIKKOLA</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Eldorado Byxblöjor, storlek 4 (8-14 kg), 80 stycken</x:v>
+        <x:v>Muumi Baby Pants 7, 16-26 kg, 34 psc</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4023 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Moomin Baby</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delipap Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teollisuustie 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VEIKKOLA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Moomin Baby Newborn 1, 2-5 kg, 25 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4023 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Moomin Baby</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delipap Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teollisuustie 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VEIKKOLA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Moomin Baby Snap Pants 5, 10-15 kg, Big Pack 48 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4023 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Moomin Baby</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delipap Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teollisuustie 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VEIKKOLA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libero Newborn 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0032, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libero</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MT Lupilu Classic, NB Mini 42 stk (BD)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0048</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lupilu</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drylock Technologies s.r.o</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vlámská 801</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hrádek nad Nisou</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MT Lupilu Classic, Junior+ 40 stk (BD)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0048</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lupilu</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drylock Technologies s.r.o</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vlámská 801</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hrádek nad Nisou</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MT Lupilu, XL Trialpack 2 stk (BP)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0048</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lupilu</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drylock Technologies s.r.o</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vlámská 801</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hrádek nad Nisou</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bambo Nature Diapers Size 3 (M), 28stk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bambo Nature</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bambo Nature Pants Size 6 (XXL) (18 stk)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bambo Nature</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libero Swimp Medium (S1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0038, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libero</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Love &amp; Care Mini str. 2, 28 stk.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Love&amp;Care</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Love &amp; Care XL str. 6, 38 stk.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Love&amp;Care</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>The Humble Co Baby Babblarna, Size 3 (Babydiaper, MIDI), 34 st.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0091, 5023 0055</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>The Humble Co.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ontex BV (Aalst Office)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Genthof 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buggenhout</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bambo Nature Diapers Size 5 (XL), Tall, 44 stk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bambo Nature</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bambo Nature Diapers size 7 (3XL), 40 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bambo Nature</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Giggles Pants Junior 10-18 kg, 30 stk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0113</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Giggles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jfl Retail A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Østergade 9, 2 sal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ringkøbing</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BP Coop Byxbloejor, Size 7, 34 st.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0048</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Coop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drylock Technologies s.r.o</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vlámská 801</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hrádek nad Nisou</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BP Coop Byxbloejor, Size 5, 44 st.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0048</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Coop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drylock Technologies s.r.o</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vlámská 801</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hrádek nad Nisou</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BD Coop Bloejor, size 2, 28pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0048</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Coop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drylock Technologies s.r.o</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vlámská 801</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hrádek nad Nisou</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ezydry Baby Diaper, XL, 30 pieces</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ezydry Baby</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Guangdong Maxier Hygienic Products Co., Ltd.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Building B workshop, Keda East Road, Shishan Keji Industrial Park A Zone</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Foshan</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Moomin Baby Diapers 6, 12-24 kg, 30 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4023 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Moomin Baby</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delipap Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teollisuustie 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VEIKKOLA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Moomin Baby Diapers 3, 5-8 kg, 48 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4023 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Moomin Baby</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delipap Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teollisuustie 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VEIKKOLA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Moomin Baby Diapers 4, 7-14 kg, 42 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4023 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Moomin Baby</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delipap Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teollisuustie 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VEIKKOLA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Moomin Baby Diapers 5, 10-16 kg, 40 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4023 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Moomin Baby</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delipap Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teollisuustie 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VEIKKOLA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Muumi Baby Pants 5, 10-15 kg, 38 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4023 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Moomin Baby</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delipap Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teollisuustie 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VEIKKOLA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Moomin Baby Diapers 5, 10-16 kg, Big Pack, 60 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4023 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Moomin Baby</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delipap Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teollisuustie 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VEIKKOLA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Moomin Baby Snap Pants 3, 5-8 kg, 36 psc</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4023 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Moomin Baby</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delipap Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teollisuustie 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VEIKKOLA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Moomin Baby Diapers 6, 12-24 kg, 34 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4023 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Moomin Baby</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delipap Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teollisuustie 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VEIKKOLA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MT Lupilu Classic, NB 24 stk (BD)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0048</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lupilu</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drylock Technologies s.r.o</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vlámská 801</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hrádek nad Nisou</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MT Lupilu Classic, NB Maxi 50 stk (BD)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0048</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lupilu</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drylock Technologies s.r.o</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vlámská 801</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hrádek nad Nisou</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MT Lupilu Classic, XL Trialpack 2 stk (BD)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0048</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lupilu</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drylock Technologies s.r.o</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vlámská 801</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hrádek nad Nisou</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bambo Nature Diapers Size 4 (L), 24stk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bambo Nature</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Babblarna, Maxi, 50 stk (BD)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0048</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Coop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drylock Technologies s.r.o</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vlámská 801</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hrádek nad Nisou</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libero Comfort 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0023, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libero</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tena Slip Junior, 32 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libero SleepTight S10, 9 stk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libero</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Babblarna, Byx-Blöjer, size 5, 42 st (BP)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0048</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Coop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drylock Technologies s.r.o</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vlámská 801</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hrádek nad Nisou</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bambo Nature, size 3, 4-8 kg, 28 stk. (Paper)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bambo Nature</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Love &amp; Care Junior str. 5, 44 stk.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Love&amp;Care</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bambo Nature Pants Size 4 (L) (Tall, 40 stk)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bambo Nature</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bambo Nature Swim Pants, str. S, 12 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bambo Nature</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Giggles Newborn 2-4 kg, 28 stk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0113</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Giggles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jfl Retail A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Østergade 9, 2 sal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ringkøbing</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BD Coop Bloejor, size 5, 44pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0048</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Coop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drylock Technologies s.r.o</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vlámská 801</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hrádek nad Nisou</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BD Coop Bloejor, size 6, 40pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0048</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Coop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drylock Technologies s.r.o</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vlámská 801</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hrádek nad Nisou</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ezydry Baby Diaper, S, 30 pieces</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ezydry Baby</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Guangdong Maxier Hygienic Products Co., Ltd.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Building B workshop, Keda East Road, Shishan Keji Industrial Park A Zone</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Foshan</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ezydry Baby Diaper, XXL, 30 pieces</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ezydry Baby</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Guangdong Maxier Hygienic Products Co., Ltd.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Building B workshop, Keda East Road, Shishan Keji Industrial Park A Zone</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Foshan</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libero Touch 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0023, 3023 0038, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libero</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libero Touch 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0038, 3023 0023, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libero</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Minstingen Blöjor, size 5 (babydiaper, JR)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0055, 5023 0055</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Minstingen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ontex BV (Aalst Office)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Genthof 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buggenhout</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Moomin Baby Diapers 3, 5-8 kg, Big Pack 69 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4023 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Moomin Baby</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delipap Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teollisuustie 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VEIKKOLA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Muumi Baby Pants 4, 7-11 kg, 40 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4023 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Moomin Baby</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delipap Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teollisuustie 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VEIKKOLA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Moomin Baby Snap Pants 4, 7-11 kg, 32 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4023 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Moomin Baby</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delipap Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teollisuustie 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VEIKKOLA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libero Sleep Tight size 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0038, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libero</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Babblarna, Byx-Blöjer, size 6, 38 st (BP)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0048</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Coop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drylock Technologies s.r.o</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vlámská 801</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hrádek nad Nisou</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bambo Nature, size 1, 2-4 kg, 22 stk. (Paper)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bambo Nature</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bambo Nature, size 4, 7-14 kg, 24 stk. (Paper)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bambo Nature</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libero Swimp Small (S0)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0038, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libero</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Minstingen ByxbBlöjor, Size 6 (Babypants, XL)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0091, 5023 0055</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Minstingen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ontex BV (Aalst Office)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Genthof 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buggenhout</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bambo Dreamy Night Pants M (4-7 years), 10 stk.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bambo Nature</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ezydry Baby Diaper, XXXXL, 30 pieces</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ezydry Baby</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Guangdong Maxier Hygienic Products Co., Ltd.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Building B workshop, Keda East Road, Shishan Keji Industrial Park A Zone</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Foshan</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libero Comfort 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0023, 3023 0032, 3023 0053, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libero</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libero Touch 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0038, 3023 0023, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libero</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libero Touch 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0038, 3023 0023, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libero</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA ByxBlöjor, Size 4 (Babypants, Maxi)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0091, 5023 0055</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ontex BV (Aalst Office)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Genthof 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buggenhout</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libero Up&amp;Go size 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0038, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libero</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libero Up&amp;Go size 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0038, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libero</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Blöjor, Size 3 (Babydiaper, MIDI), 56st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0055, 5023 0055</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ontex BV (Aalst Office)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Genthof 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buggenhout</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Blöjor, Size 4 (Babydiaper, Maxi), 50st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0055, 5023 0055</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ontex BV (Aalst Office)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Genthof 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buggenhout</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Blöjor, Size 5 (Babydiaper, JR), 44st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0055, 5023 0055</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ontex BV (Aalst Office)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Genthof 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buggenhout</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Moomin Baby Diapers 5, 10-16 kg, 36 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4023 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Moomin Baby</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delipap Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teollisuustie 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VEIKKOLA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Muumi Baby Pants 6, 12-20 kg, Big Pack, 52 psc</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4023 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Moomin Baby</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delipap Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teollisuustie 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VEIKKOLA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Moomin Baby Snap Pants 6, 13-20 kg, Big Pack 44 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4023 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Moomin Baby</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delipap Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teollisuustie 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VEIKKOLA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libero Up&amp;Go size 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0038, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libero</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA ByxBlöjor, Size 7 (Babypants, XXL)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0091, 5023 0055</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ontex BV (Aalst Office)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Genthof 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buggenhout</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Extra mjuk Öppen blöja, Size 1 (Babydiaper, NB), 26 st.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0055, 5023 0055</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ontex BV (Aalst Office)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Genthof 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buggenhout</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libero Comfort 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0023, 3023 0032, 3023 0053, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libero</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libero Up&amp;Go size 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0038, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libero</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libero Touch 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0023, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libero</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MT Lupilu Classic, Junior 44 stk (BD)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0048</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lupilu</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drylock Technologies s.r.o</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vlámská 801</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hrádek nad Nisou</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MT Lupilu Classic, XL 30 stk (BD)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0048</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lupilu</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drylock Technologies s.r.o</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vlámská 801</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hrádek nad Nisou</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MT Lupilu, Maxi Trialpack 2 stk (BP)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0048</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lupilu</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drylock Technologies s.r.o</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vlámská 801</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hrádek nad Nisou</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MT Lupilu, Junior Trialpack 2 stk (BP)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0048</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lupilu</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drylock Technologies s.r.o</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vlámská 801</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hrádek nad Nisou</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Babblarna, Byx-Blöjer, size 7, 34 st (BP)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0048</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Coop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drylock Technologies s.r.o</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vlámská 801</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hrádek nad Nisou</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bambo Nature, size 6, 16+ kg, 20 stk. (Paper)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bambo Nature</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bambo Nature Pants, size 4, 7-14 kg, 20 stk. (Paper)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bambo Nature</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libero Touch Hybrid Diaper (INSERT) M</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0023, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libero</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Minstingen ByxbBlöjor, Size 4 (Babypants, Maxi)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0091, 5023 0055</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Minstingen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ontex BV (Aalst Office)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Genthof 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buggenhout</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>The Humble Co Baby Babblarna, Size 1 (Babydiaper, NB), 44 st.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0091, 5023 0055</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>The Humble Co.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ontex BV (Aalst Office)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Genthof 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buggenhout</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bambo Nature Diapers Size 6 (XXL), Tall, 40 stk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bambo Nature</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ezy dry Baby Diaper, L, 30 pieces</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ezydry Baby</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Guangdong Maxier Hygienic Products Co., Ltd.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Building B workshop, Keda East Road, Shishan Keji Industrial Park A Zone</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Foshan</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eldorado Byxblöjor, storlek 5 (12-18 kg), 74 stycken</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5023 0101</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Diaper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Protective and Absorbent Hygiene Products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Eldorado</x:v>
       </x:c>
       <x:c t="str">
         <x:v>MegaSoft (China) Co., Ltd</x:v>
       </x:c>
       <x:c t="str">
         <x:v>No.1 Xinqiang Road, Machinery Printing Base, Gaoxin District, Hongshan Town, Shishi City</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Quanzhou City</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>The Humble Co Baby Babblarna, Size 6 (Babypants, XL), 36 st.</x:v>
+        <x:v>Eldorado Byxblöjor, storlek 6 (16-26 kg), 68 stycken</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0101</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eldorado</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MegaSoft (China) Co., Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>No.1 Xinqiang Road, Machinery Printing Base, Gaoxin District, Hongshan Town, Shishi City</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Quanzhou City</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Moomin Baby Snap Pants 7, 16-25 kg, Big Pack 40 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4023 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Moomin Baby</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delipap Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teollisuustie 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VEIKKOLA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Muumi Baby pants 6, 12-20 kg, 36 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4023 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Moomin Baby</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delipap Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teollisuustie 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VEIKKOLA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Moomin Baby Newborn 2, 3-6 kg, 56 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4023 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Moomin Baby</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delipap Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teollisuustie 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VEIKKOLA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Moomin Baby Snap Pants 6, 13-20 kg, 26 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4023 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Moomin Baby</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delipap Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teollisuustie 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VEIKKOLA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libero Newborn 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0032, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libero</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MT Lupilu Classic, NB Midi 56 stk (BD)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0048</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lupilu</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drylock Technologies s.r.o</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vlámská 801</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hrádek nad Nisou</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MT Lupilu Classic, Junior Trialpack 2 stk (BD)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0048</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lupilu</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drylock Technologies s.r.o</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vlámská 801</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hrádek nad Nisou</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bambo Nature Diapers Size 1 (XS), 22stk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bambo Nature</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bambo Nature Diapers Size 6 (XXL), 20stk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bambo Nature</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libero Up&amp;Go size 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0038, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libero</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Babblarna, Byx-Blöjer, size 4, 46 st (BP)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0048</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Coop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drylock Technologies s.r.o</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vlámská 801</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hrádek nad Nisou</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bambo Nature Pants, size 6, 18+ kg, 18 stk. (Paper)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bambo Nature</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bambo Nature Pants Size 5 (XL) (19 stk)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bambo Nature</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bambo Nature Pants Size 4 (L) (20 stk)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bambo Nature</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bambo Dreamy Night Pants L (8-15 years), 10 stk.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bambo Nature</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>The Humble Co Baby Babblarna, Size 4 (Babypants, Maxi), 40 st.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5023 0091, 5023 0055</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Diaper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Protective and Absorbent Hygiene Products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>The Humble Co.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ontex BV (Aalst Office)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Genthof 5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Buggenhout</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Giggles Mini 3-6 kg, 28 stk</x:v>
+        <x:v>BD Coop Bloejor, size 3, 56pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0048</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Coop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drylock Technologies s.r.o</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vlámská 801</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hrádek nad Nisou</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ezydry Baby Diaper, NB, 30 pieces</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ezydry Baby</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Guangdong Maxier Hygienic Products Co., Ltd.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Building B workshop, Keda East Road, Shishan Keji Industrial Park A Zone</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Foshan</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libero Touch 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0023, 3023 0038, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libero</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Minstingen Blöjor New Born, size 2 (Babydiaper, Mini)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0055, 5023 0055</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Minstingen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ontex BV (Aalst Office)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Genthof 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buggenhout</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Blöjor, Size 2 (Babydiaper, MINI), 36st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0055, 5023 0055</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ontex BV (Aalst Office)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Genthof 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buggenhout</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Moomin Baby Diapers 3, 5-8 kg, 42 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4023 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Moomin Baby</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delipap Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teollisuustie 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VEIKKOLA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Moomin Baby Diapers 6, 12-24 kg, Big Pack 51 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4023 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Moomin Baby</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delipap Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teollisuustie 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VEIKKOLA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libero Touch 0</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0032, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libero</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libero Touch 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0023, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libero</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MT Lupilu Classic, NB Trialpack 3 stk (BD)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0048</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lupilu</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drylock Technologies s.r.o</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vlámská 801</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hrádek nad Nisou</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MT Lupilu Classic, NB Mini Trialpack 3 stk (BD)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0048</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lupilu</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drylock Technologies s.r.o</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vlámská 801</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hrádek nad Nisou</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MT Lupilu Classic, NB Midi trialpack 2 stk (BD)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0048</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lupilu</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drylock Technologies s.r.o</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vlámská 801</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hrádek nad Nisou</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MT Lupilu, Junior 20 stk (BP)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0048</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lupilu</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drylock Technologies s.r.o</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vlámská 801</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hrádek nad Nisou</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MT Lupilu, XL 18 stk (BP)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0048</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lupilu</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drylock Technologies s.r.o</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vlámská 801</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hrádek nad Nisou</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bambo Nature Diapers Size 2 (S), 30stk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bambo Nature</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Babblarna, Midi, 56 stk (BD)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0048</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Coop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drylock Technologies s.r.o</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vlámská 801</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hrádek nad Nisou</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libero Newborn 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0032, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libero</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bambo Nature Pants, size 5, 12-18 kg, 19 stk. (Paper)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bambo Nature</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bambo Nature Pants Size 5 (XL) (Tall, 38 stk)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bambo Nature</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bambo Nature Diapers Size 4 (L), Tall, 48 stk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bambo Nature</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bambo Nature Pants size 8 (4XL), 16 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bambo Nature</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Giggles Midi 5-9 kg, 56 stk</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5023 0113</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Diaper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Protective and Absorbent Hygiene Products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Giggles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Jfl Retail A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Østergade 9, 2 sal</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ringkøbing</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Giggles Maxi 7-16 kg, 50 stk</x:v>
+        <x:v>Ezydry Baby Diaper, M, 30 pieces</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ezydry Baby</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Guangdong Maxier Hygienic Products Co., Ltd.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Building B workshop, Keda East Road, Shishan Keji Industrial Park A Zone</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Foshan</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ezydry Baby Diaper, XXXL, 30 pieces</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ezydry Baby</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Guangdong Maxier Hygienic Products Co., Ltd.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Building B workshop, Keda East Road, Shishan Keji Industrial Park A Zone</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Foshan</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libero Up&amp;Go size 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0038, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libero</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Extra mjuk Öppen blöja, Size 2 (Babydiaper, MINI), 44 st.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0055, 5023 0055</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ontex BV (Aalst Office)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Genthof 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buggenhout</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Extra mjuk Öppen blöja, Size 3 (Babydiaper, MIDI), 40 st.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0055, 5023 0055</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ontex BV (Aalst Office)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Genthof 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buggenhout</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA ByxBlöjor, Size 6 (Babypants, XL)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0091, 5023 0055</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ontex BV (Aalst Office)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Genthof 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buggenhout</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libero Comfort 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0023, 3023 0032, 3023 0053, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libero</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Muumi Baby Pants 5, 10-15 kg, Big Pack 54 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4023 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Moomin Baby</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delipap Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teollisuustie 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VEIKKOLA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Moomin Baby Snap Pants 7, 16-25 kg, 24 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4023 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Moomin Baby</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delipap Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teollisuustie 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VEIKKOLA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Moomin Baby Snap Pants 5, 10-15 kg, 28 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4023 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Moomin Baby</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Delipap Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teollisuustie 19</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VEIKKOLA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libero Comfort 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0023, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libero</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MT Lupilu Classic, NB Maxi Trialpack 2 stk (BD)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0048</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lupilu</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drylock Technologies s.r.o</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vlámská 801</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hrádek nad Nisou</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MT Lupilu Classic, NB Maxi+ 46 stk (BD)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0048</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lupilu</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drylock Technologies s.r.o</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vlámská 801</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hrádek nad Nisou</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bambo Nature Diapers Size 5 (XL), 22stk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bambo Nature</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Babblarna, Junior, 44 stk (BD)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0048</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Coop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drylock Technologies s.r.o</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vlámská 801</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hrádek nad Nisou</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bambo Nature, size 2, 3-6 kg, 30 stk. (Paper)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bambo Nature</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libero Touch Hybrid Diaper (INSERT) S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0023, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libero</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Love &amp; Care Midi str. 3, 56 stk.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Love&amp;Care</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Love &amp; Care Maxi str. 4, 50 stk.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Love&amp;Care</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Minstingen ByxbBlöjor, Size 5 (Babypants, JR)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0091, 5023 0055</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Minstingen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ontex BV (Aalst Office)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Genthof 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buggenhout</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>The Humble Co Baby Babblarna, Size 2 (Babydiaper, MINI), 31 st.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0091, 5023 0055</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>The Humble Co.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ontex BV (Aalst Office)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Genthof 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buggenhout</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>The Humble Co Baby Babblarna, Size 5 (Babypants, JR), 38 st.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0091, 5023 0055</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>The Humble Co.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ontex BV (Aalst Office)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Genthof 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buggenhout</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bambo Nature Diapers Size 3 (M), Tall, 52 stk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0001, 5023 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bambo Nature</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena Produktion A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erik Jessen Vej 37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Giggles Junior 10-18 kg, 44 stk</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5023 0113</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Diaper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Protective and Absorbent Hygiene Products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Giggles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Jfl Retail A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Østergade 9, 2 sal</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ringkøbing</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Giggles Extra Large 15-30 kg, 40 stk</x:v>
+        <x:v>Giggles Pants Extra Large 16-26 kg, 28 stk</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5023 0113</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Diaper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Protective and Absorbent Hygiene Products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Giggles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Jfl Retail A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Østergade 9, 2 sal</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ringkøbing</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>BP Coop Byxbloejor, Size 4, 46 st.</x:v>
+        <x:v>BD Coop Bloejor, size 4, 50pcs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5023 0048</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Diaper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Protective and Absorbent Hygiene Products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Coop</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Drylock Technologies s.r.o</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vlámská 801</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hrádek nad Nisou</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>BP Coop Byxbloejor, Size 6, 38 st.</x:v>
-[...34 lines deleted...]
-        <x:v>5023 0055</x:v>
+        <x:v>Libero Comfort 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0023, 3023 0053, 3023 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diaper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libero</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA ByxBlöjor, Size 5 (Babypants, JR)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0091, 5023 0055</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Diaper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Protective and Absorbent Hygiene Products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ICA</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ontex BV (Aalst Office)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Genthof 5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Buggenhout</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>ICA Blöjor, Size 7 (Babydiaper, XXXL), 30st</x:v>
-[...31 lines deleted...]
-        <x:v>Muumi Baby Pants 7</x:v>
+        <x:v>Moomin Baby Snap Pants 4, 7-11 kg, Big Pack 54 pcs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4023 0019</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Diaper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Protective and Absorbent Hygiene Products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Moomin Baby</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Delipap Oy</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Teollisuustie 19</x:v>
       </x:c>
       <x:c t="str">
         <x:v>VEIKKOLA</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Moomin Baby Newborn 1</x:v>
+        <x:v>Moomin Baby Diapers 4, 7-14 kg, 38 pcs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4023 0019</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Diaper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Protective and Absorbent Hygiene Products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Moomin Baby</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Delipap Oy</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Teollisuustie 19</x:v>
       </x:c>
       <x:c t="str">
         <x:v>VEIKKOLA</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Minstingen Blöjor, size 3 (babydiaper, Midi)</x:v>
-[...383 lines deleted...]
-        <x:v>Moomin Baby Diapers 5 big pack</x:v>
+        <x:v>Moomin Baby Newborn 2, 3-6 kg, 52 pcs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4023 0019</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Diaper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Protective and Absorbent Hygiene Products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Moomin Baby</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Delipap Oy</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Teollisuustie 19</x:v>
       </x:c>
       <x:c t="str">
         <x:v>VEIKKOLA</x:v>
-      </x:c>
-[...4542 lines deleted...]
-        <x:v>Buggenhout</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>